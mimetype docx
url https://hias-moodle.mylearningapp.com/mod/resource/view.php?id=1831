--- v0 (2025-10-10)
+++ v1 (2026-01-20)
@@ -1,62 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps8.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4E3480F1" w14:textId="77777777" w:rsidR="00210A33" w:rsidRPr="00BF644C" w:rsidRDefault="00AA0C10" w:rsidP="00BF644C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B51D0D3" wp14:editId="07777777">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>196215</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-461645</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3862070" cy="777875"/>
@@ -150,120 +149,120 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="00881D3D" w:rsidRDefault="00881D3D"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="4B51D0D3">
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="4B51D0D3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" style="position:absolute;margin-left:15.45pt;margin-top:-36.35pt;width:304.1pt;height:61.25pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" fillcolor="#d8d8d8" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAy7z8WGAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJkjo14hRdsg4D&#10;ugvQ7QNkWbaFyaImKbGzry8lu2l2exlmA4IoUofk4dHmZugUOQrrJOiCzmcpJUJzqKRuCvr1y92r&#10;NSXOM10xBVoU9CQcvdm+fLHpTS4W0IKqhCUIol3em4K23ps8SRxvRcfcDIzQ6KzBdsyjaZuksqxH&#10;9E4lizS9SnqwlbHAhXN4uh+ddBvx61pw/6munfBEFRRr83G1cS3Dmmw3LG8sM63kUxnsH6romNSY&#10;9Ay1Z56Rg5W/QXWSW3BQ+xmHLoG6llzEHrCbefpLNw8tMyL2guQ4c6bJ/T9Y/vH4YD5b4oc3MOAA&#10;YxPO3AP/5oiGXct0I26thb4VrMLE80BZ0huXT1cD1S53AaTsP0CFQ2YHDxFoqG0XWME+CaLjAE5n&#10;0sXgCcfD1+urRZqhi6Mvy7J1toopWP5021jn3wnoSNgU1OJQIzo73jsfqmH5U0hI5kDJ6k4qFQ3b&#10;lDtlyZGhAPbr8E/oP4UpTfqCXq8Wq5GAv0Kk8fsTRCc9KlnJrqDrcxDLA21vdRV15plU4x5LVnri&#10;MVA3kuiHcsDAwGcJ1QkZtTAqFl8YblqwPyjpUa0Fdd8PzApK1HuNU7meL5dB3tFYrrIFGvbSU156&#10;mOYIVVBPybjd+fFJHIyVTYuZRh1ouMVJ1jKS/FzVVDcqMnI/vZ4g+Us7Rj2/8e0jAAAA//8DAFBL&#10;AwQUAAYACAAAACEAW6r0XeAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy27CMBBF95X6D9ZU&#10;6qYCB0KBpHEQQkJ97Hh8wBBPk6j2OIoNhL+vuyrL0T2690yxGqwRF+p961jBZJyAIK6cbrlWcDxs&#10;R0sQPiBrNI5JwY08rMrHhwJz7a68o8s+1CKWsM9RQRNCl0vpq4Ys+rHriGP27XqLIZ59LXWP11hu&#10;jZwmyVxabDkuNNjRpqHqZ3+2CvTGvGxnFX6sj+Hzy9/S4fXwvlPq+WlYv4EINIR/GP70ozqU0enk&#10;zqy9MArSJIukgtFiugARgXmaTUCcFMyyJciykPcflL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAMu8/FhgCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAW6r0XeAAAAAJAQAADwAAAAAAAAAAAAAAAAByBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:15.45pt;margin-top:-36.35pt;width:304.1pt;height:61.25pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAy7z8WGAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJkjo14hRdsg4D&#10;ugvQ7QNkWbaFyaImKbGzry8lu2l2exlmA4IoUofk4dHmZugUOQrrJOiCzmcpJUJzqKRuCvr1y92r&#10;NSXOM10xBVoU9CQcvdm+fLHpTS4W0IKqhCUIol3em4K23ps8SRxvRcfcDIzQ6KzBdsyjaZuksqxH&#10;9E4lizS9SnqwlbHAhXN4uh+ddBvx61pw/6munfBEFRRr83G1cS3Dmmw3LG8sM63kUxnsH6romNSY&#10;9Ay1Z56Rg5W/QXWSW3BQ+xmHLoG6llzEHrCbefpLNw8tMyL2guQ4c6bJ/T9Y/vH4YD5b4oc3MOAA&#10;YxPO3AP/5oiGXct0I26thb4VrMLE80BZ0huXT1cD1S53AaTsP0CFQ2YHDxFoqG0XWME+CaLjAE5n&#10;0sXgCcfD1+urRZqhi6Mvy7J1toopWP5021jn3wnoSNgU1OJQIzo73jsfqmH5U0hI5kDJ6k4qFQ3b&#10;lDtlyZGhAPbr8E/oP4UpTfqCXq8Wq5GAv0Kk8fsTRCc9KlnJrqDrcxDLA21vdRV15plU4x5LVnri&#10;MVA3kuiHcsDAwGcJ1QkZtTAqFl8YblqwPyjpUa0Fdd8PzApK1HuNU7meL5dB3tFYrrIFGvbSU156&#10;mOYIVVBPybjd+fFJHIyVTYuZRh1ouMVJ1jKS/FzVVDcqMnI/vZ4g+Us7Rj2/8e0jAAAA//8DAFBL&#10;AwQUAAYACAAAACEAW6r0XeAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy27CMBBF95X6D9ZU&#10;6qYCB0KBpHEQQkJ97Hh8wBBPk6j2OIoNhL+vuyrL0T2690yxGqwRF+p961jBZJyAIK6cbrlWcDxs&#10;R0sQPiBrNI5JwY08rMrHhwJz7a68o8s+1CKWsM9RQRNCl0vpq4Ys+rHriGP27XqLIZ59LXWP11hu&#10;jZwmyVxabDkuNNjRpqHqZ3+2CvTGvGxnFX6sj+Hzy9/S4fXwvlPq+WlYv4EINIR/GP70ozqU0enk&#10;zqy9MArSJIukgtFiugARgXmaTUCcFMyyJciykPcflL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAMu8/FhgCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAW6r0XeAAAAAJAQAADwAAAAAAAAAAAAAAAAByBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" fillcolor="#d8d8d8">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00CD426C" w:rsidR="00881D3D" w:rsidP="00881D3D" w:rsidRDefault="00881D3D" w14:paraId="22CCF5D6" w14:textId="77777777">
+                    <w:p w14:paraId="71C015DB" w14:textId="77777777" w:rsidR="00881D3D" w:rsidRPr="00CD426C" w:rsidRDefault="00881D3D" w:rsidP="00881D3D">
                       <w:pPr>
                         <w:pStyle w:val="Title"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b w:val="0"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00CD426C">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b w:val="0"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>Penalty Notice</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="001F2D15" w:rsidR="00881D3D" w:rsidP="00881D3D" w:rsidRDefault="00881D3D" w14:paraId="02EB378F" w14:textId="77777777">
+                    <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="00881D3D" w:rsidRPr="001F2D15" w:rsidRDefault="00881D3D" w:rsidP="00881D3D">
                       <w:pPr>
                         <w:pStyle w:val="Title"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidRPr="001F2D15" w:rsidR="00881D3D" w:rsidP="00881D3D" w:rsidRDefault="00881D3D" w14:paraId="3E56ECBB" w14:textId="77777777">
+                    <w:p w14:paraId="3C950044" w14:textId="77777777" w:rsidR="00881D3D" w:rsidRPr="001F2D15" w:rsidRDefault="00881D3D" w:rsidP="00881D3D">
                       <w:pPr>
                         <w:pStyle w:val="Subtitle"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Section 444A, </w:t>
                       </w:r>
                       <w:r w:rsidRPr="001F2D15">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t>EDUCATION ACT 1996</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="001F2D15" w:rsidR="00881D3D" w:rsidP="00881D3D" w:rsidRDefault="00881D3D" w14:paraId="6A05A809" w14:textId="77777777">
+                    <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="00881D3D" w:rsidRPr="001F2D15" w:rsidRDefault="00881D3D" w:rsidP="00881D3D">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00881D3D" w:rsidRDefault="00881D3D" w14:paraId="5A39BBE3" w14:textId="77777777"/>
+                    <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="00881D3D" w:rsidRDefault="00881D3D"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00BF644C">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41C8F396" w14:textId="77777777" w:rsidR="00210A33" w:rsidRDefault="00210A33">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72A3D3EC" w14:textId="77777777" w:rsidR="00210A33" w:rsidRPr="00881D3D" w:rsidRDefault="00210A33">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -500,59 +499,57 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2D15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Between </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2D15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>[date]</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2D15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001F2D15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>[date]</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001F2D15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the pupil </w:t>
       </w:r>
       <w:r w:rsidR="006F2054">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>had sessions of unauthorised absence</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2D15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="049F31CB" w14:textId="77777777" w:rsidR="00210A33" w:rsidRPr="001F2D15" w:rsidRDefault="00210A33">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -679,60 +676,52 @@
         </w:rPr>
         <w:t xml:space="preserve">working </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE67F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">day after postmark on the envelope and receipt of posting).  If paid after 21 days </w:t>
       </w:r>
       <w:r w:rsidR="00BB4757">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">of deemed service </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE67F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>but within 28 days</w:t>
       </w:r>
       <w:r w:rsidR="00BB4757">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of deemed </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> of deemed service</w:t>
+      </w:r>
       <w:r w:rsidRPr="00EE67F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Penalty is £1</w:t>
       </w:r>
       <w:r w:rsidR="00AF3346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE67F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">0.  Payment </w:t>
       </w:r>
       <w:r w:rsidR="00BB4757">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="00BB4757" w:rsidRPr="00EE67F6">
@@ -753,65 +742,51 @@
         </w:rPr>
         <w:t>ade to Hampshire County Council.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62486C05" w14:textId="77777777" w:rsidR="00210A33" w:rsidRPr="001F2D15" w:rsidRDefault="00210A33">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24C4CA4F" w14:textId="762F70C3" w:rsidR="0079442B" w:rsidRPr="002B038E" w:rsidRDefault="0079442B" w:rsidP="0079442B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE67F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Late or part payments will not be </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and no reminders will be sent.  </w:t>
+        <w:t xml:space="preserve">Late or part payments will not be accepted and no reminders will be sent.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE67F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
       <w:r w:rsidRPr="002B038E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> payment is not made within 28 days of deemed service (two </w:t>
       </w:r>
       <w:r w:rsidR="00574285">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">working </w:t>
       </w:r>
@@ -1124,264 +1099,264 @@
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>you must copy this number onto all payment methods (see notes attached)</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-              <v:shape id="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:493.65pt;height:210.7pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBc5bhbGwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx4jQx4hRdugwD&#10;ugvQ7QNkWbaFyaImKbG7ry8lu2nQbS/D9CCQInVEHh5tr4dOkZOwToIu6GI2p0RoDpXUTUG/fzu8&#10;WVPiPNMVU6BFQR+Eo9e716+2vclFCi2oSliCINrlvSlo673Jk8TxVnTMzcAIjcEabMc8urZJKst6&#10;RO9Uks7nq6QHWxkLXDiHp7djkO4ifl0L7r/UtROeqIJibT7uNu5l2JPdluWNZaaVfCqD/UMVHZMa&#10;Hz1D3TLPyNHK36A6yS04qP2MQ5dAXUsuYg/YzWL+opv7lhkRe0FynDnT5P4fLP98ujdfLfHDOxhw&#10;gLEJZ+6A/3BEw75luhE31kLfClbhw4tAWdIbl09XA9UudwGk7D9BhUNmRw8RaKhtF1jBPgmi4wAe&#10;zqSLwROOh6t0tXmbZZRwjKWrq2y9iWNJWP503VjnPwjoSDAKanGqEZ6d7pwP5bD8KSW85kDJ6iCV&#10;io5tyr2y5MRQAYe4Ygcv0pQmfUE3WZqNDPwVYh7XnyA66VHKSnYFXZ+TWB54e6+rKDTPpBptLFnp&#10;icjA3ciiH8qByGpiOfBaQvWAzFoYlYs/DY0W7C9KelRtQd3PI7OCEvVR43Q2i+UyyDw6y+wqRcde&#10;RsrLCNMcoQrqKRnNvR+/xtFY2bT40qgHDTc40VpGrp+rmspHZcYRTL8oSP/Sj1nPf333CAAA//8D&#10;AFBLAwQUAAYACAAAACEAG88DtN4AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPUU/CMBSF3038&#10;D80l8cVABywwxjpiTDT6Bkj0tayXbbG9nW0Z899bfcGXm5yck3O+W2wGo1mPzreWBEwnCTCkyqqW&#10;agGHt6dxBswHSUpqSyjgGz1sytubQubKXmiH/T7ULJaQz6WAJoQu59xXDRrpJ7ZDit7JOiNDlK7m&#10;yslLLDeaz5JkwY1sKS40ssPHBqvP/dkIyNKX/sO/zrfv1eKkV+F+2T9/OSHuRsPDGljAIVzD8Isf&#10;0aGMTEd7JuWZFhAfCX83eqtsOQd2FJDOpinwsuD/6csfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAFzluFsbAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhABvPA7TeAAAABQEAAA8AAAAAAAAAAAAAAAAAdQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" w14:anchorId="5BB37CE8">
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5BB37CE8" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:493.65pt;height:210.7pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBc5bhbGwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx4jQx4hRdugwD&#10;ugvQ7QNkWbaFyaImKbG7ry8lu2nQbS/D9CCQInVEHh5tr4dOkZOwToIu6GI2p0RoDpXUTUG/fzu8&#10;WVPiPNMVU6BFQR+Eo9e716+2vclFCi2oSliCINrlvSlo673Jk8TxVnTMzcAIjcEabMc8urZJKst6&#10;RO9Uks7nq6QHWxkLXDiHp7djkO4ifl0L7r/UtROeqIJibT7uNu5l2JPdluWNZaaVfCqD/UMVHZMa&#10;Hz1D3TLPyNHK36A6yS04qP2MQ5dAXUsuYg/YzWL+opv7lhkRe0FynDnT5P4fLP98ujdfLfHDOxhw&#10;gLEJZ+6A/3BEw75luhE31kLfClbhw4tAWdIbl09XA9UudwGk7D9BhUNmRw8RaKhtF1jBPgmi4wAe&#10;zqSLwROOh6t0tXmbZZRwjKWrq2y9iWNJWP503VjnPwjoSDAKanGqEZ6d7pwP5bD8KSW85kDJ6iCV&#10;io5tyr2y5MRQAYe4Ygcv0pQmfUE3WZqNDPwVYh7XnyA66VHKSnYFXZ+TWB54e6+rKDTPpBptLFnp&#10;icjA3ciiH8qByGpiOfBaQvWAzFoYlYs/DY0W7C9KelRtQd3PI7OCEvVR43Q2i+UyyDw6y+wqRcde&#10;RsrLCNMcoQrqKRnNvR+/xtFY2bT40qgHDTc40VpGrp+rmspHZcYRTL8oSP/Sj1nPf333CAAA//8D&#10;AFBLAwQUAAYACAAAACEAG88DtN4AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPUU/CMBSF3038&#10;D80l8cVABywwxjpiTDT6Bkj0tayXbbG9nW0Z899bfcGXm5yck3O+W2wGo1mPzreWBEwnCTCkyqqW&#10;agGHt6dxBswHSUpqSyjgGz1sytubQubKXmiH/T7ULJaQz6WAJoQu59xXDRrpJ7ZDit7JOiNDlK7m&#10;yslLLDeaz5JkwY1sKS40ssPHBqvP/dkIyNKX/sO/zrfv1eKkV+F+2T9/OSHuRsPDGljAIVzD8Isf&#10;0aGMTEd7JuWZFhAfCX83eqtsOQd2FJDOpinwsuD/6csfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAFzluFsbAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhABvPA7TeAAAABQEAAA8AAAAAAAAAAAAAAAAAdQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00917872" w:rsidR="00917872" w:rsidP="00917872" w:rsidRDefault="00917872" w14:paraId="66AB08B8" w14:textId="77777777">
+                    <w:p w14:paraId="01052B39" w14:textId="77777777" w:rsidR="00917872" w:rsidRPr="00917872" w:rsidRDefault="00917872" w:rsidP="00917872">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve">This PN is issued by </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00917872">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                         </w:rPr>
                         <w:t>[name]</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve">, </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00917872">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                         </w:rPr>
                         <w:t>[Headteacher or if authorised by the head, a deputy or assistant Headteacher]</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> of </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00917872">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                         </w:rPr>
                         <w:t>[school and address]</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="002B038E" w:rsidR="00881D3D" w:rsidP="00881D3D" w:rsidRDefault="00881D3D" w14:paraId="0562CB0E" w14:textId="77777777">
+                    <w:p w14:paraId="4B99056E" w14:textId="77777777" w:rsidR="00881D3D" w:rsidRPr="002B038E" w:rsidRDefault="00881D3D" w:rsidP="00881D3D">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00881D3D" w:rsidP="00881D3D" w:rsidRDefault="00881D3D" w14:paraId="34CE0A41" w14:textId="77777777">
+                    <w:p w14:paraId="1299C43A" w14:textId="77777777" w:rsidR="00881D3D" w:rsidRDefault="00881D3D" w:rsidP="00881D3D">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00881D3D" w:rsidP="00881D3D" w:rsidRDefault="00881D3D" w14:paraId="62EBF3C5" w14:textId="77777777">
+                    <w:p w14:paraId="4DDBEF00" w14:textId="77777777" w:rsidR="00881D3D" w:rsidRDefault="00881D3D" w:rsidP="00881D3D">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00881D3D" w:rsidP="00881D3D" w:rsidRDefault="00881D3D" w14:paraId="6D98A12B" w14:textId="77777777">
+                    <w:p w14:paraId="3461D779" w14:textId="77777777" w:rsidR="00881D3D" w:rsidRDefault="00881D3D" w:rsidP="00881D3D">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00881D3D" w:rsidP="00881D3D" w:rsidRDefault="00ED4127" w14:paraId="46032B70" w14:textId="77777777">
+                    <w:p w14:paraId="3F6D6C16" w14:textId="77777777" w:rsidR="00881D3D" w:rsidRDefault="00ED4127" w:rsidP="00881D3D">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t>Signature:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00ED4127" w:rsidP="00881D3D" w:rsidRDefault="00ED4127" w14:paraId="2946DB82" w14:textId="77777777">
+                    <w:p w14:paraId="3CF2D8B6" w14:textId="77777777" w:rsidR="00ED4127" w:rsidRDefault="00ED4127" w:rsidP="00881D3D">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidRPr="002B038E" w:rsidR="00881D3D" w:rsidP="00881D3D" w:rsidRDefault="00881D3D" w14:paraId="5208EE5E" w14:textId="77777777">
+                    <w:p w14:paraId="38471A69" w14:textId="77777777" w:rsidR="00881D3D" w:rsidRPr="002B038E" w:rsidRDefault="00881D3D" w:rsidP="00881D3D">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00881D3D">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t>Date of issue:</w:t>
                       </w:r>
                       <w:r w:rsidRPr="002B038E">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="002B038E">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="002B038E">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                         </w:rPr>
                         <w:t>[Date]</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="002B038E" w:rsidR="00881D3D" w:rsidP="00881D3D" w:rsidRDefault="00881D3D" w14:paraId="5997CC1D" w14:textId="77777777">
+                    <w:p w14:paraId="0FB78278" w14:textId="77777777" w:rsidR="00881D3D" w:rsidRPr="002B038E" w:rsidRDefault="00881D3D" w:rsidP="00881D3D">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidRPr="00881D3D" w:rsidR="00881D3D" w:rsidP="00881D3D" w:rsidRDefault="00881D3D" w14:paraId="110FFD37" w14:textId="77777777">
+                    <w:p w14:paraId="1FC39945" w14:textId="77777777" w:rsidR="00881D3D" w:rsidRPr="00881D3D" w:rsidRDefault="00881D3D" w:rsidP="00881D3D">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidRPr="00881D3D" w:rsidR="00881D3D" w:rsidP="00881D3D" w:rsidRDefault="00881D3D" w14:paraId="4DBF11C3" w14:textId="77777777">
+                    <w:p w14:paraId="59DA134D" w14:textId="77777777" w:rsidR="00881D3D" w:rsidRPr="00881D3D" w:rsidRDefault="00881D3D" w:rsidP="00881D3D">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00881D3D">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>Penalty Notice Reference No</w:t>
                       </w:r>
                       <w:r w:rsidR="00917872">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00917872" w:rsidR="00AB4AD5">
+                      <w:r w:rsidR="00AB4AD5" w:rsidRPr="00917872">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>APN</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00917872" w:rsidR="00917872">
+                      <w:r w:rsidR="00917872" w:rsidRPr="00917872">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t xml:space="preserve">   </w:t>
                       </w:r>
                       <w:r w:rsidR="00917872">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t xml:space="preserve">          </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00917872" w:rsidR="00CD426C">
+                      <w:r w:rsidR="00CD426C" w:rsidRPr="00917872">
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00CD426C">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>you must copy this number onto all payment methods (see notes attached)</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B699379" w14:textId="77777777" w:rsidR="00881D3D" w:rsidRDefault="00881D3D" w:rsidP="0079442B">
       <w:pPr>
@@ -1755,209 +1730,162 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EE67F6" w:rsidRPr="00C761E2" w14:paraId="736FE664" w14:textId="77777777" w:rsidTr="00C761E2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10682" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EB1DAEE" w14:textId="77777777" w:rsidR="00EE67F6" w:rsidRPr="00C761E2" w:rsidRDefault="00CD426C" w:rsidP="00EE67F6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="00CD426C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>f you are paying by cheque</w:t>
             </w:r>
             <w:r w:rsidRPr="00CD426C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>please c</w:t>
             </w:r>
             <w:r w:rsidR="00EE67F6" w:rsidRPr="00CD426C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">omplete the details in this box </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> this page with your payment to The County Treasurer, Hampshire County Council, The Castle, Winchester, SO23 8UB</w:t>
+              <w:t>omplete the details in this box and  return this page with your payment to The County Treasurer, Hampshire County Council, The Castle, Winchester, SO23 8UB</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52E56223" w14:textId="77777777" w:rsidR="00EE67F6" w:rsidRPr="00C761E2" w:rsidRDefault="00EE67F6" w:rsidP="00EE67F6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="45FCB682" w14:textId="77777777" w:rsidR="00EE67F6" w:rsidRPr="00C761E2" w:rsidRDefault="00EE67F6" w:rsidP="00EE67F6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C761E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Name: ……………………………</w:t>
-[...17 lines deleted...]
-              <w:t>………………………………………………………….</w:t>
+              <w:t>Name: ………………………………..………………………………………………………….</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07547A01" w14:textId="77777777" w:rsidR="00EE67F6" w:rsidRPr="00C761E2" w:rsidRDefault="00EE67F6" w:rsidP="00EE67F6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="49E4F3B2" w14:textId="77777777" w:rsidR="00EE67F6" w:rsidRPr="00C761E2" w:rsidRDefault="00EE67F6" w:rsidP="00EE67F6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C761E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Address: …………………………………….………………………………………………</w:t>
+              <w:t>Address: …………………………………….…………………………………………………..</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="5043CB0F" w14:textId="77777777" w:rsidR="00EE67F6" w:rsidRPr="00C761E2" w:rsidRDefault="00EE67F6" w:rsidP="00EE67F6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C079324" w14:textId="77777777" w:rsidR="00EE67F6" w:rsidRPr="00C761E2" w:rsidRDefault="00EE67F6" w:rsidP="00C761E2">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C761E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1976,71 +1904,60 @@
             </w:r>
             <w:r w:rsidRPr="00C761E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00CD426C" w:rsidRPr="00CD426C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Penalty Notice </w:t>
             </w:r>
             <w:r w:rsidRPr="00CD426C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reference </w:t>
-[...9 lines deleted...]
-              <w:t>No</w:t>
+              <w:t>Reference No</w:t>
             </w:r>
             <w:r w:rsidRPr="00C761E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> :</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00C761E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07459315" w14:textId="77777777" w:rsidR="00EE67F6" w:rsidRPr="00C761E2" w:rsidRDefault="00EE67F6" w:rsidP="00EE67F6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="47741863" w14:textId="77777777" w:rsidR="00EE67F6" w:rsidRPr="00C761E2" w:rsidRDefault="00EE67F6" w:rsidP="00EE67F6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2092,238 +2009,226 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00EC928C" w14:textId="77777777" w:rsidR="007B11B4" w:rsidRDefault="007B11B4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If you do not have a bank </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CD426C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>account</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00CD426C">
+        <w:t>account there is a third option:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E871BC" w14:textId="77777777" w:rsidR="00CD426C" w:rsidRDefault="00CD426C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="558A5A57" w14:textId="77777777" w:rsidR="007B11B4" w:rsidRPr="00CD426C" w:rsidRDefault="004322E2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>POSTAL ORDER</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD426C" w:rsidRPr="00CD426C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD426C" w:rsidRPr="00CD426C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Complete a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Postal Order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD426C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD426C" w:rsidRPr="00CD426C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">form at any Post Office, to credit ‘Hampshire County Council’, and present it with your payment to the Post Office Cashier.  The Post Office </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD426C" w:rsidRPr="00CD426C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">charge for this service.  </w:t>
+      </w:r>
+      <w:r w:rsidR="005633BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>You must</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD426C" w:rsidRPr="00CD426C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enter the Penalty Notice reference number on the back of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Postal Order </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD426C" w:rsidRPr="00CD426C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>form</w:t>
+      </w:r>
+      <w:r w:rsidR="005633BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="144A5D23" w14:textId="77777777" w:rsidR="00CD426C" w:rsidRDefault="00CD426C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> there is a third option:</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="44E871BC" w14:textId="77777777" w:rsidR="00CD426C" w:rsidRDefault="00CD426C">
+    <w:p w14:paraId="54FDFA36" w14:textId="77777777" w:rsidR="00210A33" w:rsidRPr="00490E62" w:rsidRDefault="00CD426C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+      <w:r w:rsidRPr="00490E62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...92 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>QUERIES:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="144A5D23" w14:textId="77777777" w:rsidR="00CD426C" w:rsidRDefault="00CD426C">
+    <w:p w14:paraId="2B721DF5" w14:textId="77777777" w:rsidR="00210A33" w:rsidRPr="001F2D15" w:rsidRDefault="00210A33">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...24 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+      <w:r w:rsidRPr="001F2D15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>1. Contact details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A470885" w14:textId="252830E8" w:rsidR="00490E62" w:rsidRPr="00490E62" w:rsidRDefault="0079442B" w:rsidP="00490E62">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE67F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If you have any queries about </w:t>
       </w:r>
       <w:r w:rsidR="00490E62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2463,51 +2368,51 @@
       </w:r>
       <w:r w:rsidR="00222C4B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C5186E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>which can be found at</w:t>
       </w:r>
       <w:r w:rsidRPr="0046219E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00A1366F" w:rsidRPr="0046219E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Attendance guidance for parents/carers | Hampshire County Council (hants.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="22093A63" w14:textId="77777777" w:rsidR="00490E62" w:rsidRPr="001F2D15" w:rsidRDefault="005E4F38" w:rsidP="00490E62">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4000"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -2742,51 +2647,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>information and assistance regarding publicly funded legal advice, please contact the Community Legal Services (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001F2D15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001F2D15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 0845 345 4345) or visit </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="005633BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>www.clsdirect.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="637805D2" w14:textId="77777777" w:rsidR="00CD1AF1" w:rsidRDefault="00CD1AF1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35DB061A" w14:textId="77777777" w:rsidR="00A944AF" w:rsidRDefault="00A944AF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
@@ -3234,2098 +3139,2641 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19927DC9" w14:textId="77777777" w:rsidR="00A944AF" w:rsidRDefault="00A944AF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5235A829" w14:textId="77777777" w:rsidR="00A944AF" w:rsidRDefault="00A944AF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46842E18" w14:textId="77777777" w:rsidR="00A944AF" w:rsidRDefault="00A944AF">
+    <w:p w14:paraId="3A5ECE63" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRPr="004B17C3" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="316BD382" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6C983A68" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="00EC4FFF" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-1440" w:right="10460"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004B17C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0077092A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
-        </w:rPr>
-[...72 lines deleted...]
-          <w:noProof/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wps">
+          <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="36576" distB="36576" distL="36576" distR="36576" simplePos="0" relativeHeight="251661313" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="453739CD" wp14:editId="72B136C0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660289" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68A3CB0E" wp14:editId="6EB1B572">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>139700</wp:posOffset>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>101600</wp:posOffset>
                 </wp:positionH>
-                <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>1210945</wp:posOffset>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>283845</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2663825" cy="269875"/>
-[...5 lines deleted...]
-                </wp:cNvGraphicFramePr>
+                <wp:extent cx="7458964" cy="10408536"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="2858" name="Group 2858"/>
+                <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
-[...4 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2663825" cy="269875"/>
+                          <a:ext cx="7458964" cy="10408536"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="7458964" cy="10408536"/>
                         </a:xfrm>
-                        <a:prstGeom prst="rect">
-[...66 lines deleted...]
-                    </wps:wsp>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="6" name="Rectangle 6"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="813105" y="636977"/>
+                            <a:ext cx="42059" cy="186236"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="78EE1B28" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="7" name="Rectangle 7"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="813105" y="783280"/>
+                            <a:ext cx="42059" cy="186236"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="6194C797" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="8" name="Rectangle 8"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="2642235" y="783280"/>
+                            <a:ext cx="42059" cy="186236"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="23B9D894" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="3553" name="Picture 3553"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId16"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="-4063" y="-2412"/>
+                            <a:ext cx="7446264" cy="10384537"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <wps:wsp>
+                        <wps:cNvPr id="3663" name="Shape 3663"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="952500" y="1987550"/>
+                            <a:ext cx="2663825" cy="269875"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="2663825" h="269875">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="2663825" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2663825" y="269875"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="269875"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="1F3244"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="12" name="Rectangle 12"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="953313" y="2003537"/>
+                            <a:ext cx="51809" cy="207922"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="10C36C15" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="22"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="13" name="Rectangle 13"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1410462" y="2028350"/>
+                            <a:ext cx="2345689" cy="175277"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="4F1D5401" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="22"/>
+                                </w:rPr>
+                                <w:t>SERVICES FOR SCHOOLS</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="14" name="Rectangle 14"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3172587" y="2003537"/>
+                            <a:ext cx="51809" cy="207922"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="4F7F1D8D" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="22"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="15" name="Rectangle 15"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1549146" y="2962599"/>
+                            <a:ext cx="4556922" cy="285778"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="69027E6C" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="1F3244"/>
+                                  <w:sz w:val="36"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">Information on Penalty Notices </w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="16" name="Rectangle 16"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4978781" y="2922143"/>
+                            <a:ext cx="84472" cy="339003"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="10B8F465" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="1F3244"/>
+                                  <w:sz w:val="36"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="17" name="Rectangle 17"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1549146" y="3227775"/>
+                            <a:ext cx="1048323" cy="285778"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="51635D5E" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="1F3244"/>
+                                  <w:sz w:val="36"/>
+                                </w:rPr>
+                                <w:t>for non</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="18" name="Rectangle 18"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="2337054" y="3227775"/>
+                            <a:ext cx="101245" cy="285778"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="19CC2BF4" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="1F3244"/>
+                                  <w:sz w:val="36"/>
+                                </w:rPr>
+                                <w:t>-</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="19" name="Rectangle 19"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="2413635" y="3227775"/>
+                            <a:ext cx="3023658" cy="285778"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="61DBDC60" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="1F3244"/>
+                                  <w:sz w:val="36"/>
+                                </w:rPr>
+                                <w:t>attendance at school</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="20" name="Rectangle 20"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4687697" y="3187320"/>
+                            <a:ext cx="84472" cy="339003"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="4AA1BEE9" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="1F3244"/>
+                                  <w:sz w:val="36"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="21" name="Rectangle 21"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1549146" y="3706349"/>
+                            <a:ext cx="3534953" cy="222907"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="56AD8A87" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="1F3244"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>Education Act 1996, section 444A</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="22" name="Rectangle 22"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4207637" y="3674794"/>
+                            <a:ext cx="65888" cy="264422"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="0522AD30" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="1F3244"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="23" name="Rectangle 23"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1549146" y="4221997"/>
+                            <a:ext cx="3812406" cy="253390"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="19BBD11D" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="1F3244"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>Advice for parents and carers</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="24" name="Rectangle 24"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4419473" y="4186126"/>
+                            <a:ext cx="74898" cy="300582"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="47AA98A7" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="1F3244"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="25" name="Rectangle 25"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1549146" y="4755115"/>
+                            <a:ext cx="3039152" cy="222907"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="391AA491" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="1F3244"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>Applied from 19 August 2024</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="26" name="Rectangle 26"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3834003" y="4701492"/>
+                            <a:ext cx="74898" cy="300582"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="766A98D4" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="1F3244"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="27" name="Rectangle 27"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5977382" y="9921240"/>
+                            <a:ext cx="144765" cy="274582"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="31AE740B" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                  <w:b/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>h</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="28" name="Rectangle 28"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="6085586" y="9921240"/>
+                            <a:ext cx="1278620" cy="274582"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="6D75769B" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                  <w:b/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>ants.gov.uk</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="29" name="Rectangle 29"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="7047231" y="9921240"/>
+                            <a:ext cx="60925" cy="274582"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="07D352A8" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                  <w:b/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...45 lines deleted...]
-              </v:shape>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="68A3CB0E" id="Group 2858" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:8pt;margin-top:22.35pt;width:587.3pt;height:819.55pt;z-index:251660289;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="74589,104085" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAJ67188gYAAIQuAAAOAAAAZHJzL2Uyb0RvYy54bWzkWtmOnEYUfY+Uf0C8&#10;200tbC33WJEdW5ai2LKdD6BpuhuFTcBs+fqcWwVFLzhmxnLPKFhyT1FUFbfuqXvuAq9e3+WZdZPU&#10;TVoWK5u9dGwrKeJykxa7lf3X13cvAttq2qjYRFlZJCv7Pmns11e//vLqtlomvNyX2SapLSxSNMvb&#10;amXv27ZaLhZNvE/yqHlZVkmBm9uyzqMWl/VusamjW6yeZwvuON7itqw3VV3GSdOg962+aV+p9bfb&#10;JG4/brdN0lrZyoZsrfqt1e+afhdXr6Llro6qfRp3YkSPkCKP0gIPNUu9jdrIuq7Ts6XyNK7Lpty2&#10;L+MyX5TbbRonag/YDXNOdvO+Lq8rtZfd8nZXGTVBtSd6evSy8Z837+vqS/WphiZuqx10oa5oL3fb&#10;Oqe/kNK6Uyq7NypL7lorRqcv3SD0pG3FuMcc6QSu8LRW4z1UfzYx3v/+vamL/tGLI4FuKxyRZtBC&#10;82Na+LKPqkQpt1lCC59qK92sbM+2iijHQf2MoxMVuyyx1Hbo4RhlFNUsG+hsREsBE8xxbQvq8IQX&#10;+r5WRq8vyR037LQVeFzrymw4WlZ1075PytyixsquIYU6V9HNH00LiDC0H0IPzwr6Lcp3aZbpu9QD&#10;vfXyUau9W9+pzXGShXrW5eYeG96X9T8fYbzbrLxd2WXXssme8Wy6a1vZhwKKJtPpG3XfWPeNus3e&#10;lMrAtDS/XbflNlXiDk/rxAKCWoafDqV/DqUCg0R6KJR+IHjQscWzgFLMCko4kVOrDHoFTIKSe5Jz&#10;oc3y2WEp+608tVlWabzE/87PoHXGsN/3x5jVXteJ3S2ST1ojj+q/r6sXcIlV1KbrNEvbe+XewX0k&#10;VHHzKY2JbuliIGvhuqI/GRhAz7VUH2iuH0nziBnp+miZdZZWRJtEWdTuBEZscOJbR/as/fbbMr7O&#10;k6LVgUidZJC9LJp9WjW2VS+TfJ3Ao9QfNowAjpZNWydtvKfmFg8mD0OSHdxQUg6CkczfcDMvpONh&#10;7/AyL7hkitijZc9MvpQeTnzvlEUgXaGo77GORsmlJVFNCHYhEhcebVMbv/LYluqB3ibTeOhy14ED&#10;owAlDHzXPeFxjkcEHNxAIQz3aAjhdaCr+Fo7ZUKud8QI9TbaJaNv37fiu6Jvkuv+z6gTR53m0aLU&#10;tOCCjSh7IwndzuGav5ZqYHsSUEHK4W5WHI4yi2FbassY24/o/1ZqvcORRwroh/V/9XCty8kDj58N&#10;IWi3Sr9GA+g81HFWkDLwmDhCSrCFXakYKE9b5ApZmgNI7jvAVMM0EvI07X2WkMKy4nOyRfCj4lfq&#10;aOrd+k1WWzcRBSzqnw6wsmofdb3dut1QJapah+Zry+2WZGrq0ZLsneBSMTo21Q2meYlKRk6FiTtp&#10;dEaCuB6b7vMSzDeT1JPLojXzC2RTSkwyg263Q6xFeqGrywVboKAzF61p6QF2KgTTnIbMTnSUNbCa&#10;ywKnC52544dckR6U1KcpfVz8U0JnRQmDgv/noTPBcBpwoQ/HajKaTCIb9HAqiFQdHogz2hXS9YI+&#10;F/JdrlOlSwFqsrqnDro6OzXJ/U9JaxmCgTNATdw5KYQWzOdugKRKAfrc7NNkdvOAE9HKGZyGoibB&#10;yVwZMolyB8EZetwNQ7LvgW6l63pEsjosClzfVynXpezT5HfzAHSk7sQMRU0CVIZ+4AesA5RzJhVh&#10;D4AGUvodnEKE8LBdmHMR/6kO13z850jtiRmKmgTnoX0KDueos5IBTrhXFKXgqFXacnH7ZCr6ng+i&#10;IyUoZjhqEqJcCN9x4YjBuN9AlHHZ56GXB1RVKeYDKCLPMxdqWGoaoJIJrysqjgIqHBT4XZycJzLR&#10;edX7OXLnU0TR95CkRXqBj3c22kRZ4As9fyDdJ/WhQwY2i5iII5Y5w9OQ1CQLPXKiPiqm8iTIRZVB&#10;hlREVhbKeej8UJ30oS/kkJZ1x3MeiI4UiXQZh9zOJETx/tT3UMxWTtTzpR8qFQ4WCr4Nesb1JN76&#10;XDLKZSYHmweeI2UiRKQPYdxDCwVYLAT7HqWhIkBQ5CA9UhbqUuZyUURNEjYPREfqRNyQ1DQLlSyU&#10;Pk4GwlzJAo9xpcLBQn0ZhJ2FCsdxg8taqMnC5oHnSKEIr7oebaF4e8Y0yQ14CkeEzO0LRZf3oSYL&#10;mweiI5UibWGTfagIhKTyj7JQ32EyVCY4IPq0FmqSsHngOVIq4oakJjGui6/M8AZb4RmGnPzlsQ9l&#10;qPx5fWGBvti7KOUOOdg8AB2pFHHDUZMA9fAVpRvo2vw4oNzHx4P0gpyq95dH1GRh80B0pFTEDUtN&#10;QtR3UHsXujg/iqjnhOYTlMvjqfjgOZT+1Be/+NRZfXPRfZZN31IfXqtvG4aPx6/+BQAA//8DAFBL&#10;AwQKAAAAAAAAACEAWlN0p9SHBQDUhwUAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoA&#10;AAANSUhEUgAACYsAAA1PCAYAAADB+mkYAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJ&#10;cEhZcwAALiMAAC4jAXilP3YAAP+lSURBVHhe7L13uG1Veaj/jtlW2+1UDjUIgkrRqLFLbowtxRZL&#10;TKKxm3sVggWMxsTEkmhAMTYEA0r0Go3xl0SjJraYeI2iEQRsiIhIPf3ssspcs435++MbY6691z4b&#10;0NiA7z3Px9yzjTnKN8Zcz7PW8wKKoiiKoiiKoiiKoiiKoiiKoiiKoiiKoiiKoijKHR4DUNd1PX1C&#10;URRFURRFURRFURRFURRFURRFURSY/iLNum0wdcQ0ZxzTX8FN78tXdauIpvblfG3kPuO2dfM8X97U&#10;c5v96ePTTFogrH1+7Z5vrLsud/W1bhu654duP5Ln5bJH6bZVs/X1FhK3jd2RyD/Hl++r728I3Xa6&#10;2j8tpofT1Wv1sK4bYkc4XefmOtdIv2+m9/1WCtig+HWZtK6T7PSdU3dMn/ZMDbnfTt8Q1mtzbXou&#10;+K+jjZl6brPv2jfVgZP7/OCvZV15iqL8mHBzuHLb6TVsNVauKd064+dlGLp56/bLogAgimM57hgN&#10;hwC0220AqkreGkEo1/nyprcbseF6c5uZfnf6/elOmNqffke4fbd8r6OqpD88ge+uZn2e/kygKD8+&#10;NkhLRVEURVEURVEURVEURVEURVEURVEURVEURVEU5Y6EQX5ZudFvxRVFURRFURRFURRFURRFURRF&#10;URRFWS8NaZi2KK23Rbk/pi9r8H6HtZ6Hep0VxRe4kcXJnZ+yPG2Me17zGPmjnqqHqd1+6fVS7oS/&#10;zBnGJpfJBd4oZl251t043dpo2izWKLvcBR4vl5rulp8W09aYVfW4tW9bg+k6T1/vx8ybxab5GZvF&#10;/NhuUDuMG22f6pPSN7hjXW5P5f66Dj24A+VHNwcpinLbcHO4Eldk7SxixpjJPPZKLI877q/1DAYD&#10;ADrdLgBRKH7JshIfpd/3C4g3jE0bxW5t3v+8mMWKQg6Ezr453U11Le3z9Q2mi1ezmPITZF26KYqi&#10;KIqiKIqiKIqiKIqiKIqiKIqiKIqiKIqiKHc8DPJLxemfZiuKoiiKoiiKoiiKoiiKoiiKoiiKcpuY&#10;tpBM4857PdM62cktW6MavHzKX+jLWXejO9Ac36B+zla1rkIbljuFu84btry8ym5kx5qiebq3xXgr&#10;lbfBTD9/Xb/9lJmqz2qz2DTNGDUHpvanzzds0HcbdMmEtY6Q6cetY7qg6X3P9BivOTnBP72eMoxN&#10;c1tNP/722v3V2O024LaWqyjKD8vaWb/aFmYaFdbB5+dwOASg1+utOe7nd1nIerG4fACATfObAYhj&#10;UXDd3s1i61hXHSnX19evn57AONOaovwEmM5mRVEURVEURVEURVEURVEURVEURVEURVEURVEU5Q6I&#10;QX6peGu/cVQURVEURVEURVEURVEURVEURVEU5ZaY/sZtnUVkLdOXe3eJPz59e+BObGRtWsdG100X&#10;PI0/7+73VqnCW6bcaY+3U4QTHRSsqae0bKrYCYGcmdir5I9pl4u4Zm69+j8xpir+w5jFpttsfsiv&#10;Z20wbbqZZsosNlX8OsPO9OOn9z1+zJuxOTgTs9jagupaTDmhidx5nwvepncrueGopx68rj2OjY4r&#10;ivKjMbF0+ReCm+23MNWKUiZsFK1dl/btE4NYd3YOgHZL1oV1NC/Dn61ZbF3b17mY/qdmMY9v8PQK&#10;u0H/KMqPgelsVhRFURRFURRFURRFURRFURRFURRFURRFURRFUe6AGOQXkbf2G0dFURRFURRFURRF&#10;URRFURRFURRFuXNza9+o3Yq8adoZMn3eM23U2gj/uMY4tvrkj4Cvj50qqHTb3G39dd705bfegRJt&#10;JEnx+758t61dAaXb95f55/rLW27rn/fTZnq8fpj+/lG/jW1uc2ab6S713FquBNO1/SHrc0sWNVaL&#10;gKaO+yOBK8CX4+t7a7nemMrs+pK5BXPQRscVRfnhyLIMgKQlK7CfWTVQOoNYEMgM9tNOfGCQpu7e&#10;JHHXyQXuciq3ANx0004AZmZmAJifmwUg9OuHW/9+2max9fvTK9Utm8VK9xJrfo5j1r4cw1DeZr4/&#10;1j9XzWLKT47pbFYURVEURVEURVEURVEURVEURVEURVEURVEURVHugBjkl4wH/ym2oiiKoiiKoiiK&#10;oiiKoiiKoiiKotzZ8d+kbfSN2rS0ye1P25amb592iEwsD9NXCmbqQdPOFH+/WVfyRsgd/mnTd/nj&#10;jSXG/eWPR64G3n0Su/Ias9h0w/1xX3G3nTaL+ef5rb/859Ustvqb1h/2W9fpy6fHYN0gr78CboMh&#10;ZNos5kQ9txmf0xsZxuz6isLq9vk/3GVTKdDgTWK+Pc3X2M4stpEpaKPjnls7ryjKwSkrmXthuHYO&#10;laXFWlmPomStActP98KZteIpQdbufSsAfPjDHwbgq5d+DYCHP/zhAPze7zwRgMjN+5++Wcyz1gQ2&#10;WZncu3NqHa2nlueJMWyKddVae+Ok/j+rt51yZ2Cj9FQURVEURVEURVEURVEURVEURVEURVEURVEU&#10;RVHuQBjkl4k/5G/HFUVRFEVRFEVRFEVRFEVRFEVRFOVOgv8mbaNv1KYsIRuZxZwkBevOT6wOcqU3&#10;ggVeT+JtKm5/2urU2KGMu3/dff7Kg9uoJmYxKbg2az0TtTvv705tIX8420ngyg/ddbFzjIWuPFOv&#10;tbBM95+dqNAAqDboN99sL6f5WblW1g2/O1DXUNfOuua+dp3++jUI4zX7nqatU2PbjJg7Hq57+C0T&#10;bDjmQpMrfn/N3noqZxBqCNaOQu0NONNzwW/d7T73NxxDf783CrkCpm15GxmDftjjiqLcMtNLj5+J&#10;toZgg2m1MhgDMDvTBuDyb1wFwGc/+1kALrvi6wB8+ctfBmAwTAE4/fTTAXjFy04DmlcbkX9H/pTN&#10;YvW6dXTqHek6Z3p5nBxvVsDVpxtL22QZlQKqSt4jfttOOv4CRfmxo2YxRVEURVEURVEURVEURVEU&#10;RVEURVEURVEURVGUOwEG+WXl9A9CFUVRFEVRFEVRFEVRFEVRFEVRFEVhtR5pg+NTeoaNzGKVO2Dc&#10;kYDS7YtFxLj9wFmqJiXIcazbTtwuU1uPf+L08Sm8+cvLV+ppO5Q/L9uykHpZ5/hqLC+B7AdG7Fm1&#10;16UY5wLz1qkpU5nf9/IXX+tpF4zfnxKR/dSZHv6JWcxinVrGf+3q9z1R3Fqz3+TGdK5s0BfeLHZb&#10;2z5tFpv+OviHNYuVznTT4MZ4YhRzo7OBqqScSkU/5tNmIm8S8tX1RrFwnS3PnZ8yB03vezY6rijK&#10;LTPOxCgZRbKe127SGrN+3dh3YAWA62+6EYD3vff9AHzjW98G4KqrxDAWJ2IcG41Gst+W/dNOE6PY&#10;mac/H1atBz+vZjG/zPv1anr77W9Lu+NY3o3drpjCZmdnAZiZ6QKQtLw3Uwr0ZrE4TNxxRfnxs8Hr&#10;WlEURVEURVEURVEURVEURVEURVEURVEURVEURbkjYZBfVq77IbyiKIqiKIqiKIqiKIqiKIqiKIqi&#10;KKs0T9OSEX/c6Rn87rQtyutXvF9rNFgCoB3JjaGXTqUD2RpnEEvcHVUm28KdT4ey7S8DMF6R8tKB&#10;HM/zMQC28iYyIcukHF+/0BnBwkSsJ+32DACdrthOul3ZJxbrC5sOk623nXhbVujrKS1OK2d/6Ug5&#10;QSA2ldSKoaYVyPHCmdLysdRrk3te4CvoqEtnYHNmm3U6m58SfnyHwxSAmZ60CyAdiiGn05O+2r9/&#10;PwAXXfReAH5w3Q0AbD1kBwDdnrR1mLoxCWQMCqeq8eadXlf6eLC4B4BZNzb+690gkBy68Ybr5Ppe&#10;D4CnPvUpANzjHvcAIHSGncnXwvKcxsAzZe7x+P3AmcM+9anPAPChD/9/ABxz1+NhlTnN+8e6PTHn&#10;7F+U3NyyZQsAN9wg/XDIIYcA0IplTJeW3JxoST/cfPNNAOzZdTMAv/XYxwDwa496NADz8/OwKqdb&#10;rbXmtqJYa0OabpeiKLcNv2KMRvJe6Xbd+wAYjmWeddoyb/tDmY8f/NCHAXj1q18Lq945c/ObZN+t&#10;W4uLiwBs2rwVgGc84xkAnPGiPwCg7d6t4Y/4c5b/6bwv3TsrdCbFvJB3UeTegaVTJibJWkfT//2/&#10;fw/ABz7wAQB27doFwDHH3AWApz71qQD89m8/EYDSvauHwz6sWsfVLKb8JFGzmKIoiqIoiqIoiqIo&#10;iqIoiqIoiqIoiqIoiqIoyp0ANYspiqIoiqIoiqIoiqIoiqIoiqIoyi2xkVnM4+Ql02Yxj98tx2IG&#10;q3OxUCWxu8NLkXJnDhscAMAu7wNgtF+sJPuv/g4Axt2fj2WbZWJ8KZ1Nqa7F72TqtbaoPM/deXlu&#10;7WxRBHI+DMRi4k1jcSQVq0MxyWzb/gsAJHNiiepsERtMe7tYojjscNl64xhS3s6B2FI6M2KDihE7&#10;lnE9Uzpby1wsx5t+Lpynyn+V2fr5MIt5m0zszHBg6a+sADA7NwfA3r17Afj0pz8NwAXvfg8Ai8ti&#10;f1sayFgHTiuXOKvaKJcxHDqLj61k/8htCwDsdAYx6wxkRx99NAAzzkRz9NFHAfC0pz0NgIc//GEA&#10;GD/mLjc8Ta64/WkTj9+3pVz3iU98AoAPfPBDAKyMxCT0vWuuBWDvotjukrZY1+Y3Sa5401dVSTkz&#10;M9Le3TvFINbvS47c5Rek/ps3Sa7MuXad8aLTAXjgA+4Hq8xiA9ePXWdc86Y1/5zQW+8URfkf0R/I&#10;+2Zmxq3TQJo6W2RH3hl+jbzhZnl3fetKeWd9+rNiJPzExz8p9+WybhRuLfW84AUvAOCVZ8rWrfg/&#10;M7NYVsg6nDi7ZlVJPcLQvbucvNNLL7/7XVkHzzjjDAAuu+wyWFUPbzq8//1lHXvd614DwPHH3xUA&#10;697Z7pWMUfeT8hNEs0tRFEVRFEVRFEVRFEVRFEVRFEVRFEVRFEVRFOVOgJrFFEVRFEVRFEVRFEVR&#10;FEVRFEVRFOWW2MgsditGsaD5Bs4Zv0ZiTzIiXYJKTC0si4WK5Z2yuVHsJDuv/75ctrQHgNbifgCS&#10;SqwsOHuSrUVvErgKOekJXnzlbUuNUcxtvdTFuhbUVixMft8481hhxBBWBmKUiWY3y42zYocKNos9&#10;auvxdwdg7oST5HxrFoChdc8LxM4SI/cZ5Hm+3i3ETkPpOi53FXSmM3f5z8ws5pqBl9VMqmHJMxmT&#10;pCV1LZzF7brrbwQgjKUPV4Zy3Re/8lUA/uGfPgrAl/77EgB6s5sAmF0Qk1gxFrONycTYtXle+u43&#10;Hv1rADziEQ8H4NBDD5X7ZyS5tmySMZrpyZh5Yw3G2eZ8Y6aT2shxPyaewOXCyrIY1PbtXwSgdIPy&#10;9W+LQegL//UlAD7y8X8DIB1Le71Zp9USk5o3f2XjFICH/a9TAHj84x8LwF2PvQsAm5xBrOsMYUce&#10;cRiryVy/+3I93mQWxy53FEX5HzE912pgPJZ1rnDrSbcr5/yq4leZf//8xQD80cv+GIADy0sAtDti&#10;DlxelvXthaeJQfCPz/gDaNyUPzuzWFG5d2soRjBfC19q4d5VcSRHvvhFWcef8pSnwCoDYpLI/fv3&#10;yzv8OGcSe9vb3gLAySedCMAoddZRZyBrufeGovwkULOYoiiKoiiKoiiKoiiKoiiKoiiKoiiKoiiK&#10;oijKnQA1iymKoiiKoiiKoiiKoiiKoiiKoijKbWFKwjT9BZs3i3nriKnFnkTtTGD5QLaRWI9YEWPY&#10;4MpLAVi6WUxiB26S7dgZxzY7a8mmUu5rVWJz8XaooJGnSAUDZ1MJp2o4bVmxzhZlG+OYnPfSKb+f&#10;G7E6DZ3py3TFlpIGzpbi71sQw9ghJ54MwC/c6/4AhNuOBGDsLCxBJMYx681itdhoEiPlYZ3vonAV&#10;cVapn5VZzPdi6VRsgVO2ha6/rbU4edtBcFY3t3UZQeZy6W8u+gAAZ50jhplRLiab3ryYwYpUciZ3&#10;ufC7T348AK942R8BcOQROzgYRSHl1C4Hk0QMNbWrgbG+Jg5nFPN4s5jPmSwVw5nvfG8EqqbadeX3&#10;rgfgZa/4EwAuuexyub4tVrnQjWW/L5a9Iw6V+v/F614LwK89/CGweg65rfeDTQ+9N5T5cj25M7v5&#10;diuK8qOy9sVXOmtfFE9sfqNU3nF5Jde2O2I49HfeeLO86/7PC04F4MrvfheAXlfeBf2hrHMvfvFL&#10;AXjhC54h5926+tM2i00/rXDrpXHvQv/OHY/leLstx6+5RkySL32ptOPrX/86AGkqBsVOR/rsUY96&#10;FACvfd1rADhku7w7h6Ohu076L3bvaEX5SaDZpSiKoiiKoiiKoiiKoiiKoiiKoiiKoiiKoiiKcifA&#10;oGYxRVEURVEURVEURVEURVEURVEURblVNvpGzR+e2JCcZ8nbm2qxijA8INtsEYDlK78KwA3OLMbK&#10;TgBMKtclVmwth87NAFCviH0ldvaWiRVC9mtvP3FqMG+Vmq54U19nSamdJqV2LajcFbV1x53dxD0W&#10;WmKJqtpil1qpxQi2p5DrihmxYh16wi8CcORJ95Xbth0FAG2xyVSV3FcZ8UYlUVfOe4WYez7eDvOj&#10;SWL+x0wPe+PZqcSwU9c1kbONVc7+5s1e3sCVuf2ylrbZSLZXf/8mAF712jcA8NXLrgAgLeQpLdcV&#10;nVrMXi9/yekA/MHznwmr6rJ8YBmALZvF+rYe3wqXKy5H/dfEgTvvTTzG77u7zDqtm7T3wIqYcHpz&#10;bkzd2Zf96esB+Oi/fBycfY1Vxhxv/rrXPU8C4K3nvBGAw7fPyXkn38PlcM/1V21dP5ay9UaxOPbu&#10;McE/L9hY+aYoyi3iVhe3pjWGR2fzqzCEkTcWCmO3buHeGbmzMXr14jOf9VwAvvClLwLQcu+Sws3n&#10;P/5jMRI+/9m/C0DHSyU3evneCj8us1iay7s4ScQM5ksdDOT4zIwcd8sOn/jEpwF473vfC8Du3bsB&#10;uNvdjgPgMY95DACPfdxvwqpX3MQSKqz1JSrKjxd9OyqKoiiKoiiKoiiKoiiKoiiKoiiKoiiKoiiK&#10;otwJULOYoiiKoiiKoiiKoiiKoiiKoiiKotwG/DdqG32x1tiYarGkUDsji3VmsaVdACxffRkA37/i&#10;vwAY77oGgK2x2KPmjFiXokJMYomzjYRGTFzU4oMIJo4roTGZuW2jAhO8hclTB87W5PedDcZ/dVjV&#10;8mD/nMSVmxeyLRNvGNsEwP5CytubSzlm0xEAzB8lNpV7POhXAWDrYbKNxDJVWrnPJGLhqp1PpXD+&#10;FuO2LefB+NFcMT860+Pte9UWYpUJI0Pg+o5aznqzWOz6qHZ1d5lB5gr97g/EOHPqi88E4BvfuRqA&#10;IBRTTeKGvFuJweuVZ74EgOc8+2lywuEeS+iq4evo7XKhr9+UWczjzWKeabNY5YxBUSwmIe8kGYwl&#10;x+O21NeX+tqz3g7AeX9zAQBJLP3gTV+FM4udcsqDALjw/HMB6EkxTW28L8xvK2cg8vicnjYI+Rxu&#10;zGlqGFOUHxKZ8+NBH4B2z5sfZa5VeQ6hLFDThrFm/XHb5YHM92c/93kAfPWSrwGQONNglslaesaZ&#10;fwTAqf/76XIe4WdlFvPtGGdS/3bL10gYDuW4Nxsm7mW9siLtuekmMUfu2bMHgCOOkHffjh07AOj1&#10;pLyilCfGkdyfjuUzQ68t/fOjtUJRbhl9KyqKoiiKoiiKoiiKoiiKoiiKoiiKoiiKoiiKotwJ0B+L&#10;KYqiKIqiKIqiKIqiKIqiKIqiKMptoHZhzdpYT3OliwqoyPfvIt+/i5uvu4abr7uG0b7djPbtphcU&#10;EkaibYcS5YB2OSAf7icf7qdfjelXY5ZMwZIpWJyK5aBkOShZCStWwopBXLuwDGJLP6rWxEpYuJDr&#10;l12sRJaVyDb3j8OCcVgQtWuidk0cjonDMWR9yPoE6QGC9ACztmDWFmwLDdtCQzcd0k2HjK6/gdH1&#10;N7D8/e+z/P3vw0pfggAICOuasK7Jq5y8yimoKajJMS5qcufCWuvD+ulia4utLUVZUJQFQRBINNYu&#10;wBgwhjiJiZO4yYHllWWWV5apazHURUYijmPiOKY/GNAfDEjaHZJ2h+7sLN3ZWfKiIi8q4iQhThLa&#10;7TbtdpvhqGQ4WmXZkq4kq2qySjxmARAYqZ9x/5pqTu1PjteNVUz25V9oakJTi73OG+yc2SsMQ7IC&#10;MifSA2h3OrQ7naZ9c3NzzM3NYaIQE4XkRUFeFJSlpSyt77Zmxvj6+5nkiaJoTRhjMMZgrcVaS13X&#10;1HXdHK+qiqr6WWaNoty+abcSZ9Tys1NmZRAEFEVBURTkeU6e51gL1q6ft8vLyywvLzdrZpIkJEnS&#10;zFO/Tvj56sv5WePbEUQhQRQ2+z7iVkLcSrDUWOpmHZyZbTEz2+Lu9ziGu9/jGB76yw/kob/8QI45&#10;9iiOOfYoWp2EVidpyimrirKqmv0oSoicrU1RflLoj8UURVEURVEURVEURVEURVEURVEURVEURVEU&#10;RVHuBOiPxRRFURRFURRFURRFURRFURRFUZTbMd52crBYi7d2eEPVrcW0RcSbxKaPV2Zt4MOXZHOw&#10;OXuuvYo9117Fyk3fZ+Wm79PJB3TyAVtbAVtbAe0ypV2mmGyMyca0o4h2FNHr9ej1eoRxRBhHEEmY&#10;MMGECUEsQTIVrdhFAq2EcW3XRFbXLiqyuqKsLWVtqTASrj02CLFBSH88pj8eU4chdRjSbUd02xEt&#10;Y2kZy2yQMhukbE0KtiYFC/WQhXpIMNhDMNjDgeuu4sB1V8Hyfglbgi0be1VlJQpiCmIsAZaAipCK&#10;kBIOGrc2bpM/bitr88i4CAwEhsayFYQxQRgDAXlekuclWZ6T5Tm2rrF1TVFUFEXF/Nw883PzlEVF&#10;WVRUFioLSRiQhAGtMKQVhhTZmCIbN6Yeb9wZjcaMRuMmF1qtiFYramrsUy6oJTy1lViPd3c5aiNB&#10;uCZqAmoCTBhjwpgizyXKjKLMaMcR7TiiG0M3ntSjFQa0wgBbFtiyIE1T0jQlMgGRCZjp9Zjp9Wi3&#10;YtqtuKlnXUrESEQusjwjyzPyfEyej9eNke+vuq6o64lJzBvIJu38EWPd2nJr4dlo/+ch1jLd5Kbp&#10;PyL/0/t/ckz3w63F9Iozfd7Hj8it5thGTJ+/tf0fFrdGRDFEMVVRusipihwTh7TbLdrtFkkSkCQB&#10;YWAJA4stKmxRNeuBX8cWFhZYWFigLEvKsmRpaYmlpaXGDBiFhig0hAGEwWQ982uwj9veR9NM33fw&#10;aJ5jC7BFs575lbGqLFVlSSJIImglAa0koMxzyjxvBIw+/GrrjWnZOCMbZ03/1LaktiWDQZ/BoE8c&#10;hcRROF35W2B9G348cXvk9lz3ny76YzFFURRFURRFURRFURRFURRFURRFURRFURRFUZQ7AfpjMUVR&#10;FEVRFEVRFEVRFEVRFEVRFOX2w7SFxSuJbAVVuSa8rcNbnHIXWe0CiWIqvD8mqySG44LhuCAdl6Tj&#10;sqlCWkmMkSgxlJjGQNaUNDwAwwPsvOpydl51OQvlCgvlCocEYw4JxiT9/ST9/QTjsQSGAENGTEaM&#10;DTvYsENQJgRlQlyExEVIWEoEhZmKgKAIoDBrIjGtNdEiljAtWqZFQkRCRGwDYhuQVIakMtQ2orYR&#10;eTRPHs0zNDMMzQwjaxhZQ1WPqeoxplzClEu0yt20yt3Mmr3Mmr1sa62wrbXCyq6rWNl1FYs3SmBK&#10;iaQFSYsw7hHGvWaocxfeGObHa+TC93vqwl/vw9YSjSXJW7Z8gdMSlbpaEzXlmvA3RkFIFITU7l9J&#10;QJC0CZI2YdIjTHpgYjAxUZQQRUljUesmoUQA3QDy/hJ5f4nNs102z3YhzyHPSYKAJAgam48xBmMM&#10;RWUpKksUQhRCaSW8wSaJDElksLbG2prIGCJjMNQYaoKpfyExITG1kbCsjYqIiqhxl8XttkQUEUcR&#10;pi4wdUFgSwJbkgAJEFU5UZU3JUUGIgNVWVKVZVNhU5WYqiQqc6IyZzaC2QiiuiSqS0I7JrRj2klA&#10;OwkIY4miyimqnBpLjaXdTmi3E2xdSlQFtiowpsaYmrLIKItsMr5+0KvChVskprVajfJMor+yRH9l&#10;iTxLybO0Kcc/rypzqjI/SHJJVLaQWHfdWj9eXWbUZdaYjabrUaQjinRE2l9Zd64cp5TjdH1bXdRU&#10;1FRUVUFVFU0fTv7JlXlVklclZVVTVhNHmO+arMjJipxxnjLO06YcH7nNya2M0+qxmo6qlvBH1rFu&#10;TCRsWWHLiqqS2Ojy5f4Sy/0lLBX2IBPf1gW2LsiLlLxImzdBXWfU9cHeED7WLiTealfatVGUlqK0&#10;a5oENHO7ycHmXeaiLKAsmtyd7rfSFpS2wNoSa2/BeLYuDwRv4/P1m+63vKjIi4raRNQmojQxpYmp&#10;apikg/SBzdI1EZqK0FRNWXErIW4lLPYHLPYH5NaSW0tvZobezEwzhmVZUJbFxHvoVYN+HrgS/bz2&#10;4eeTNw/6PmnGpMwpy7z5TNCMne+bcrw26gLqgshYImMJKAkooUyhTAkqFzYnsDkRlgjLbDdkthtC&#10;lUGVEYcQh5COBqSjAQEFAQWz3ZjZbkxtC2pb0OvE9DoxM+0WM+0WtsiwRdaM1WRc/JwpJdwcnh5z&#10;vx5NH1+fCxKTfnH7bo3wpOOcdJw3+94MN33faNhnNOw3x5t1d7oeLoqioCgKsiwjy7L17+xbiLws&#10;yMuiWT82mh++r6atkw1TBTefE+4E6I/FFEVRFEVRFEVRFEVRFEVRFEVRFEVRFEVRFEVR7gToj8UU&#10;RVEURVEURVEURVEURVEURVGU2x/eBNHsr97xxwKog8b0ZQIXRqKsJdJSIi8kvHyjFUrMtGNm2jHd&#10;OKQbh8RADAR1TVDXGCvR2Dhs7mIssbQHlvbQsSkdm9KrM3p1xkxQMhOUdIOablCThJCEYEyAMd5l&#10;EpCVEqaWCG0kUQcSdm0EtXER3KYILS6MRI2EK8/UEaaOKOqEok4aw4wJEkyQEAQBQRAQkhGSEVQj&#10;gmqEqVYkSolitEgxWmS0vJfR8l5Y2icxHsF4RD0eU4/HjZ2q68LvF1bCW2d8RC7qWqIsJbygZ5IP&#10;zhxiXEyl0DQGuzbqGnOwPFsvJ5k8ZB1iVDE1mBrC2h40/PnAxUaELsT7NekTP4aNUcxCYMHU1oWU&#10;7/E5sx4puSagPuhXy9Ji30eTcbESvg3u+PrnSvh6TexK3qjlzEKu38QNZQnDkDAMV9VDzvtc9MYh&#10;TxTHRHEMJpTwNQpiFwEEAVVWrIlmHKsKqorZuVlm52ZJWi2SVqspP01T0jQljCLCKGrqMxwNGY6G&#10;lFVOWeWEQSjhrrNVia1KivGYYjymLnPqMsdEASaaLFbDlRWGKyvN87zhrTMz0xzznTtpqwxfOhqR&#10;jkbkRU5e5Bj3LwhDgjBsPD+jLGOUZY0vKwwjF4YwNI1pqqpqqqomiROSOKGVdGglnaacoq4o6qqx&#10;4QVhRBBGzfFRPmaUjxuLUGACAhM0fe0lb54iz9eEx9ff54K3FI2zMeNsTFEWFGXB3OwCc7MLTbv9&#10;HK3cP7/exnFCHCdN+Y2JqFlIfAjZeEw2HjNKR4zSUTNWfoyNiygKiKKgaa/vvyZXglCiqZjrAPfC&#10;asbT18u9Z+q6pq7riU2vtth6YolqLH4uL2prJdx9SZKQJElTvzwvyfOSoqgpipowDgnjkLSwpIUl&#10;iBKCKCFO2sRJG1sU1FlKnaUEUSCRRARJRBgFhNFkvWjWXBcT+6Zv08HXYj+fCUMIQ/LxiHw8or+y&#10;Qn9lpWmj76NWq0Wr1Zosv26+R1FEFEWYIMAEq9cxN6bTC5U/XmQSzhRmIjARxElEnESNIdEbtbxx&#10;sNWKabXiZl30BrB8nJGPs+a4t1TK6loThYYoNMRxTBzHLC0vsbS8RGErCls165afM75//Ng3/ebm&#10;hu+nBpejg+GAwXDQlD/dL95U2Vj/rMQ0tjbYVe+NdqtLu9WdlOc+g/mc85+tfK75dvr11H82y7KK&#10;LKuaqZeOLOnIUhRQFPKsMIgJg3iyfjj8OjeZr2vnrTLhYG90RVEURVEURVEURVEURVEURVEURVEU&#10;RVEURVEU5Q6G/lhMURRFURRFURRFURRFURRFURRFuf1grAsnPfIqEK+kMIbaBNQmwLrwlJWEtxu1&#10;jEQ3kGiR0yInLPqERR+TLmHSJciXIV8mZETICFOlmCplph5JMGaGMXG+TJwvE9gRgR1BMYRiyHj3&#10;DYx330CdjSSqnLpaZcjxZq4wJgzjZr8xx0xZPXzTfTua2PD4lCFro3DmrCa8LaqWoCqhKicWK1fP&#10;pr6E1ISU1lBa09hJvOalFQa0woDIlkS2hCqXKEdQjuhUAzrVgLbNaNuMcDQgHA2IsxFxNmJLkLMl&#10;yGmVA1rlgCDrE2R9wiIjLDI6BjoGupFEaCS8jWTaKLZuf9qe5awoTUyS7qdOYGoCUxNREVE1RrGw&#10;rl2UhHW5ajzLNYGLiVlMwo+tt+RNyhMzmTfeTGiybE34vpt4XJxbzBgJd7wx/qz1jzVzdjKfXfjr&#10;qhpb1YQEhASNJcrjn19W9Zqoa0NdG0ajMaPRmP7KgP7KgGyck40nc9ATtuI1QWAgMI2FsD8Y0B8M&#10;yLKCLCua53rbUlaUZEVJVUNVQxS3JMKEKEya9ni7VFVLREmLKGlhogQTTa7ztrze/AK9+QXRGpkI&#10;6hDqkPE4a2I4GDIcDJtn+7HpdGfodGeI4zZx3F41Vq7vfRtaHeJWhzQrSLOCpcGIpcGoGTtvmjKh&#10;wYSG4ThjOM7oj1L6o5SyrinrmsDEa6KwlsJajIkwJqKVdGkl3WaMffneaObDr9dBFBNEcWMQ84Ys&#10;3zlVVVFVVTOGcdRyERNHcVN+YWsKW7MyGrEyGjEYZQxGGRUBFQElNSU1i4Mhi4Mhy4OU5UFKOi5J&#10;x6WXyzU+v6TVJWl16XTm6HTmmv70BsT+cEx/OGapP2KpPyKvavKqJggNQWia6VMUJUVRkg5HpMPR&#10;KtuV5J7H26P8+8D3R9MvjWlMbE9BGBOEcWNxqqylOpgdytmb/Doex4Y4njx3YuuTV6y3dQVxgml1&#10;MK1OY+azeY7Nc7I8I8uzVcYwN5fdAtDk4NQ72uPvW1rps7TSbw4knS5Jp8vs3AKzcwtYE2FNxGCc&#10;MRhnjMuKcVlhghgTxE2ODtMxw3TcjHma5qRpPpHGBYmEiSX8JIpbELcaI1adV9T5xPBloggTRcSt&#10;hLiVNH3erEe2prQ1vdl5erPztLs92t1eU3ya5aRZTn84oj8cMRyNGY7GjalwYX6BhfkF4iAkDsIm&#10;B/KiJC9KispSVHbd83y5vp/8eV/vXm+OXm+O+fmtzM9vJSssWWEZpjnDNG/a4edou9um3W1PxtPl&#10;gM81X77vZ9+eKImJkonR0YQBJgya/XSck45zxi7y3JLnliAOCeKQcV4xzividkDcDghjCGOZIXme&#10;k+c5/UGf/qBPWZWUVUkct4jjifVR2Zj1M09RFEVRFEVRFEVRFEVRFEVRFEVRFEVRFEVRFEW5w2EA&#10;6nqD/7m2oiiKoiiKoiiKoiiKoiiKoiiKovxcsd6MAoA1zlgE1v1h3b7/Iqwo5N4oFJ9CK3Qn6kK2&#10;NpNt5bbl2B3352VDVco2dAW0ncUiHco2cQ8uVgBY/uJnALjuK/8BwLyV62btCIC2kfKNkZrWRh6U&#10;Gymnxj2njmTrfBDia5pcb2q/L+VMzstd7vAt7Eu5vr+MO+HP565DE99/gZQfWjE0VaVsff8XUUfu&#10;a80B8N090q9H3PPBANzlYY8DgG1HyjbuyTZIZCt6pEk/4/rdtRPrvBjGXR+6cXD311b6yw07ge++&#10;Kbxdw7iW+35rnuNp8sn1kzPi2ObOCaE70JypxXxkAvc019ff/u73AXjpH/8ZAF++7FsAdDYdAkCW&#10;9gGYqSVXznnDawB48m9J31lnVPJ1DryJyBuE3O7GTF0wZfmZbpdxOenxXzNbV47vkze//W8AeNNb&#10;zwWg1ZMcKEqpb11J/R76oF8C4MK3vQWATbNukCo353DGKNdvvvxp8kJyoyxla4zkTBjEALQSV65r&#10;0Hgs1xXuvsCVH8dyfeLnsKOZA4Xk+Ggsa0O73Zbzrh/KXM77ctotl5suZ8pC5oC/Pkn8eSEdy9rg&#10;52a7I3NiMPb9IeX02lL+anzdPFkmz+p2uwCYQPoky6WsYSo51XLP8H3kx9wNFaNBCsDcjMznyE9H&#10;R1G6HKh93/u+c+uDm7+hGxPPYOjWV8dMT/rSMxpKe1qRlNdKpM21y+3+cACrxq43M+PuFFLXzsTd&#10;52eztzRmpZxvJbJu1K7l/nzL9Vfo7sxdfxaFdEyn657nUjJ3/VC53A5jn4NrLmuWleFI+rXtOrTd&#10;9rkgF6Qj937oSL+X1s11lxyhq5+vt69X4OZi5HLQl5O0pRysXJ9m0v/GvV96PXfe4ftr5BdQt9aU&#10;meRoKzJ0u27MXD6PUykzaknOVZG0ad+KjOX/PvUPAfjSxV+BVfnv3x0vfdHpALzk1OcA4LO8yqXc&#10;LJMx6864d4VbD/yrwi97rmsmfe62eSbPKdw8bIWS877vfd+WhTwniqdeGu4BlevDyr9z3ZMC95Ix&#10;rtx+X/p+dlb6w2P9/a5P41DGzI9p5ca6cjnlc9zPLb9+TI4DwHgs7RqOJbc2b1oAYKUvc8Xntl8f&#10;5+akH/tujudu/dqyeV6uQ8hdDvjn1u591nHj59fHaUaplOfXol5PnpfErr/cdWNXvm9f7Oa8x49r&#10;lrk1JoDQjWqrtXYt9Guozy0/poHLc9/2dbgk8b+c2uBVc4fiTtBERVEURVEURVEURVEURVEURVEU&#10;RVEURVEURVEUxSC/APQ/plQURVEURVEURVEURVEURVEURVGUn2O878QjbgRbT0xiTtqxDifvIHRW&#10;DCpvDnPbSiwgVGLZIHfb0pnGnKEFZ99odB4dZ1fx13mLSOIqcunFAFz9+U8BMOPK71jZxs5s5k0W&#10;lSu2ckoaby0xvoGOwNtUnFkscH1jvUnDWU8m5931brtu39mu/GOafecX8Vvfj41zxZnFvD3LeuON&#10;M4UVrVkArtsv/XP43X8RgEMe8DC5ryf2E7w8yVEPnWXJGXJwthVmpDwWtso2cYYfb14zbjwSZ59x&#10;xrHSG8HkaIPvVd+fgf/q1CuAXP95vN3q58Es5i1LvvyJWcwbuWTT6FLW4S/YQA3j2+i2Zuo6bzWq&#10;pix0f/32CwF4ozOLtXsyZnnp6uvq/ZAHOrPY28UstnnG5/qURa6ZCx7Z9wae0pfr8EYxf9/S/iUA&#10;Nm91uTaFEwl5eVJjh/IGIusMZ5sW1tqrvFWrrGQOdFqSa76XfP0aG5Wz4Ez3Y+pMQJUzqvU6sobU&#10;zlTkqoUT61C58gYrS2zdugVWGaS8xcg/YXrkfU9lTsfUH8h9Y2cmi2JpQ6cl82iuLX3o5EBUzqzY&#10;6UrdfAbl7nhjEnM1KN0YDt18TkdSUBTJ/bOzYp1rOdtQg586zhAWudy27oT/iUPk7FV+/XRyOfoj&#10;Z3B09qQ0lxOxt8w5fD/t2rsIwA9uuB6A4+9yLABdZybrOIOkN6v5fvX9Ocrkr8r1q7c+rayIYXJu&#10;TtrZa68de2+R81a8xFmp/FLhnzBtPvP4fvBzMPYmRtchk/GR++yUTc+blrxVylugCnf95m1Tc8Zb&#10;sbIRsVs0/Zh7o1ZtpM9cyrBvRcbwf58q5rCNzGJnvOg0AF7szGKVS/jQWSyT2JmsEHxPDJ1xzC97&#10;3uw3cnNifl7mxLRTqnJGKz/vWs4GF7t1Ixs7+563h7ps8fN57HIzbjnrnkuOtSM0qe91198EwLyz&#10;4HmDl6eZsy6HvHksdGNVubHPXS7Xbk60Xf28xc4/78Cis506FjbJXFhalpGZn/ftWstg4Axe7rOJ&#10;n6t+m8Rubrt1c9ry5/u/23FWP1chb3f1H52yVOoxcHPVm8U63qbn1vWWW1dnehOLmH+l+T6KInm2&#10;Nxz697kvc2IWWzv/pmnMYrd82R2CqRVXURRFURRFURRFURRFURRFURRFURRFURRFURRFuSNikF+b&#10;+h8XKoqiKIqiKIqiKIqiKIqiKIqiKMrPIc7V0diexIngrVvVKvuOt3p4Y4u3iRhn/ooCd2XtzGGF&#10;WDFYvBmAaveNACzvkf10eT8Ag317AcgzuW/gTCyxN4s5y8cmZ/Y5bJPYQ5ZvFlNNsW8nAF1Xj6SW&#10;behMGJ7K6R6KifNK/uva47dNSxvz1ZRvZcqIdas429WEtfvG97n/anHKcOONHbWzzFSBM3qF0j9Z&#10;ILaQ7tZDAdh8pJh7xs4usndR7E+Zs8QMBmLk8bamduKsTc4u05nfBsAmV0509HHIASmfUJ5XW7GR&#10;1JHUo8LZTuSqppXeBtb0b/MV6tr+/FmYxWaRnPNmsSc94bEAWDcfjLcZRV634ursTWO3+nWwu87r&#10;mRzN/HJjOy1baXrIN9Nd8OZ3vBuAN731nQC0umIW87ai2m0f+iBnFnvbXwOwaUYKCJvcWmvQWeWB&#10;AybmLr9vnNVuI3x9V5zp6OL//ioA/+///T8AvnPlVQAsLy8DUDjj0cn3OgmAX/ql+wBw3/veF4Bj&#10;jzkagHYiz/W9541jjenHW7DcAX+dN4q1nZlo2mazf1nWpqWh1PeLX/4yAN+84goADJbnP1csTEcc&#10;uQOYmP88Nzib0Re+9CUAvvLV/wZg5649ABxYknmWOePUMXe9KwD3va+MzSN+RQyAv3DEYQB0nIxo&#10;OHLWIWcE6zgrU+rm7/eu+S4AX/va1wD45je+DcA111zjrnPeKTcXtu+Qeftrj/4NAJ7w2McAMOeW&#10;V2/EKt2Ye9uQH9PxWMaqdjmQuDFZ7Isdas6ty/76b199HQD/9JGPAvDvn/0cAPObNwHw6j99FQD3&#10;OfEYWDVmw6Hk5n9+QXLmC1+Ufv3+tdcCsH+/vC98Dp10kuTOkUceCcBDHvogAB78wAcA0OuIrWns&#10;+s0b2dotOd4Mp3tPeAOZnxOxMyd6Sje3vO3pu9+RnP7P//xPAL70JcmhAwcOyA3uet+fd3Xjf48T&#10;pd5HH388AMccI/1w8t18f1iyVIxQ3hAWhLK2DsYuN5zx6tbMYt7M99IXyfkXv/BZsOoVlrjOHzvT&#10;2Oc+/3kAPvmpzwBw5VWSa2kq86l2tjQ/T08++UQAfvmhDwXgrkdLLvu+9WJC4xayJHLrkLeQundA&#10;6dZZXI759cbnVOH+2Ldfxv7GG+UzxKWXyjrj58KvPfqRADz2sb8JQO7egX6d7rakX2Jvy3L188u6&#10;E3w17zD//Btvks8o190gc/5v//Z9ABx3NxnDU1/4fwBw8sDGFvjVr10OwKX/fSkA3/72NwHYeeMP&#10;ALj78ZITD37wgwF49KMfDcDsnMwpNzWJXb18fXz5XsyWjqXGl1/unvdVyYOrr74agOuukzm5y61N&#10;xx4j73Sfe37u3POeJ7EwJ1a2tluQYjdm3sDnO21iFnPvsOlFdgo1iymKoiiKoiiKoiiKoiiKoiiK&#10;oiiKoiiKoiiKoih3KAzyS2b/4z5FURRFURRFURRFURRFURRFURRF+TnEOTQas5jbRVQW5UHMYt4Q&#10;FbttnS4CEIViOaFyRrH9Yv4aXXslADdfIwacpV1i5yiHYgmZb8uzvLmnn44BSLqivjHOqGWcjWTz&#10;bA+AIJPrRnt3A9B2Ne04rUPsbUjOOuTNYk5OROW+youdMeNHN4tN7095JW6jWayqnCXLGzgCZ8CJ&#10;pB22doYhp2sZu4aspNLvQVtsJAubtwCQ5aIlyQvppziU8jLXb922WFaqXO5PM1euM4XNHC52p8Pu&#10;Ltan+bveAwAWxB5TOsNYNCPPK/FGIqdBccm03izmtv6Pxizmjv40zGIjMff0ArEjven1rwPgSU8Q&#10;+5I3ejV1d8V7Q07TmMbA5djAIDbZl0baZp4J07KVpqt8M90F50ybxXpigSkL6UPrrC8PfZCYfy58&#10;uzOLyZTBC9KoZcytt8K4Bjb18/aYKaOYvz0dS26FLqe+eqkYbT792X8H4GJnWbrqKrEvLS7KXO/0&#10;JEe3bt0KwK69uwDYvl1sdve+570AeNzjxX716Ec+AoDZGcmt3OV6tyOmpel+K5vhkPoXhRy46aYb&#10;APj618Xs852rJT++eImYxL7lzGeL+8Ug9ID7/xIf+sAHAJjtylMu/7qsY5d+TWxGH/mnfwbg+z8Q&#10;89WiM4m1u2I+9Ka+lYGsh95eNNuT87940skAPP95YjD79UedAqtWh/1Lct+NN4gV6L/+6wsAfPaz&#10;nwXgK18Re5Afq25XBjlxNrV+X3I8c31w97vL/H3w/e8PwIte+DwADtmyGYCZGRkbb1vKnOGxMQjF&#10;ziQop5tU//x/ST0++59Svy9dLGO/c4/05Z69YgQ7/IijADjr9W8A4JQHyFh/7RLJnU996lMAfPFi&#10;MYr94AdiXxq59arTkXb1etLOfl/sgFUluXjYYbIuPfKRDwfgSU96EgD3OknsT75fDyxJLm6dk3EI&#10;vN3KtTtwcyF0uT9yGqdLL7kMgK9cIuP/vov+Flb1f6cj/bdp04K7X8rxprEDe/cBMBpLeQvbxVh3&#10;xFGHA/Ccpz8NgMc/5tdIvDrP1S1OZE0euDU9dOawvX0Z2//zQjGHeUOeN4vZQubLS17szWLPgMmS&#10;y3987j8A+OhHxQJ3qTNh7fc2Spc7frBD9y72fX/ooWKtO8WZxR73ODEzPvD+Ys+b60nOePxq4o+W&#10;hfRF7p4TOTXX8lBMZt/57vcA+OZ3vgPATTvlXf9l187vfU/O3/ADmSMvfcmLAHjlK14OwExX1iff&#10;m3675Najdlv61Vu0PAeW5PmXXCpj/rFPfhJW5fZNN4nN9IHOCPb+978LVn2G+ff/EJPYuy96DwBf&#10;v1zWmV27nFW1Lzmxbau8Ox/wALHhvfjFLwbgoQ+VOepz0s/J3B2IXX5c6uv3sY/BKsvd7p3ynG5X&#10;cnLzZpnjfg55w9jNN8t1SSL99OCHPJAn/9YTAXikW3u3bxUjYH8g68mMy3Pj3oG3ahabfpk1Nss7&#10;Lmvf+oqiKIqiKIqiKIqiKIqiKIqiKIqiKIqiKIqiKModEgNqFlMURVEURVEURVEURVEURVEURVF+&#10;3nHKisYfJtaHapVZzF/hv/jydqLEinmGwpnESrGRNEax730dgBuvFPvFyj4xinVcAVt6Yj/JD4hx&#10;ZaYn1otRLraRljPw1M5EsX+/GGpCV5OWE1T094qlox1JnXstKbfTEmuIt5VYp/0onEXNG2Fi95We&#10;N8ysN4j5lk8f90zvT3klbs0s5rRRVSXP8TaqIJJ2BM5QVLj6rgylf4bOwOZNHb4Wm+bFNuWtV7ET&#10;fXXb0g8jZ3SLnC0mCaR84/prHMg47HWiuJVATCLtw48F4Bd+8YEALDjjGLEbJyP3184wZl0OBa59&#10;681iDiP1/GmaxdJULCldIzl8zhvELPbExz8KVvWlt7xFUzIUb8jZ6Ntgbw7zbHDZ5Dlu6zPDz8am&#10;fHfBm869CIA3v+VcAFpdsRjlXlvlLEsPfdD9APibt58DwJZ1ZjF5gnU18xa72u2XLte8XcnfNhxJ&#10;fy2tyJy/4AIxnX3uP8VQ9I1vin1rbm4OgO3OnpQ5O9PKQExujb3JJedwKKaixUWZ4yeeIBasF/3h&#10;qQA88QmPB6CTOIsNgt9mmbS73fJWO+HSr4nR561vfSsAn/13MZ85MRrdLVK/sbu/lYjz6Jfuc2/e&#10;/pY3AXC1sxq9+8K/AeBznxOzl5eu+bZGsTN6uXmZO81Z3Jbjfj7bUp618wZZD5/2u08F4HTX1uOP&#10;/wUAPvdZsQSdf/47ALjkq//NarZv3w5A7IxfhXve0K0PlZtQcSLz0a8vaV8MaK94yWkA/JazuB17&#10;jJgEvTxvOJSx8saxkeuj71z1XQDe/4G/B+CLznC2a4+M3TCTHOl0pV+WnFntyCOkXW93Y3HD98Tm&#10;9v6/lZz+3H98DoA5t35tO0Tm6sDdXzhL1qZNYjrKnDHR26GWV+T9Mx7L8f/1v/4XAKed9kIAHvpA&#10;se35uevXe2+5qrxVb8qu561z73mP1PO973s/APOuno97jNi0Hve4xwFwt+NknfQWp/37xLD2H866&#10;96+f/jQA37hS+nH3XrE8Pf+ZTwfgL1/7Z2yal77rD2StnunJPK+cvcktzbdqFitLufKMF8n5051Z&#10;7B///h8BeO/fivnq858XK9yCs8wdsl1sZwf68vyykKTY4gyAfv5ec801sOp5T3is5NKznvUsAO73&#10;S2KP89PSz9fIGbL8umqcKWvocuyf/+UTAPzNhbK+fPUymcdBKKM1MyPvnI4zgg1djvyf5z8fVpnU&#10;Zpxm1I/5aOAsdc6qGUVyft9eaefnvyhWu0/8q5jEvnKJGML2HxB7auXfmc709mu//psAvO0trwbg&#10;M/8u17/lLW+R+93c2LZN+s0g7ds0J7nxg+9L/0Xus8uLX3oGAM95rrRj88Ja45lbtvi3T8h6e+GF&#10;FwDwuc/J3DnppJMAePrTfheABz9QjGXeLNZqSXnf/Las0590xrR//dd/BeCmG67nmGOOAeB3fvvJ&#10;ADz1qbI+HXeszF/36sCLxLwobCOxmJrFFEVRFEVRFEVRFEVRFEVRFEVRFEVRFEVRFEVRlDskBtQs&#10;piiKoiiKoiiKoiiKoiiKoiiKovy8491G3mUkZJUzmJgIJ/1obAmBs4IEY7FthJEzjN3wbQB2fkPs&#10;HLu+62wgqVy30JEyE6drqlIx3PSc6ctbN6x7UFOzRtOw1h7lLVP7dorRpirkfuPsH92Os4/0xIwT&#10;O+MYkXhGImcaw5nMvGnGeJ2UM4jVjYlMyq9dX93aV4HGqTZM4zURamf88fdb159hJLYS4+wppbvO&#10;21aGqdQzd7YYb76pnepj06y0c67njGqu/qaS6wPXv4Frn29mHMjz/HNyZ0gat8Rus9+K9WTZGcY2&#10;HXtPAI46WUw980fcDflDTEd1JdevDKW82RkxAQVuXMYjOR46q0sUu3YgeLNYbYLmmHeR+J70+7Ub&#10;kx/eLJYC0I2k7057oZhcfvtJYlPxudFfElvR/JzkUsuZsJaXxUTjjTob49uydt9nd+lyr9N11reR&#10;GM/CUFrqRGEYZ49639//fwCc9y4xAgXtWQBKl0PrzWJvBmCLVJ/Yd6jrt+WRs0fNyljnbg6Vzn7V&#10;7Ugu7Tsg7f3Up8SK9I53ng/ANddcC8Czn/scAO5z3/sDcOyxYlcqnM3qe9/7HgBXOkvThz78DwCk&#10;meRm4eq9w5mLlp1h7Li7iM3mXee/E4C7HCXj5xMjd/f32m7OuP5yoh5WBtK/b3jDG2CVAe36nWIz&#10;nN9xFAA/uHEnAN1E+v3BD3ogRx9xKACf/aRYd5JYzt333r8IwMN+VcxVJ54sNp/de8RwOBjLM//1&#10;k58C4PP/9UUAxrlUrigk53rO5Ldvz24A/vSVrwBgeUnKed/filVp2zaZP/e/3y8BcO9flPn34Ac/&#10;WK53lrfvXi19/M1vigntXz/5GQBu3inlH3GEtHVxv7T9yO1iq3rda/8cgN949CMAyF09/frkzWXe&#10;lvepT4sh689fIza+H1wvhrTErbfbDxMr1c27xaiVZtLeY449DoCus0Fd/12xG22ekxw+4ogjANix&#10;Q2xvfv3dtWuXXH+TGCv93Bu53N3uDGTeXrfkzGneonTiiScAcNZZZwFw/LFHAtBz7bGl3OfHp9sV&#10;DV/uptRpp4ul6pOfkv6MnCHuiU98IgCveY30X9vlXJZJv3W9+rKZc7L57vdlzvzpq6X/Pv1ZKfdJ&#10;j/0NAM5925vpuHeVf9cY5z+r3brgllbcm5dnPEvsaV/+6ldhVdu97elZT38aADsO2QLA6/5Ecu2I&#10;wyXHf/Hespbfy+X2pgWZh9fvlLH9ypcvAeCbV8o7fqUv69TmzZJDi4vyjvfr5mMeI4axt5/zlwAs&#10;9aXCW2elk5pV0xkRvVlslMn+F78izzv3/HcB8A23bvSHsm77d2vL5WY6lDnw/Oc+G4CXnfkSAHpt&#10;967164Jbfv1nGr9ufvxj/wbAn73W5fR1NwAQd+Wdt3mLvNtyd/2+/dLe5ziT2dOfLla4M84QM9il&#10;/y0WQL+OexPb1i1io5t1ybLibHgrK5KzL3rJSwE482WSc7n7WOaWJT744Y8D8I63iVnyhhuvA+D4&#10;448H4BUvexkAj37EQ2DVe3LscrLtctKn5N5FGUc/Nz720X9hOJRjPgef+2zp05e//EwAKv9ucLo4&#10;/4w8l2yMQ3fcqUT955TA9cWdwbt1x2+hoiiKoiiKoiiKoiiKoiiKoiiKoiiKoiiKoiiKomYxRVEU&#10;RVEURVEURVEURVEURVEU5faA053UzlHijB2lc3/k1jRGmcht287EQiGGF5bE+LJypVhN9lwpVo1y&#10;UawkHTsGIMbd50wTsbOmtJ3lKHT6jzqQ805u1jy/bsxiTuHiPFO7d4mFqCy848IZq0JpQ+hsUMYZ&#10;xUJnxOi0ZL/r7CTebGasM2J4M5czd1XePGZlf3LefSXo7CGh68PK66ScPcU6Y1YceNuIM204G1bp&#10;lGq5szGNnFZk5Iw3mdt6wxnOeJYEziw2I6ai+a60O/JWGiv9bqbMaU78gS3lj9x3dEsMQVVXbFOL&#10;ziy2t3SGoXkx+XQOPQaAe9z/FAAibxgL5P7CDXfkyjOB1MvJqxr7U+3ywefiT8MsNhqLoabtcu2I&#10;Q8Ucs3nzZgBwY1zmkrvW2dkiN7beoOOtKdM0ueqwXvHjCFzORE6PV7rOKgqZhwsLYuxJR7Lf6ont&#10;6Ibdkus7d4t9qo7FfPOjmsVqZ4FJc2mft9613Rzx1qiLLvpbAP71k2IW271bbFXP+4P/DcAzn/lM&#10;AA4/VPrPewoLKRYnr2Ms0ho++gkx+Zx7/gUAXHvdDwDYtCDmndGKmHsO2b4VgPPe/lYAfukXTwSg&#10;dnO05Rclx2Dg1ho3p2M3x6+/Xsxhl152OQBvO0+e++UrxMJ1l+PEzONNb/v37ORuxx4NwAnH3xWA&#10;33mKmKQeeH8xfHU6zo/kqlC4IXDpzTeuvAaAf/ynjwDwvg98EIBOR8aydhOhFUs53vzn5+kpD3kg&#10;AL//9N8B4L73uRcAbXf90OVwry0mQG/CuvYHNwJw0XvfD8D/94//LCfc/JvtiXXqwE5Zt1/8h2Kl&#10;euELZdtqub4L1vatz/QbnIXtq5dcBsBXLpU+/ei/fELO7xZz2abNYqdKXTvjRNanY5wt7n4ni/Hr&#10;UQ8XQ9u97yVWqwl+PZC9yy+X5/37v4vZ7KvOovXNK8VQtrBJDGydGelfbyDzZsmHPERsS6/9sz8F&#10;4PDNYjSL3HroTY7eWvWFi78CwMtf8UoArrlWLE6HHi4GtHPe+CYA/tdDJR/GknpeXImT3TUrge9N&#10;t4zzyc+K5e6vzhbr3VZnWPvbd7+LbVtkHvl1x71CMLGMnc+xXcty/vn/+1QALnZGq23bpO+Hzli1&#10;4xDZ77Wlcvc5+e4APPqRjwTgl35J1oukJbnU7a01Jn77u2La+vi/fRKAiy66CICxs7klbr55Q9ZR&#10;R0kfvfvdYsc74TixubkuwbhO8O9cnxt+Dvl3/xVXioXt05+RMX/n+X8DNB8hmnk+HolZ7A+eI+uQ&#10;N4vNOrNY5RYkv1wUzoLVbks7b7xB7HUf/uePAvDNb0lOfeVSybnlvpQfJNL/1o3qvVzOHnqoGNq+&#10;/EWxCJ54oqxT972PnPd2vH/+xw8BMFiWdXz/XllHH/ZwGYdXO7PZSc5W6KY6X7tCrIGvec1rALjS&#10;5bx//7z5nDcC8ITHPByA8diZxBJpcOEMjO2OM9Qh+O2XviLtfOMb38gVbo30HHesrH+nvkDW+if9&#10;1m+uOe8+BjXztXkVu3dM5To/cmO1ylHrtnc87rgtUxRFURRFURRFURRFURRFURRFURRFURRFURRF&#10;URoMqFlMURRFURRFURRFURRFURRFURRF+XlHbBBlJuaMqCUqi8qZxQoCKme6ajmFRFQ5PVCxBED2&#10;rYsBuOGKLwAwvO4bAGyO5frZltgt8lEfgLIU40TPPStyprLAm8Wc6cUrKxoZkjdOOb+UrcVUsW+/&#10;1KdwZrG8lK23JFWNscy1wz235ywbC85EY5wPKXAOmNqbw1wfWW/qcjVq9n11Q6mfv9+653tzVu2O&#10;R84oFobO8uGuSzMpr5+KBaQ/FvuJO4z/6tGbwSJXv24o201dKXfOKW1CnC3K27fcfd6c0xjUnPmj&#10;RmxSldOZWGcEGxnZX6rk/BJiVxlFYsI54f4PA2D7SWLYYetRsrVii6mNbG0o1prKeTe8uCj4WZjF&#10;UtEARUbuD6z0VenMXt4slkRSXlXKcePq2u2KrShzZp2N8EaxadOYzzUnvqJyc6Byhq+eswwtL8m8&#10;7MzKfla73HeOnrgt9rfcq4d+SLOYDWRMx85MlsRSz74zdL32ta8F4GMf+xgAe/eL8es+97kPAG96&#10;k9iVTjpJzFzTNCPrnuvNPkPXzS//09cD8LFP/CsAsbvAOsPXrLN3vcWZc371lx8k17l+83ngzWqR&#10;G6+mmW7r8fsvfbkYet79gX8EoDcnJqdxKmvULxxxKH/0ktMAeNgpYqQ6dKuMgf8FgJ+PaSZ91epI&#10;fnu8Xe2yb4lh7NnPez4wsSLd6KxtRx0h1qXIWe5Od6avZz/9ybCqjX677KxEC/NSZ7+u+Db77Re+&#10;LIag17/hbAC+eukVAGxekJwZLe8F4AmP+XUAXvc6sRpt3ypWO5+xfv1vDEGJNzsKO/dKn/3Zn0uu&#10;/MNH/gWAw48UM1t/KGMZd2TO/J/nPReAP3jWkwCYkeWkaZ+bmg0dWT4aRm7KffaznwXg7e94JwBX&#10;fFPeO3PzUv/K9UQzNVz93/H2twDw6w+TXOo586Sfo4XrwLe8Xco9+00yh3Dr9tHHHAvAu955HgAn&#10;3l1Mab7+Ht9L+/bKnOl1JT96PWnQSipz8PTTTwfg21eI3elDH3wvxx0r1ka/Nvt3iYlkPniz2E37&#10;5N13xsvFfuYNXN6QOEpl/Tjq8MMA+JWHPhiAM08TS9SO7VtYTeGS1pu93CutmTd9kdnxqle9CoCP&#10;flzWhdmuvEO9WWw0GgHwV3/1VwA85xlPAaB0psEZ985qVngjfTt2uRb4dUDO8s3vis3uD18kxrBr&#10;vi/GscSN3bRZ7I/OkOtmOm5uuA7z7clSqZ+3zvlqHFiR41deLe+Pc97yNgC+8EX5jNN27TTNu1tu&#10;PHyHmMWe9OTfAuCJT3g8AIcdItf718pnPi05+9WL/wuAfftlDv7abz4OgMc+9tGwKscHqfzx5r8W&#10;s6I3qyWJ5MGjHvGrAJx/3jsAmHVzZe8+mZObF2TNCpyF1L8n9y5Lf23aLC+GzNXv9NNfzGc/JfbI&#10;nnvHpUPpk2c+/WkAvO61fwKrDGJu2cK9tiej5o2s7p0Wus9dahZTFEVRFEVRFEVRFEVRFEVRFEVR&#10;FEVRFEVRFEVR7hAY5JeE/oe7iqIoiqIoiqIoiqIoiqIoiqIoivJziCg3qlwMJWHsjBnOJlWsciQk&#10;3pUzPiDblZsBuOn/iUlm+ftiRuHA9QBs78q9My2xf3jbSOnsIV1n4jHOzOPNYt7JU3tlhTdOOVeL&#10;dX6pyhmu+kM5n45lO86k/NLpjCpnuKhduZE0sbFGzfWknNipMuJInuPtJqGzrHjTmDdmWFcvbxZz&#10;8pfGLObVGxuZxrzxZuwMYmku5Q4z1w6nd/H2pzCUdgfe8GblvvlEKjDflvM9J/AI3dhaZ5HyKq/a&#10;rLWiNNYRZ3cpXX0z60w7obPZxGIaGYbOjFNLv3W2ikHomHuLtaZ9wv2RPzbJtpLr0sAZxiLZevNO&#10;5J/vtj8Vs9hYFDlzbanFrz/q4QCcdMI9ABqrXezyP05ka9yg+cfZxop2cLytyBvGPIHr+6IQw8uM&#10;s7gU47WmstFI6tmemQfgv77yVQD+7bOfB8DEModyZ9bySXVbzWJl6Gxy7nZv3vn6N64E4GUvexkA&#10;N98sc30wkrl68sknA3DRRRcB0HOGnswpajrOCFYUUvBwKOvLli3OzoVw0d9/EoC/OlvMYd7403Vr&#10;hjevnXO2GIoe/XCxfPk88AXlzvCWtNZqqgZD6T9vJex15fybz30PAO94998BsDSQ+pUuLx77G4/i&#10;7DeIKWvHJuljvxL6Osaus0pvoWuLRWj/slh95uelrU7awzOfI8aw//eFLwKwdesOAPbu3gPACXe/&#10;KwD/8KEPALBlVubpzt27ADjiELm+dsbAwPVCXsn+cl/6YJMzhy2NpO//8vVnAfC+9/89AL2O9IGp&#10;5Ppfuvc9AXjb28SidNghMm99xpa55Iq3Rm3dKtaqwim4wliuPOetFwDwlreJcaszKzl7YEX6Y8eh&#10;YlA7753ynPvdU/azgdSj5cbOC4j88zO/HjrbXK/n3htuQD72r2LTOvtNkkPf+e73AJidk+cbt+AX&#10;bo48+uG/AsAbXiM2ru2bxURWegOkm9yved0bADjvAsmVljOjbd26Xc6/Rux0D3uYW/dcUjoJIW4K&#10;rFu7vL3LLbe88zyxRX3x8/8BwFvPOZvDD5exbjR2rrH+3tTK/BjmUuc/fMmZAHzKmatmZmTCl4X0&#10;2dOeKpa6P/3jPwJgU8e9Q3OZz+6VTNKStdk/Z2kguR4lMjZdd9/n/+sSAF5wquT0yF3XbjvrpHvX&#10;//7v/z4Ar3ut9DWlPGjGv1RLp5Fz74TcnR+63DLuHb13Ucp7xSv/FIAv/JfMIW8Wy4ayjj7/uWvN&#10;YrONWUz6qXmXu88C6Vie3+7IXPWT3H8SecWf/AUAH/j7D8OqfvCrfs99hnnyk58IwJ+98kWwaq1I&#10;x9KO2bY82OfC8uIyAO22tDt0ue9z2pf/yX//EgB/9PI/BmD3XrEK+vv+5nyx3z3yYfLO9eX75/uc&#10;81v/GSNI/Gcowd/34jP+hH/7+Cdg1XzctVOsbr/2KLGeve2v5Z2yfZv0WdOnbv74d+PEMOa2jXps&#10;envH447bMkVRFEVRFEVRFEVRFEVRFEVRFEVRFEVRFEVRFKXBIL/G9z+KVhRFURRFURRFURRFURRF&#10;URRFUZSfQ5xDwzqjkTMglc6NUNWQOLOVqd01B24AoLhBbE1X/uc/A9Adin2omy/J1ohixclBcAIe&#10;Sme2Cly5gbd+eLOYEVMOxnsv5Ly3A9W13O/NYuNCylkeyH2j1Jcj9ozQqS9qb9pyRh3c89rOIBY7&#10;20bX2VXitqhhvIGsDtxXf5WzsTkvR+j6rKictUOuwoRSz8TZm5w0hczZooap1GOUSj/l1ve9M6g5&#10;oxeRbAOn7PBGoLAU28r2WTk/4y538hdMLf1ROW+Icf1dBnKBt2J5f5c3l/njuTMKlc5LErbFrENL&#10;rDUjI/20N5XzR5wkNqvt93uYXHfosbINxHSU1s42FblyHB1nHgl/imaxNJUx6IbSR3/1F2IJevIT&#10;HslqvBTFF+9T0ovCvInLM/3lsDfEeKbPZ5k8v9dy9qNirQUu8Poh95zz3vNBAP7stWI96s1tgVXW&#10;JN8fD32gjMUF7xALzOaeFBD5GrkxLl1OpG7KuRTgq1/9GgDPesYzAPjBtdcCcORRR8jxZz0LgDPP&#10;FKNRt+N0fY5x5ueutLjtTGGevjPufO5LYiN80RliPFo5sBeAzfOSYzNOLXbOWa8H4FG/+lCgEb81&#10;iWCdQcnj555xA5Q7U5F1N7z3g2IK+os3vR2Y2PTSvtizTnnw/Xj9a14FwC8cLjnTDl2eurEII5+N&#10;Htnvp2IrKtzYedvS284TQ9Ubz5ExiZyhb48z9zzmsb8JwN+9V0xTsSveltK2trM+rgwWAZjrORuS&#10;my9j18bYXeeH4Ow3i33ovHeJ+Wvzgpi0+ov7ALj73cRo9q7z5LpfOPJQmKQgbnmk78xic3Myn4fO&#10;CNZ2trYLLxIj2jlvPRdWPX/g1jdvFnvzmyV3f+UBd4NVhkFvtxuNxPLml9tuz9mX3Lrl8SkwdMn7&#10;Lx8XS90bzjobgL2L0k9xIutN7cZjbkbKe+8FYji7z71OAqAoXYWdWfJ1r38TAH9z4bvlcCIWqXZH&#10;DHK//uu/DsCzniE2q5PvfjisWpv8+87bwTquI709K3T7N90o4/+tr8uce8xvPLox/zW4to/H0lbr&#10;2pS7Pnry70gdLv3a5QBs3iz2t8UDMsZnvuTFAJxx2nMByFbkHT3n+hb/jnI2ToK189n3deaqdd0N&#10;NwHwzGc/G4DvXvldAGbnpG+8+eqRj5T19I1vFDNg1w2ht0nmfTFsBYkb47YzJcplzTtz35I8+IWn&#10;nQ7AJZdcCkA8ZRb7g+dIP7z8TDF8zbqXoXXrqk8h/74YDOS+ylk0e3Oy7vih+/PXiq3uve9/PwBR&#10;vNacdr/7yTr7+r98HQAnHCfr43DgDItuXTfO/pcXsja0YnkX+n5yU7f5LNDuyvlX/JnMlfPd3N2+&#10;Xax227Ztg1V2uyOPOAyYaO3m3JwcuX7pxNK+zE2yzFsJ3fam628E4MILL+TrV1wBTCbk8qLkygn3&#10;uDsA577trW7/OABcEync5wXjPmfFiZ/Zbu31n4/855o7sH/rjtsyRVEURVEURVEURVEURVEURVEU&#10;RVEURVEURVEUpUF/LKYoiqIoiqIoiqIoiqIoiqIoiqLcfggCp0+ygMWWFbasMLXFUGGooC6gLhjv&#10;38V4/y5uuvYqbrr2KrKlPWRLe2iR0SJjJqqZiWqCckxQjinHKeVYTE4AxoQYE5KXkJdQmYjKRBQm&#10;oTAJlYmpTIwlXBPUBmqDNQHWBNRE1ESYIMYEMdaEWBNS2IjCRpSEYsUKIxchhKEvhqqqqKqKrCjJ&#10;ipJxVjDOCkbjnNE4Z5y5yEvGeUlRWorSut4wYr4yARYJv1/VRsKKnCOvLHllm/KHaeZizDAdk5UV&#10;WVlhMVgMdRhRh5EYxaKk2ffllbamtHVT/yiKiKKIMDSEocEENSaom37yUQahBC1KWmSBRGoDUhuQ&#10;I+GfFyUxURKTBDVJUBMWucR4QDgekGRDkmxIq5To776R/u4bqXZeT7XzeshHEsaCsQRRQBCJLax2&#10;Trspf85PjaC2BLWlysZU2RhTSoTODxW5CGsJm5XYrGyuTwJIAjBVtSaCqiaoaoyLsIKwarqAoJLw&#10;+71W3FjFALIsJctSQgOhESufN/MBZOOUbJxibYm1ZTNfmwKb/RpM7TcE/gts3/mONC1I04JWAq0E&#10;olCi1+vR6/W45z3vyT3veU8eesopPPSUU3jmM5/JM5/5TF7wghfwghe8gHY7pt2OqSqoKsiykiwr&#10;CeuKsK5oRyHtKGz61UccGuLQEATBmqjrek343I7jmDiOm/ZgK7AVZTqiTEcEUbwmiiylyNKmvUls&#10;SGJDHIqxK4oCoiigsiWVLcnznDzPGWcp4ywlDGDzwjybF+aZ7STMdhKoK6grinRIkQ7JBn2yQZ9x&#10;f4Vxf4X+yiL9lUVmOgkznYTYQGxELFXXsH3rFrZv3cJcb0Zibo65uTkOO/xwDjv8cOIwIg4jbt65&#10;m5t37iZNx6TpmFac0IoTymJMWYyZ6XaZ6XYZpyPG6agZ2ygwRIGhqsUIiZGY6faY6faa63xbK2oq&#10;6mZdG+cF47ygqmqqqsZaEdC5Yui2O3TbHerKUleWXq9Fr9dqcnXrli1s3bKFhblZFuZmoSigKGiF&#10;Aa0woN2KabdibFFgi4LxKGc8ypt6xYElDizdJKSbhLTbhnbbEAU1UVC71dEyGg4ZDYdUeUmVl7Sj&#10;iHYU8YTHPYYnPO4xnHTCiZx0wokEtdjJfL8W44xinDFY6TNY6XPllVdy5ZVXUrt/cRQRRxFlaSlL&#10;y+bNm9m8eXOzrudFRV5UlGVJWZZ8+tOf5dOf/iwf/sd/4sP/+E9c9s3ruOyb15GVYuDyuRYGhjAw&#10;ZJkly2yz7/v1yCMO5cgjDuURj3gEj3jEIwDI05Q8TSnTIWU6FMVhbQlCsWP5eeSne5VnVHnW5LWt&#10;CmxVkKcj8nREFAZEYdC8Q2Z6HWZ6HdHHBaa5f2n/Ppb272NlaZGVpcWmjk2OufWhncS0k5gT7n48&#10;J9z9eDZvmmfzpnnqqqSuSqoipypyyjyjzLPJsuTNa7YEW5LMzJDMzBC1WkSt1qrzEj632u2Idjtq&#10;+t7jx7hhat2bXv/8vu+fbrdLt9ul023R6baa/skKiTRPSfMUayusrYjjkDgOqeuKuq7oddv0um2O&#10;v+sRHH/XI5rlNRv1yUZ9OrGRaEd02hGz3Raz3RZlkUmUOWWZk41SslFKr5vQ6yZcd8MerrthD5df&#10;eimXX3opszNdZme6zTt/165d7Nq1iz962Rn80cvO4CWnn85LTj+dU089lVNPPbVZp1/8h6fx4j88&#10;jWf+/jN45u8/gxed9oe86LQ/5PSXvJjTX/JizjjjDM444wz+/M//nD//8z/nK1/5CukoIx1lZEVF&#10;VlS0223a7TaD/pBBf0hRVBRF1awPHlvXEtY6O6nvDf9euvOgPxZTFEVRFEVRFEVRFEVRFEVRFEVR&#10;FEVRFEVRFEW5E6A/FlMURVEURVEURVEURVEURVEURVFuPzhrjrdBeIuLsdXEDDEewXjE0v5dLO3f&#10;xe7rrmH3ddfQDgraQeF8VSWhzSSqgrAqMHWNqSf6j9qE1Cak8oGEN4NVRBLOOObNLt4kVhNSE2KN&#10;wRpDHSbUYYIJWxLONFbVAVUdUJRQlFCVNVVZN56UIIoIoqipT2mhtJAVOVmRM0hHDNIRQxdpnpHm&#10;GWVVUVZVYxSztcHWBoIIggjjIq9K8qqkPxjRH4xY6g9Y6g8YjTNG46wxhE3MZwmECcZFTUBNQFnV&#10;lFVNYSsKW2GMwRhDEEcEcdTYZBo7kzOnWWosNSWBhIkpTUweJBKmRW5alJFEWkNaQ2FrCls35Xkz&#10;UGRLIltisjEmGxNmKWGWsikJ2JQEjPbtYrRvF3tuuJY9N1wLK4sSNgebN7Yo7xnx3hFf358FM+2Y&#10;mXbc2Iy8qabOS+q8JKYipqKXGHqJoRVLmLrE1CWhsRJBJWFKQlMSBT4qoqAiNi6Cek14k46PJIpI&#10;oogwCAmDsKlnUdYU5WRMFubmWZibX2fMmd431JjVKrHGQCa0WjGtVtyMRV5IHH/83Tj++LvxzvPP&#10;553nn89HPvIRPvKRj/CqV72SV73qlWzbssC2LQuN+ccbjGyRY4ucTjuh006IwpoorCnyMUU+JhuP&#10;yMYj2jG0Y0jHI9LxqLHX+PC54nM9NAGhWfUVvLMEetNS0y4XSbtN0m5TlSVVWTY2HGOQcP3jy+11&#10;WvQ6LWa6HWa6HbqtFnVVUFcF4zRlnKaNzaw906U906XVa9HqtWjPtGnPtJnpSvg+77ZadFutxmK0&#10;dGAfSwf2YasSW5UsHTjA0oEDTRuLMqMoMzbNL7BpfoG5bpu5btv5vypGwwGj4YA4CIiDgG6nRbfT&#10;atZnW5fYumyMZt5+t3XbZrZu29xYlIqqoqgqwighjJJmHfHWojA2hLFp+mrS5SFhGFJXFXVVUYzH&#10;FONxM5HjwBAHhnycko9T0tGAdDSgyMYuxPYWhYYoNMx0E2a6CWWZUpYpRSGRJKFEHJPEcWO9si56&#10;3Ra9boskjkjiqHlXdVqGTsvw4Afcnwc/4P7Mz84xPzvX5JJvvzcfXX311Vx99dVNuxurleOEk07m&#10;hJNOZseOHezYsaNpf5aXZHnJSn/ASn/Ahz70IT70oQ/x6le/mle/+tVccOF7ueDC93LtdXu49ro9&#10;hAGEAbRaAa1W0Ox7C59/rrd1FeOUJApIomBiaXLhLWn+nuFwwHA4YG5+lrn52absUX+FUX+lMfMl&#10;SUKSJI2pMAgDgjCAMocyn9jhtm1l67atbF6YZfPCLLbIsEVGluVkWd5MsW1bN7Nt62Z2HLKNHYds&#10;I4lCkihs5r03Z1VlTlXmTb1sabHlpD0T65SEt7plWUWWVaRjSMeNiIxuq0231V41Sp4N7FXTqjI/&#10;V1y/+vU0jmLiKG7q6dcVnztNjgRgAkhaMUkrpqpKqqokMhCZyUut247otiPqOqeu88Y0FgSGIDDM&#10;zPSYmek12sFup0O302mq+40rLucbV1zOvn372LdvXzN+vt5HHnkkRx55JMcccwzHHHNMY8Hz69e2&#10;rVvYtnULh+zYxiE7trH9kK1sP2Qrm7cssHnLAvNzm5if28TcwgJzCwvc5a7Hcpe7HsuDHvQgHvnI&#10;R/LIRz6SRz/60Tz60Y/mV3/1Efzqrz6CU045hVNOOYVt27axbdu2iYzW4fvS13WaIDQE4eoZdsdF&#10;fyymKIqiKIqiKIqiKIqiKIqiKIqiKIqiKIqiKIpyJ0B/LKYoiqIoiqIoiqIoiqIoiqIoiqLcDhAX&#10;UWkjShthSbAkE+OGLaEYSgz2wWAf1YGdVAd2ku6/iXT/Tcy3IuZbEZG1RKssKGEYE4ZxY5oIg4Aw&#10;CLyPqzHfeKyR8KYp8fOYicHLSEwQjYe3F0UxRDHEiYQJLCawVFVBVRUUVUlRlRhCDCFx0iZO2gRx&#10;iyBuUQcRdRAxtkhkFeOsYphlDLOMPC/J85KyhnKVrMnbR3yfmSjGRDFVZagqQz/N6KcZg+GYwXBM&#10;WlrS0jYmsTqMJYJQojbUtWlsJnWRUxc5gS0IbEEcQRxBr92i1241ZiJMCEasa7WztVWEk/5z4fEW&#10;qiSKSaIYKguVnbTTmdbqMKIOIwgMBMb5zmqSsCIJK2ZjmI3B9vdh+/sY7b2R0d4bYXmPRDaUqFIJ&#10;328uPI3NrpYImgyYGLimDTG1kWjKXJ0/Lp/sGpmJ3OeftbKyzMrKMmFgCAPTGGK8Ecdf1+SaP5+N&#10;qbLxpBVNY6b2awu1ndjDvPHLtTFLV8jSFUJKQsrG0OPHxhOGhjA0XkTDYDBgMBg05/3oTvpOYtLe&#10;tdak5rgz5fjzRZZTZDndFnRbsG3rHNu2ztHttul22z4FyHNLnlufMnRnunRnusy4GI/HjMdjRqMR&#10;o9GoWQO8OczWYFe1I4hCgihsTEhlWVKWJUUu4Y1DVQVVNal/kMQEScxw+QDD5QMU6YAiHUBgIbCE&#10;cUAYB6tMZWLLqqqaqqrJsowsyyY2HLd2LS4uNhafTqdFp9MiaXdI2h3ywYB8MKAajqiGo6ZH/TNG&#10;acooneR5K4ppRTFpmpKmKXGcEMfyvCRJmjbn6Zg8HTdt931rbI2xNZsWNrFpYVNTrs8lW1bYsiIy&#10;AdGq9bGqJfr9Pv1+n+FwyHA4bPrSz+/K1lS2boyKPhfiQCLPc/I898sLQRISJCFxu03cblMHUAeQ&#10;lQVZWTDKxoyyMZ3ZHp3ZHrMLs8wuzFLXJXVdTkyDq9aAGjAmwKxZ34UAQ4BZZ8kbDJYZDJaJ45A4&#10;DknTkjQtedBDH8KDHvoQNm3ZzKYtmxs70/z8PPPz801/7N+zl/179q6a697uJ1ave598Evc++SSO&#10;vcvRHHuXoxtrlrfkddotOu1Wk0OXf/0KLv/6Fbzlbe/kLW97Jy847UW84LQX8ca/fhdv/Ot38cVL&#10;vsUXL/kWK+OalXFN3IqIWxGDsWUwtlQEVATkZQVJG5I2SadD0uk0NjcTGExgGgPWoL/MoL9Mp5XQ&#10;aSUTM6LLxYX5eRbm50kHQ9LBkKqEqgRbWWy1ysTlJ4Zbr5r1zlnguq2EbishDiEOodOK6LQiBv0R&#10;g/6IXXv2smvPXuKkS5x0m3esT45WAK0AojAgCoPGqOVJ+33Sfr853+uE9DohnRZ0WlAUOUWRU9aW&#10;sp7Uu7GLNvZR/7bYCNeuICQKwmYdKauSsiqbXPS5304S2qssWbaqsVXNcDBiOBg1/ezxVr/5uXnm&#10;5+YJTEBgAlqdFq1OazJpXT/790ldV9R11ZSzc+dOdu7c2bzbl5eXWV5ebvYPPfRQDj30UC666N1c&#10;dNG7Offcc9fEhz7wd3zoA3/HOWefxTlnn8V7Lvgb3nPB3/Cu897Ju857Jxe+61wufNe5vPNtb+Gd&#10;b3sL73vPebzvPefxtre+mbPe8Bec9Ya/4C3nnM1bzjmb1//la3n9X76Wc974F5zzxr9gxyFb2HHI&#10;lsYsVpYScRQSRyEmCDBBQG1raltT5SVVXq76xHHH587RSkVRFEVRFEVRFEVRFEVRFEVRFEVRFEVR&#10;FEVRlDs5+mMxRVEURVEURVEURVEURVEURVEU5eeexmYStsnDNv0qpl/FhGGLMGwBBZRLEruvht1X&#10;c+Db/82Bb/83hyaWQxNLnKXEWdqYqSoSiaBNFbSxdYCtg+Z8WKWEVUpsJUIKQgpXk6qRb0yYNlJU&#10;ruY5ATm2WMYWy7TClFaY0o5HtOMRkZEwYY4Jc5IkIkkibBBgg4B+VtHPKtI6IK0D8qBFHrSwURsb&#10;tSmDkDIIyYuavKgZDsYMB2MGy4M1EQUxURBTjAuKccHS0gpLSyus9Ees9EcUZUBRBtRRmzpqU4Ud&#10;qrBDaiNSG2FNG2vaFBUUFY3RqBXUtIKadiiR2ILEFsRVLhEY4sAQBBFBEFHUhqI2ZHVEVkfYoIUN&#10;Ws35wFYEtiK0GaHNaNucts1J8owkz+iZkJ4JacUtWnELa0KsCRnXAeM6oAhjijCmSkKqJJw4gfIV&#10;yFdYiHIWopx68SbqxZvYfcV/s/uK/4aghKCkbSrapgJyIG9GdWLbckGFoSKoCyIyIjJCF4YCQ0Ht&#10;wuuASiwllkIyFpIEkoRxljHOssbsUmQpRZYSh0bC2ZHSvCLNK5dZELW7RO0upQ0obQAmAhM1druw&#10;1SZstb0vbH04ZVdtIupV93kTjscbe6TWBVFQEwU1tbUSTsDjjV62CrBVQBS1iKLWOlOZ98lFlBKB&#10;JQpsIw5qbggNhIaImoiaGIiBmV7CTC8hTXPSdDJG3mbnjWBBFBBEQWO/8g6zvJQo6oCiDjBBggkS&#10;du/ey+7de/mXf/k4//IvH+eVr3wVr3zlq3jHO9/OO975dvYt7mPf4j5MGGHCiNIaSmsIozZh1KYo&#10;LUVpG7tV09VuxHpzbXpzbeJuRNyNqOucus6xdYGti8Yw5uvpzXNJq0vS6jLojxn0x5gwwYQJSdJq&#10;zF/e8OefmfS6JL0uoQs/DYIoIYgSklaHpNVpLEWFldiy7TC2bDuM4ShnOMoJg4QwSOivDOmvDOl0&#10;enQ6vcZ65JvYWJBsuTZca8IoIIyCVfPH3eesRUmYkIQJ3XaPbrvXGLyMCTEmbMxASdwmidvNmPsc&#10;bNbNqsBWRZO7fq5lLoo4oogj6iSmTmJGVcaoykjLEWk5omRMydhPpWYsTNRx0cZEbaraUNWmMROZ&#10;OFoTvqHGhScIDUFoOOTQ7Rxy6HY2bd3Cpq1bmN+ymfktm1keDVgeDZiZm2VmbpbhYIXhYIXEhCQm&#10;JARCIHKxda7D1rkOr/uTV/K6P3klJxx7DCcce0yzLjcWP2/hTDrESYe8qsmrmqt+cBNX/eAm/vIt&#10;5/GXbzmP3372C/jtZ7+As869iLPOvYgvXf4DvnT5D0S51QoogRIwyezEEulEXyuDPiuDftNW33ub&#10;5ufZND9PPh6Rj0dUZUFVFrSShFaSNNazOIwl3Dw2QYQJIohaEl4T5RccW4GtMO6fP+5z2q8Dne48&#10;ne48UWuGqDVDXkBeACYBkxCZiMhElBmU2WT5IUokXLZ2ZmfpzM5SVTlVlTfJ4XPY1BXG2bfquoIw&#10;gjBqLJ9B3CaI24zLinFZEbVDonbY1NNEASYKmn7zSV67f97Y5efOVDc0c9WWBlsauu1Zuu1ZahtQ&#10;26C5z+d0YWsKWzsHp59Rq/rXL8hOEedNcf7KXbt2sWvXLpaWllhaWmJmZoaZmZnGOugted68Nj8T&#10;Mj8Tcugh2zj0kG1Nedu3b2P79m3MLcxIzHaYm+2wbabNtpk2h813OWy+S1JbktqyZSZh+0Kb7Qtt&#10;5jsw34GjD1vg6MMWoMqhymnH0I7B2ApjKwJTE5hV9k+n87SFxRaWwLQITAvq2IVTEd6BuWO3TlEU&#10;RVEURVEURVEURVEURVEURVEURVEURVEURQH9sZiiKIqiKIqiKIqiKIqiKIqiKIpye8CbQsT1BEQB&#10;REFjlcFUkC5L7LsJ9t1EuxjQLgZ0bErHpkS2JLLlKiOYOCYsgYSzKnlCayXqirCuMJQSztSCcbEB&#10;ButCDFRx5CIsicOSKKxcFERhQWAqAlM1WpM6CKmDEEwMJsbWIbYOfS0aq5ElwiJmqNpEzfX+fFnU&#10;lEXN4lKfxaU+y/0Ry/0Ro1HJaFQ2RrKqDqjqgNrE1CZubEtBKGFrg61NY/ppTB21RFDlBFU+sUY5&#10;20orDGmFYWMt8RaTGrMmvEapkUrVlrC2RHVF5MZAAsJVhi8/fpWRKANDGZhVthTxqERGok1Fm4pW&#10;OaRVDrHDA9jhAVjeJ+HMJC0CWgSNRWWaxlCC0+rU1jl3JjYlH5O/XK65/cpIOMnJpGyfY82VgjdN&#10;NfsuJn3r9r0VxZnDNorJ/a417gGT+vjWu3r4dk5ulHr4W5s6+b5fi+8z375m32XBdHsb6grqijzL&#10;yLOsya1uJ6HbSZpqjdKCUVrQH+b0hzlBCEEIRVVTVHVjFBuMRgxGI7522WV87bLLeMMbzuINbziL&#10;p/7O7/HU3/k9Xv7yl/Pyl7+cj378Y3z04x/jyCMP58gjD2+MQaPxmNF4TGUtlbWNoccbxybj5PrP&#10;NXTSOuml2lgXcr0/PxnHqQFfl43Tf6/v81ujeWYzhjJ2k3XR58Ik41cT1BK3lYOXMmGyHkgO+31f&#10;T1MbzKo+adbzZg76ctaGv9+vE1UAVTCZe5N2+rFZm9OTsfMtWLuebdSy3swMvZkZxuMR4/GIMAoJ&#10;o5BNmzaxadMmjjzqKI486iiWVpZZWlluLIPjImdc5LRaLVqtiUHO4w1jsZE46R7HctI9juVlL30R&#10;L3vpi/idpzyF33nKU1hZOsDK0gFacUQrjpibm2Nubo7l/pDl/pDF/oDF/oCj73o3jr7r3SDpQtLl&#10;rHPexlnnvI0XvuhMXviiM3n/Bz/J+z/4SfYulexdKomSie3NJC1M0mJ+82bmN2+mKMYUxXhNP9wS&#10;QR0QHMTiVJvAhZsGfu1ah4zSJBckJvNKcln8hFGzP5kzEgcfQTYcW/+On9DM3DVMz7GmPtPT+yDZ&#10;dtuQ+k36caNYSzPXfC4bQ20m+0093EDXZUVdVlgL1kKe5+R53lhGwyAmDOJmv9/v0+/3m97zrfKC&#10;OG9DHC4vMVxemhjN3Fwej/qMR32wGdjMy+2YacXExhIbS13m1GVOkY8p8nHzOcpbLqPAEAXGSyon&#10;OGtaGMaE4SqT2MGH8A7J+oxQFEVRFEVRFEVRFEVRFEVRFEVRFEVRFEVRFEVR7nDoj8UURVEURVEU&#10;RVEURVEURVEURVGU2w3eHNJCgjKXMMBwCMMhe3bewJ6dN0BdQF005quJw2raBrIWb5hpLCAuvEHH&#10;WzJ8XXxMDDsHt4KEYUgYhkShIQoNSRSSRCGhCQhN0Nxf1zV1PVFbhIFEHAbEYdBYlcIgIAwCTBBh&#10;goggbBGELaogogoiMisxyGoGWc2BfsaBfkZ/WNIflqRFRVpUjVHMlxNFEnEoEYUhURg29TLGrIma&#10;ipoKa0usnZjX4sBIxCFxHDb9sq7/vFVqqkMntqkfEW9+c2FshbFV0/+2LLFlyWhlmdHKMuzdKVFm&#10;UGYk1CTUhC4O7mZxNMabjWLq8qYPAswaE8zUdd6U8zPH1a+xkkkD1ptx1rKRYawxBnmPTi2xztLk&#10;TDMmCDDB+nLyoiQvSorCUhSWbiem24np9RJ6vYT+IKc/yLn++uu5/vrrecc73sk73vFOnvjEJ/LE&#10;Jz6R5z3veTzvec/jE5/4BJ/4xCfYvn0727dv59RTT+XUU0/lve99L+9973t5yENO4SEPOYX5+U3M&#10;z28ijmPiOG6sT83c8GYx164sL8nycmKtacbZZ8DBx93j+/eW1xopY8Ox8I+6jWyUc419a9qSNGXF&#10;uzU2Evf4cqfX3x8/Premx+QnS1FZiso263kSSyzMz7EwP0dZZJRF1uRWURQURcERRxzFEUccNV0c&#10;eZGTFzkrKyNWVkZkuSXLLb98ygP45VMewPOe+2ye99xnc86bzuacN53Nju1b2bF9K/t272Tf7p0c&#10;dshWDjtkK3PdFnPdFjdc+z1uuPZ7ZMMVsuEKRx91GEcfdRhXfec7XPWd7/Dud1+0Jm7eub95VwwH&#10;A4aDwaRyJpSY6tuJ4WutPW6CXN/kwkHfpAfJ6an16NZyZ/q6Sc6tNf2tX/c2MptN0VhHN2zB7QRp&#10;f1VbqtpSB4Y6ME1ulmUpUVvK2hIlMVESN+O8tDJgaWVAbiG3kOUSHv+ZqKwsZWVFAxmEzSIRxwlx&#10;nDQms8pWVLbCuvqsjjhuEcctWq0OrVaH2v1r6j71uWpVJSAMm88z1tZYe5Dr7oDchkxWFEVRFEVR&#10;FEVRFEVRFEVRFEVRFEVRFEVRFEVRbu/oj8UURVEURVEURVEURVEURVEURVGUn3u8SGRd2AJjC6CC&#10;lQOwcoADe3dxYO8uTF1i6pIosESBJaB0Id4LbxzbCGsC7GqLyDpbiItGxSP73vozMZGJycw7VrxN&#10;owlnmvH311VJXZWNCcuYGmPq5roQQ4iZmDLqEOqQipiKmMJKDDMYZrA0rlgaV6zkNSt5zaA0DEpD&#10;VoZkZUhhJRrrizXU1mCtxVpLXVXUVTVph6kl/JeNlYXKYmyNsTVBEBAEQWPISaKIJIpWmZHEPDat&#10;MJrYkqZZa2fxexvZY6YtTD6qMqcqc+LQEIeGwFYEtqJIhxTpkOU9u1nesxuKDIqMiJyIHGwGNpvU&#10;27e8qYCz46yxFE2Hz9im1w7Kbbvqp0fTRB+uZhNHn59NU7PCGKxZPzi2rrEubyVEHubLqWQmT55j&#10;DLWZ9IivT1XVVFVNEkckcUTcCohbAaO0YJQWXHzxJVx88SW8+c1v5s1vfjO/+7u/y+/+7u9ywQUX&#10;cMEFFzTPf8YznskznvFMLrzoPVx40Xv4u7/7O/7u7/6O0047jdNOO4373ude3Pc+9+K4447juOOO&#10;a+asz/EkaZMkbWxVY6u6mTueCkOFtKE2pjGnTYfMLNMY1yYZP5UJzRq0kZ9rtTZpOid/OPzI3sKT&#10;YFVNmthgXnqa6k3dt561875hI/XZj40m2X80pibNeJwzHueNhc4zHBUMRwWLi4ssLi7Sbrdpt9vN&#10;dUkYkYQRJ598MieffHJjc/KEQUwYxJgoxEQhB/bv48D+fc1o3/24o7j7cUfxtN9+LE/77cdy4QXv&#10;4sIL3sUbz3oDbzzrDdz/Pvfi/ve5F1QFVAXdVkS3FbFltseW2R5pf4W0v8Lxxx/P8ccfz/euuYbv&#10;XXMN73v//+V97/+/fP4L/9WMXZ4X5HlBkZcUeUkcJcRR0tR1eh5PjktMr+mTnJA+bExk00wN1bry&#10;pnLSGiuxLrPkyPTxjXJ5Uj9pz2S03Ttyw3fZbeVHm7M/dlzDwiAiDCKCMCYIY+ogpA5CoqRFlLSa&#10;ddyvi36d9Ll93XV7uO66PRgDxkCaVaRZ1fTj3KbNzG3a3LTblhZbWqI4Jorjplw/B6qqWvc5qqoq&#10;qqpqPrd469m6/arCVvKWWUNoIJwYU6dz647Iz0GGKYqiKIqiKIqiKIqiKIqiKIqiKIqiKIqiKIqi&#10;KD9p9MdiiqIoiqIoiqIoiqIoiqIoiqIoyu2GyEiESDQKD5tRLu2jXNpH2l8i7S8R1iVhXRIFNVEg&#10;HiRzMKOYs/VMTD/rrTerJSHeuNN4gWpLUNuJiMLbfxoLkODNF77KUWCIAtNYMxp/Sl1h6gpqC85m&#10;ZWpLVeRURY4tSomyxpY1VQ1VDUUdUdQRmZVIa4mhjRnamLFpS9QtxnWLrE7I6oS8jsjriLIKJMqK&#10;sqywhYuyxJblxGQ2RV1X1HWFCcAEEEeBi5A4CglDQxiadf0xsa/5/vNWlrXxows+xBPjx6vMc8o8&#10;JzDWRUVgKozNMTZncf9uFvfvhvFAggIoMJWEp7HfOAvUREFiVhlhVh8zQORiGrk+qCU2VNn8zPHt&#10;kri1uTIJZ86qDbae9E8zKgYJb9aaum/6OeM0Z5zm9PtD+v1hU7vrrruJ6667ibPPPpuzzz6b173u&#10;dbzuda/j3HPP5dxzz2U0GjEajRrD2Lvf/W7e/e5388evOJM/fsWZnHzyCZx88glO3beqXc6Y4+eu&#10;N+WkaUaaZpS2orQVRVVSVOU6s1ErCWklIRUBFZIvtVltFFuzkqwzG/1ITKdew8FtRU3GOmHXxBW3&#10;ltrULlbPATd+a2xOrj2+rc08cWO/7noXTZlrn3N7oanvVL97o1EcxcRR3LR3lA4YpQP27t7J3t07&#10;m3fbcLDCcLDC1q2b2bp1MyeeeCInnngio9GY0WjclOvX1V63Ra/b4rBDt3PYodsZDDMGw6x5ju/5&#10;u91lB3e7yw5+78m/zu89+dc57+1v5by3v5Vzzn4955z9ek66+7GcdPdjWT6wm+UDuymLMWUxZt++&#10;Pezbt4fZhXlmF+YZDlKGg5TPfObf2b9/mf37l1nYtIWFTVuIkxZx0lo3byc54XNGrJ1N/k8Z9Sb3&#10;STTHm5xwrXJ9PT3vPH7f59z63BXT2PRx/1yPr/9PnnWTVmgsgbfCRvbTdT2zAc1zpB62stjKQhhB&#10;GE36xb3sN2/ezObNmxu7V1ZUZEWFCSNMGLFn33727NvPJV+7nEu+djlxDHEsn1eqGgbjksG4xAQR&#10;JogaY2RlDJVpPrFRm5DahCStLkmrSxi1nF81bHIhK3KyImeYjhimo6ZOURQRRVGz31gtraW2q/rE&#10;db3/HHNn4E7STEVRFEVRFEVRFEVRFEVRFEVRFEVRFEVRFEVRlDs3+mMxRVEURVEURVEURVEURVEU&#10;RVEU5eceb0fxRrGQkpASQisxXKG/uI/+4j7CuiKsK0xdYuqS0FqJWmIj89f6p03HRr4Tj+x7Q09T&#10;mpefVRW2qhqzhTddJGFAEgaERmJSjhjGAgwBZmL+cSayMEoIowQTtjBhC2sSrEkomuhQmA5lMEsZ&#10;zJLTI6fXHM9Mi8y0yOuYvI5dj4ZgYjBxY+SIo4Q4SprnN2Y2W0o4/ZKvf5IkJEnS3D+5z5uLxNMy&#10;8Yasdak0++ssKQdnYptxTA+AG6+aipqKkJqQmthIRFREVAwP7GV4YC8MViScWSwxJYkpJ/Xy9pXG&#10;wrI6fIZOH59u5e2EpnPXxsQW5S6bMvFM2r2W6bFaaw+bmIV8VLWhqg15XpLnJfPzs8zPzzK7MMPs&#10;wgxXf+9arv7etZx//vmcf/75XHjRe7jwovdw2WWXcdlllzE/P8/8/DxnnnkmZ555Js9+9rN59rOf&#10;zV2OPoK7HH1EU4/FxRUWF1cae5M3ilkrYYyRsDXG1k1u+xwIgmhNTNrnQ9o3MeZ4o5j4BCf7t7zC&#10;3CIb2ofWjkVtDLUx646vxz3dzaemTlNmsI1YnxNrmW6jL3fdFc3iscF6sOE6/sNya/0hTOq91oq1&#10;fj0QOp0OnU6n2c+Lgrwo2LdvH/v27WtsdVVZUJUFg/4yg/4y973Pvbnvfe7NITt2cMiOHfR6PXq9&#10;XvP83bv3snv3Xq74+re44uvfYjjKGI4yoiAkCsJmJbr+upu4/rqbmtnrazfXNcx1DU95/KN4yuMf&#10;xVl/8VrO+ovX8pxnPJ3nPOPpdOKAThwwHo8Zj8fEcUwcx804fe2yy7hx583cuPNmjAkxZrLuTfLa&#10;j5R76vQC4Ngol/zxyRrh/Ju+mA1yfnoeNbFu/fHHLbWRJ0G9zkQ2zWQ1X1vzJlVXuRINq3P34KzP&#10;/Q36a4P2Tlry48Wvf5hQwhEEEkcffTRHH300c3NzzM3NURQFRVE066XPnUsuuYRLLrmEEiiBTjek&#10;0w0pLZQWKiSK0lKUljjpEiddsqwgywoCExCsed/UFGVBURbN56Fup0u302WmN8NMb6apgz8fhCGB&#10;+8y12jDWLPZ3Qg6WSYqiKIqiKIqiKIqiKIqiKIqiKIqiKIqiKIqiKModDP2xmKIoiqIoiqIoiqIo&#10;iqIoiqIoinK7wftFsvGAbDxwPooKVhYZLB9gsHyAVmRoRQZT5ZgqBythqDBUBLVdE9M05pyp8Ewb&#10;sfz+NKYOMKssIFVVUVUVgTEExhCHoYQztoShIQxXmTCcvcOYGmNqQgwhznC0ygyUF5a8sCyPcpZH&#10;Ofv6Y/b1x+xdySUGBXsHBbuWx2ti72LK3sWU/Ssj9q+MWBpmLA0z0sKSFpaiDijqgDow1MGkA7yR&#10;w1qLtZa6rqjrqql/KwppRWGzb+sSW5frLCwT/PG1sU4QdqtsVL4QmcAFEtRE1MS1Ja4t6coi6coi&#10;+XCZfLgM5RjKMUkUkESrrCbOJNTEKjPWxNszHcLaPW7dOPbDd8JPhOn2eavS9NzYCJ8zk/BCF2d3&#10;cfgR9KYZ38eFrShs1Vzne+0jH/kIH/nIR/iHf/gH/uEf/oFxmjNOcw455FAOOeRQnvDEJ/GEJz6J&#10;5zzn6TznOU/nsMO3cdjh2+iPSvqjkgOLfQ4s9pmZmZHotZnptTEGjIGisBSFpdNqSzhLlLfn+YYE&#10;UUIQJYSxRF5CXkJZS/gVwxJhidYZxQ6WGQfD1BZzkDVrLVLWZMyEaUnRxrNlA0vRlNnLl9fEOvvT&#10;9PzwnqW19fJ4u9PE8vRD8kPPlYPP0fXnbxuTfvC9J/eHYUwYxs5rWDfrt7ct7dp1M7t23dzk1BGH&#10;7uCIQ3fw2Mc+lsc+9rF0ux263Q5hFBFGE2vdgQMHOHDgABecfx4XnH8en/nMp/jMZz5F0opIWlEz&#10;R+7yC4dzl184vGnNyvKQleUh+/ctsX/fUiOI/MUT78ovnnhXnvl7T+GZv/cUHvKA+/GQB9yPQw/Z&#10;xqGHbGsMaGVZUpYl/X6fxQNLLB5Yato8zgvGedGM9aRzpqxrGxqy1rJBJq4zhU1y6+DXT+NzzJra&#10;xfS73pU0PWlulYPPKm8XvfUU/eFybmOm3qe3YjabsHZOBGFMEMaT8S0s48JiAjAB3O3uJ3C3u5/A&#10;jkMPZ8ehhzeleHuX/2xz8cUXc/HFF/PlL3+DL3/5G03Nut2IbjdinFvGuSVstQlb7eZ5fl312Fpi&#10;OEzJS0te2mbsy9JSlpb9+xfZv3+Rlf6Qlf6Qsqopq3ry0giMhGP6HXRn4seRaYqiKIqiKIqiKIqi&#10;KIqiKIqiKIqiKIqiKIqiKMrPOfpjMUVRFEVRFEVRFEVRFEVRFEVRFOV2hDiHynxEmY+gtlBbquGA&#10;cdpnnPZJIkgiRJdiS2pbUNuiMYk1JrApU05jzGm8It5W4i0p09aQ6X3PtB1E9l1VG7OMt29MRxAa&#10;gnBiEPOmsbwqyauSoqgoiopxVjDOCpYGKUuDlD0HltlzYJkbdy1y465FfrBrPz/YtZ/rfOxcdLFf&#10;YvcBrtt9gBv3LHLjnkX27F9hz/4VDiwPOLA8YDjKGY5y0rGEZ9oS5fH1j6KIKIqaek9f96Nzy5aU&#10;dZYrd13jdAoNUWgIDYRmtSFOIh8NyEcDilSCqpBoMsI9f52+5jaYZ9bdc3CabHMGKW+i8Waanza+&#10;T6etSY1wZ8N2HXxurDfryNxonrO2p5votFt02i327D/Anv0H6A9S+oOUa75/Ldd8/1r6w5T+MGXb&#10;tm1s27atqd8JJ5zACSec0DzNm2m80WZh0ywLm2aJ4oAoDhiOMoajjCyryLKKTjug0w7Is5Q8S6nK&#10;nKrMKfMxZT5mPJbw1j9vh/Lt8IayaSZGMWG6G6f3Jy436TEvyVnNuvyfqHRk/Wni4EPmx8bfNTEm&#10;rh3LW5MtTdfDX3/wjFjfVo81FnuQ9Xl9SdP7t8b0+jx9fKPza5nk6lo73LRRLS8L8rLAuH9RGBGF&#10;EV+5+Mt85eIvs+vmney6eScLczMszM1w0okncNKJJ/Arv/xQfuWXH0oYQBiITWk4TLEWrIV2u027&#10;3eY73/kO3/nOd/jBNd/nB9d8v7l+eWXI8sqQykJlYTTKGI0yNs332DTfY/vWBbZvXSDPxuTZuLHo&#10;3e24u3C34+7C4x/3GB7/uMcwHPYZDvv0+xI7dmxnx47t9Ho9lpaWWFpaavpkOv9vMxus6RPcOtH0&#10;9cFmwITp59+6rc7lkKtHM7bNuuQ/Axw8N6aPBnVNUK9ax733rJlkG7S3aZb7wyu81j1hI37YuXDL&#10;+He4J89z8nzyWeCoo47iqKOO4pDtWzlk+9bGJDaxpcpngisuv5wrLr+cT3/603z6059mpV+y0i+b&#10;crKiIiuqZr3sjzL6o4zABARm8nxvDwvDuHknlJWlrCyXX345l19+OR/84Af54Ac/2JjwhsMhw+Hw&#10;x/g55I7DbckoRVEURVEURVEURVEURVEURVEURVEURVEURVEU5XaO/lhMURRFURRFURRFURRFURRF&#10;URRFud3R7XbpdrtQ5VDlGANlmVOWOSv9ZVb6y7SThHaSEEcBcRRMLFJ17WKt5WgjI04TgaEOzETz&#10;ZMI1YZoQI9jkeIAxAb3eLL3ebGOcqWpDVRs6nR6dTo+ZmRlmZmYmJjFn8ciyjCzLyIuSvCgp6oCi&#10;DhjlJaO8ZN/iCvsWV7h5735u3rufpcGIpcGIcWUYV4aciJyIwsQUJsZGbWzUJi0hLWFxMGZxMGbf&#10;8oh9yyN27Vti174l9i4us3dxmZqImggTSFRVRVVVWGux1pIkbZKk3bQjTFqESWvSH867VNfGhRg+&#10;/P2T4xLeouKfN203mdhTJm6f1TaVjcxH3niWpilpmhIHIXEQNr6aXrdNr9tmZXEfK4v7YNSX8Eo4&#10;W4GtmiH38pcsLxrbT11LeIOVxxtTilLCC2SKcUYxzpjpdpjpdlheXmR5eXHVM8WOZ22FtVWTE+nY&#10;ko5tYxEKAkMQGIajIcPRkCAMCcKQIs8pVplgflTy0pKXtjH7eM/NMC0YpsU6z89oOGQ0HFLkY4p8&#10;TGBqAlM3ppmyLCnLspnHg8GQwWDYlJuOK9Jxtc6ns3XLZrZu2Uw2zsnGOVdddRVXXXUVmzZtYtOm&#10;Tc0YLy8vs7y8zHA0ZjgaN5mSphVpWjEcFgyHRVOur3+r3aLVbjVzfTDKGIwyrvjapVzxtUtJAkgC&#10;GmOQ90d1ui063RY333wzN998M3EEcQRFJeHxeVJaS2ktAZELaWeWWbLMNvWJw5A4DAkwBBiiKCCK&#10;AqwtsbakzAsIAgiCdfOnqi1VPZkXvs/9vAuDkDAIm/NpmpOmOa1WTKsVN9f5+eeP+/Wo1WrRarWo&#10;KktVWUpbUtpyVZvCNVHVNVVdEwURURCRV5a8sozymlFeN7mQZSlZlk5Mi+75fmz98eV+n+X+/8/e&#10;e4drdlZ1/59dnnLa9JnUSUghgSSUQAiQAKEJvGCjKYiI5QXRn5evrxVFBUSqKEpTBAVBeUV6E0Ix&#10;mIQIIQFCSUJ6nZSppz517/37Y621z5k9OUySAdK+H67NnnuXu6x73ffzXNdzrk/mSdKUJE3r4KZZ&#10;SpqljIsx42Jcr73hyI4wcsU42q0u7Va3rj/2q9FwzGi4bD+KOYk1niZ7H2GfClehOTAhy1tkeYv+&#10;YEh/MOSTn/w0n/zkp7n44ou5+OKLa/PRwQcfzMEHH8wLnv/zvOD5P8/GtRNsXDtRG7/C1uTTXfd3&#10;06ZNbNq0iS996Ut86Utf4uorr+bqK69m/Zop1q+Zqi1XU90OU90O87PzzM/O1zk30W4x0W5BMYZi&#10;XF8/9uijOPboo5iZmWZmZppNmzawadMGbrrpJm666SY2bdrEKaecwimnnMLiwhKLC0v0l3r0l3pk&#10;QAYs9QqWegVr17RYu6ZVf3bEZ0CWJ2R5Us9FGP6WBhVLA3N52WH/G41HjFZY2uJ/kavLV+y9+GSI&#10;fTNiGLEbjQeMxoM6p1p5i1beoqxKysryuijKes6DLG+T5e263TBeTXRaTHRa9XPleEg5Hta5HWsw&#10;PusHAxgMlnMqGI9GjEcjRn4s20jtCCL3oh9LS0ssLS3V5rKiHFGUy/tcb2DHuLAjPj+KoqIoqro9&#10;m71sHxtXrPnRsGQ0LJmegOkJeOYzn8kzn/lM8hTyFPpLi/SXFuv9cXpmhumZGT7ykY/wkY98hHe/&#10;+928+93vZqEHCz2YmmoxNdVisV+y2C/rNTMuYbxC5hkWsTTL6z6dc85XOOecr/Dmt7yVN7/lrXz8&#10;U5/m45/6dB2z5e9jdtTWueYCDtvbata3eyH6YzEhhBBCCCGEEEIIIYQQQgghhBBCCCGEuA+gPxYT&#10;QgghhBBCCCGEEEIIIYQQ9xjCdFHbIpxxMaytHWEMS9LKjqogqYplE1VtjqgdE3sRZqqwKDWJPjQN&#10;WYUf46JiXFS1lWRUVIyKisFwzGA4ZjQqGI0KyrKiLKta75G12nakOVmaM65KxlVJfziiPxwxJmNM&#10;Rm9Y0BsWzC0N/Ogxt9RjaViwNCwYFDAoYFTZUZBRkFFlcbSpsjbkdpSpHYMKBhUsDEoWBiWzvRGz&#10;vRF7lobsWRqy0B+w0B/QHw7pD4e1bSrGXVJRrohnmmZ25C3SvFWbjsK8k2Yt0qxFludkbnrJ87w2&#10;gISFJuJ1Z40fYXJbFdeAleNir6PWQHmeJFlGkmV1f2J+O51WbXxZITAhSZar6PXG9Hrj2jgV7Ny5&#10;g507dzAY9hgMe0xPdpme7LJ2Zoq1M1PM+DExMcHExATbt29n+/bt+9jWer0+vV5/uWKn1W7Tarf3&#10;ydl9j2W7zW0dYdwJwpxWFSVVsTwns3Mls3Mlvd4Svd4SkxMdJic6tbUtjm63Q7fbod/v0+/32b17&#10;N7t3767rmexmTHYzlvojlvqj2hC0sNhnYbHPjl072bFrJ+12m3a7XZvEqiSlSpatdF/+8pf58pe/&#10;zOVXbuPyK7cxNZnZ4Sab2bk+s3N9BsOSwXDZ1Hbrrbdy66238t73vpf3vve9fObTn+Izn/4UvaUF&#10;eksLtNOUdpoyP7ub+dndFKMhxWjIRLvDRLuzwgxmR112m10rbdFKW+yZ38Oe+T31/YlOykQnrcsL&#10;c/MszM3Xa2FpYZGlhcVabrh+/fp6L4xneoM+vUGfPGuTZ+3azRRzlqY5aZrX9qTYBcOKVIzGFKMx&#10;09NTTE9P1aav2F/DchZz185S2lla59KyHa5Hr99btjyNxpSjMYPRiMEKW1K3bUdRjCmKcW1/Cqte&#10;2PaGwwHD4aC2Ua2dmWHtzEydM2HRK4uCcoW9Ktpvt+yIOAVR7veG9HtDbrllO7fcsp0zz/wCZ575&#10;BZb6BUv9gv7QjqYFKuIX5sfhcMRwOKr3h+Ciiy7ioosu4qMf/Sgf/ehH+eYFF/DNCy7g2GOO4thj&#10;juIFz38eL3j+83jUqY/gUac+gvEYxuNlK1Z8zgRbtx7mx1a2bt3K+eefz/nnn8+HPvQhPvShD9X7&#10;VFgHl/fTsEcZYdWKeIUla+fOnezcuZOJbpeJbpe5+T3Mze9hsttmstvmxBMewMzUJDNTk0xP2xEG&#10;rfn5RebnF5meyJieyNgzO2TP7JDRwI6KgorCHW4J3VZOt5XXBsXJTsJkZzlni6qgqIp6/fQHfT8G&#10;9AeDffbDmPNg965d7N61i8XFeRYX51fc2ZvI3SzJyJKMPEvJs7S24PUHI/qDUb0W4jMrjH8Rw9hH&#10;Oq02nVab+dk9zM/uYdDrM+j1oSihKMlbkLfqIr3egF5vQN6ZIO9M0Gp1abW6df8WFvp2LA5YWBzU&#10;5rb4bIw1G/tiMDU1ydTUJBMdmOhAntkRxOdXvBdmyPo7lcczoyKjqnMyrp/68Idz6sMfzlOf8mSe&#10;+pQnM7t7J7O7d9a5cvCWTRy8ZVO9T4dZ7LWvfS2vfe1rueLqm7ni6pvpdlO63ZRW246w6AUT3ZyJ&#10;bs5gMOCDH/woH/zgR/nzP3sFf/5nr+CKy6/kisuv5LnPfS7Pfe5za9vk1NQUU1NTy5WImh/wrUgI&#10;IYQQQgghhBBCCCGEEEIIIYQQQgghxL2FDOCVr3zlK5s3hBBCCCGEEEIIIYQQQgghhLi7MSpLqgqy&#10;pIQkJSl7APRuvp7tV11MWZakvVkA1rYgTRKScc9sH0kBSUVC2KLMq5AkkFBRJlau3FgWNqqKyp82&#10;j4Z7pihJ/OzlyuxHVRXPpFQkkGRAQpZ1SJKMcZVQkZp9rKwYjyvG44LBeExRFiwNBpRVRX8wpKoq&#10;eqMx47IkaU1RJRkLgzGjsmLn3CL94YjdC32G44LeuKKsKoosNztaagqrgpQKM5eUlZlkKhKqqqRK&#10;UjOcJSkVJeMqYVwUDMsKkoRBUdFutxiMS9pZSlECVYHdtshkeU4J5FlKUVbkqZ0ToCgryqqsr6dp&#10;ZnOSpLV+q0osflVpxh5zwFk8K5Ja45O5BsNmo6JME0ji7M+uMMqkVWVxj/dLoEooy4SEBFpdkiRh&#10;qcqpqorFqgNlxfSWrVBVrNl6tFU0sc4rbEMCS8MRRVnQ7rRJUpvr0XBcm4SKoiTzzoZhLG+ltFrL&#10;Ho/rbtjB3NwSn/zUp7ju2ms5+7//mz27drFnbpbRaAiUDAY9+r0lBv0es7t3s7S0RELJtddey0Me&#10;9GB27drFli0bAei2c9rtnHarTbvVZjQYUBQFg0Gf0WhkxrbbYFmQFLke1yOKdmVxcYnhcAQkFEVJ&#10;nmckCbQ7OZ1OXr933nnnc/NN2/j0pz7D9ltu4fLLLmfY71OMx/SXlhj0egx6PZaW5hkO+hSjITt3&#10;7GDDujVcd801HHXM/Vnqj5iaMCtOO89o5Vndm46Ps9XuMjMzwzXXXMNhhx3GBRd+A4AkzRiNRlQV&#10;JEnCtm3b2LZtG1VVcdFFFzGzZgPbbtrOYYduBqDbyel2ckbDMVVVce5X/odrrrmOv//7d3D22Wfz&#10;sY9+jAsvuICjjz2WtWtmuO7a66iKMVs2H8TkRJeZiSnWrVnDpRdfwq233EIrz7jk4os57LCjuemm&#10;3dx00y3cdNMOPvShD/O1r11AZ6LFzbfcwmEHHUwCdDptup0OqWWkjcFnIwG+/OXzGA2HfPVrX6cs&#10;ClqdNnme0coy8jxnzcwUD3rQCezevZsjDz+YPEtphaHPZ6WsbMUkia2/LM1ISBi5fcvKy3ahs758&#10;Nr3eEuf9z3kU4xGTMzN0Om1GxYg0Tdi4fj1lWfCoUx/O/Pwch2zeSALkXrfVnriNrs1wMHQDX4c8&#10;M+NblmakaUKWJAwK25e+9F9fZnFhgYsu+g5ZmppxMMuYmpxkamqKTZs20Gq1eMyjTqXf73P4IQcD&#10;sDi3h+FgwMREhyxLSbKcJE1JvZ2yjqzF9NuXXEFRFJx11tnLMcky0jQlyzL6vR5lWTK7ZxfXXHMN&#10;xajPN7/5TY48citLS0usXzNNulwl8ws9hsNx3X6YusLo9Z3vXsItt+7gH//xXXzzWxfxiU98gssv&#10;v5zjjjuOzZs389u/83847bRH86xnPpMTHvgA1q+dYrLbZjgaU1Yl0xNty/k8I88zer0B43HB/PwC&#10;vV6fSy+9lKmpKc4991yqqmLnnlm+f/nlJGnGt779bY497ngGozHdiTZpltKZmKA7OUF/OGZUlCSZ&#10;fT602jl5K2fbzbeysLjEu/7pn7n00kv52jcvYn5+jvkdt1L0e5xyysPYtHEDL/3fv8rxxx5Fp9Pe&#10;x1DU6bTpdNqWd8CV19zAwsICZ531X6QJ3Lp9B1ma0m7ZPpImkGcZxx17P/q9RU47/XRK2+bN5Oaf&#10;++2sRZpktPLlPM/z3P1kKb3ByKxxeUYFXHH1NvbsmecTn/oU/X6fG2/cRpqmbNywjjzPGPV6ZEnK&#10;UVsPpxwXPPmJZzAaDem2WyRU9T6Y+9qIOchqk1l8+tv6veXW7QwGff7ry18mTROuvf4GqqpcXret&#10;Fp1Om8MOPYTFxUVOe9RpDIcFM5M5aQpJVVke5ikkMOgPKMZjBsMRo9GYqekJ3/9sHywq68eXzjqL&#10;qqr43vcuBqA/6DMYDBiNzEh30EEHMRgM+F9PewaDYUm3bVqxqrJdIvN8rnf90vqRJjauxPVe46Kk&#10;ss2VLE3tcwBYM921Y+1GTjrxRL7z3e9w0JbNfP/SS9izexcJFYNBn3Vr1zAx0WU4tO82F33rW3zn&#10;O9/hq1/9Kp/5zGe44YabOOfcr3Lr9t1cfOnlXHfdjVxx5TV8+zuXcPGlV/DJT/wn5577Nf72b/+W&#10;9//rv/L5L3yR4WjI4tISv/yiX+akk07i//vNl/Dwh51Mu9Om3bHPbOwrwl5U+PdB+wK4z/3bunJv&#10;o7luhRBCCCGEEEIIIYQQQgghhBBCCCGEEELcC0kAqmrlf1VXCCGEEEIIIYQQQgghhBBCiLsX8WPW&#10;YjEGYCIbAZANdwGw59vncPnZHwegu+dGAA7t2rNZfycA7cRqSaoSw7wKZWKWjVFi9qUwjJX2H+lx&#10;e8iyfYOqsFMZF+zs1VP5+4m/H+V2awKAxd4AgPleH4Dh2OobltbOYGj9XhrY/YENlXTCLFI7ZhcB&#10;uHmHGdR2LyzZc5X1v2pbO1XaAWBUWfv9oVU00ekCkGLtVGPrT7suDwGY6pjd6eCNMwAcvt7ea2H3&#10;W5kNuNNuATDp5qywlrTc0BbtbN6wFoDK57AorT9F4QMsPYCuu8h8XvLU5620fkbYx4m1O3brybJB&#10;yJ5vl9ZO7nFte/3jqKC9BoAdhcXplsz6d9hDH2vn055iz206ws7JNACzix7HCYtzlmb0l2yu2m2L&#10;Wb9vMbr00ksB+P7lVwAwLm2uv/tdM8Ccdc65ANx40zYAupOTALS7VvfY52xuj+V55OBPPOGJAJxw&#10;wvEArJ2yvj3whPsD8KAHngjA5oM2AVCMLRZNln8k9tzxUqyByP3cTWlXXnUlAJdc8n0AbrnV1taN&#10;N20H4Otu+PrOdy8BYOxLLWKVeE4MhxavxNfSEUceBsBjTns0AMcdfyy4rQrgQSecYOeTHshKPvjh&#10;TwLw5698FQDz8/MArFtvayXL7P1ezwyEp5xyCgAPfciDAJiamgLgu9++CIAvfeFMADZtsPdf+KJf&#10;AuCJT7ZcePGvvxSAK6+4BoCjjzoOgFtv3QHA9KTVt/WIQwDYdtP1ABx08HoAfvv//H8APPWJTwJg&#10;MLJ+nX32eQDs2W397y/ZvH/xrLMB+OznvwTA5Izl7Nj3hqnJNk94/OkA/MxPPR2A0tfTsUffD4AT&#10;HvgAVlL6Ajvry2cBsMf3k+HQcvZf3v8BAC741rcAmPJY7pmz/eagjVZ++lNsDI/1ORv1rJ5HPvxh&#10;ABzt7VeNfe1rniM7Z22s2265FYAPfsT27+9cYrnTatt+0/d6Z6Yth57/zJ8B4PGPeRQAme9fj3vM&#10;aQBMr7VYxz6btW1txHb+7x+3WL7iVX8BbktiRa70F609SovH5nW2Jp/9LGv3aT9hubBlyxYA1q0z&#10;82Dk+MUX+9o+y+L7yU9ajl7i49q6dSsA//f//l8Anv1zzwWgndu8DH3RdL08Glncuq297YBzcwsA&#10;vPe97wXgNa95DQAL/rny0Ic+FICnPMX6+4QnPAGAY445BoBW2/a9ft+e37XL9pgvfOELALz6da8H&#10;YOifIyeedBIAL/mlFwLwqy98LpnvZ9XIYnXddTcAcNkVVwGwZ95i+a2Lbb840/P4quuvBWCqa3M8&#10;8jk89pgjAXjez/0cAA88zvY383fCo055OADtls3VYGDrZ87b+fo3vw1A3rU5+9TnrL2zzjkHgJtv&#10;sX1q4ybLkT233gLAEYfZXL7w+c8B4LBDDwVg61bbh4491s5rJm2Ob7nZ9utrr7FxLixaPy67ysb1&#10;1ne8E4D5JYtLd9o+Qyv/TNuyaQMAz3vOswA48QG2bye+H5z2yFMB2OBr7dvf+S4A226y/g4Ki/vF&#10;l14GwMc/bTl21VW2L01O+z7h+/7GjTbeX/W5O/Rg25/WrbG1MVyy7xDr11ouP+IUW8PtrvU3Pj9i&#10;DU/455T1YhnftvjEJ/8TgA9+8IMAnH/hBQCM/HNx69bDYcWes3OnfY50O/aZvmaN9T++q0SO7t5h&#10;z43HYx72MOvjL73oFwF4ypNtP1q3zvbg5h9Axfe++NMo/9pQOx339Yjd+71b9/4RCiGEEEIIIYQQ&#10;QgghhBBCCCGEEEIIIYSQWUwIIYQQQgghhBBCCCGEEELc/QmDxaJbuLpuFmuP9wAwf/F5XP7fZqZp&#10;7TK7xsFts1bkPbNRdMIkcQfNYlVizyfuqnDRFUkYxNyWlJRuZ/LrYR4r/f5oaC/23K6xEOYwt3WM&#10;vf5of+Q2j6WRvV+0zXx1yy6zqNziNo7FvsWiyswAU+VhFLP3Bh68URhr3OYStpbE20k8ymGJCdPN&#10;QevN1HHsQWYhmUjt+ZbbpsIwFua2NLF6arOYl7dsMGtJGu2Gis3LqT9fx9uNaNGvvLR4xfPDNMxi&#10;Fvci5sF/+my50SivrL9tn49x4fPSMtvLTjeL7WiZfeXwU84A4JBHPxkA1piFhczNYj0ff27ttlot&#10;cjdzBddccx0AH/7whwH4+398lz3rNp+FBbMCLbk5bO16i03HzTX9gZl2wuiyYa2ZaGZ3m/2nctvQ&#10;xISZzOZ32zoIs9gf/8EfAfCkJ5tNqPRYNLm9ZrG2z/X7P/BvAPzjP74bgOuuN4tft2s50vdczluW&#10;Yxs3m7Fnxw4zb1VuEmu1bO6Gvgbm581a1Q1L3ZQbhzwXX/6yPwHgOc8x88+aGYvT9l0Wx3f/83sA&#10;+OIXvwjAlW7Y2T03x0parpOZ3W6GHjwu97u/mYNOfthDAHjWz/wsAM/7+Wfbc87fve0fAXjta98I&#10;wOweq/+II44GYM7nIfe189CTzWD2u7/3WwA88QlmrYsd7Zvf+iYAf/5nZrm6xc1HC3tsjS/42l63&#10;8WAARm7lC3vY1HSX/pI9Oz1puZCllt/Pe57F6n+/+FcBSH3sN1xvVqS/+7u/A+Br55vpK+7ffLP1&#10;4ZCtZtTb6ba22kzoc5f5utqywdZN4ZanX36hmX5+6RftPDlt6+Z73/seAG96898CcNH3zLRFbvVt&#10;322xTN3OV3o2hsHr5pvMWkXfLEgzE/beVG7j/dM/eRkAT//Jnwag7TkZZsUQCv7HJ8349Sd/+mcA&#10;9Pq21iInI0dmpmyt7rzZ1vJoaOPbuNFsfccfb9arMItFjt98880ADHwNh93p6U8389sv/PzPA/CQ&#10;h1iuudCsXvO57yttvxErccENklNTZnXy7Y7zLzQD3DvfaTarb3zD5jNMYXPztkYOdVtWmMUOOcwM&#10;Z9u323xfdplZqqLfsZ+e/Egzxz3/+c8D4PSHnwzAQeunGS5Z3RMTtl4/8/FPAfAPvt/tcFPenMd4&#10;5Htvb2jl6Slbx6ORledmrc/HHWvrafstFtP7H219/uM//AMATnerHG6P/M/PmRHwjW+y3Lp6200A&#10;jP0zeWqtfXaO3C4Z6zNMXotztm7XTFkOrHODX5JbrF/lFronP/4xAJz5uc8B8NrXvBqAq642o9ih&#10;HtNxZu0Ox9bOvFvukszqr3z9rpu2+oc9i+PRh9s6f81fWnsnPtBsbu/4e5vbj33iEwDM+ZoPe97A&#10;68tzWzutzt7WuCU3h62btjURH71bD7PPtln/LnGQ79e//pL/DcBP/tT/sgf9c2BpyeI1OeWmNL+7&#10;e876s2aN1T/07xwfD8PYh/4DgK+cYwbFsdtL47vIpJvK4rvUXOzbvmjDQBZWvic84Yza8Hfa6ZYL&#10;M9M29vozzPsQnzm1IdbXlW8b+1DF97zaLHvvJfYWIYQQQgghhBBCCCGEEEIIIYQQQgghhBD3YhKQ&#10;WUwIIYQQQgghhBBCCCGEEELcvQk3xLybQVqYaWIKM1AML7+Qy88268b4RjPYHJSbVaM7tGfabri6&#10;/WaxMF25f8FVFWG/CBNPFgayys4u8KIo7B9+Ysd2s5dU/l7h9RdhFEvt/cTvD92itmBDpZeYheXG&#10;HWZr2b5jNwB9fy5sTqUbtwaF1RtGsbRl5o22m3uKwt4r3ErSctNGWDzCOrFpxiwlJxxqNpGp3Ort&#10;tt2A46q11A0eKW7e8uu5m8esV9Bxe1S3a/3ouh0r9ziP3VhUuJ6kGJvNZCqPeQuzmMe7NouFCcTb&#10;DbOYn7tuGBp5Mi2bxSxuc5ObATjyEU8EYP2pj7cHJ8zqNcTiELaZMI+MihHjgfV5atLMKnNzZoq5&#10;4IILANi5x8xZbTe+ZG6eoeWWE7cJLfVsrGHe6fjzsQBSz5nBotuVZqwvO2+51R4r7b2nPuknADj0&#10;MDPVrPZz8PLV22cWu/iS7wLw1a+eD0CrYzm5ZbMZapbcIDQu7fnUxxnWpp5boWK8nY5dL9wgVpRu&#10;yfM1OhpZeeuhhwPwiEc8HIC6e87sgj332c99HoAvn3MOAFdddRUAPY/rtFuuKrc9HXyQzflPPcOs&#10;T098os39ujUW15EnS+lGr507zHz0b//2QQA+d+YXAOgtWf8POuggAJ7yVLPSPdXPRxxp8em0bb57&#10;fcuPWGtf+vyXAFgzY5aqvhvFJqetvOB6wDJsgR7HNWunWJy3/a0/sDoXZi3XTn7ogwF41CNPxXA7&#10;UM/2xbPOMsPWrdttHwm7T9/n8ODDzeKz4La4vve147kw75a7SZ/L3oK1+4iHPgyAB7ulLej7HHzu&#10;TBvrtlstZ9ds2AhA4rnembI56rnhKkxX3Y7nUmH9yCo792dtX33yE229Hhx2J98uysRyLMxiH/nM&#10;2QC87E9eDkDPYx374ia3/J3xWDMWddykeNWVZt7a5taq6FfkVnwuPPCBDwTg1FMt7iefbCauRz3K&#10;6pvycQQLbn2a8vhHai/4Gl/jJrH5ebM3hRlpctL2rTBLho3p4osvBuBzZ5pt68YbzSR3401m0wvj&#10;WOJrM9bipFunHnySzdtDHm7z+LBTbM098Pj7AZD6XtQqC1q+MSWeE9/7ppnyzvuq7XvrNtl6GPr+&#10;M7nGLHRLfYtZ2z9DJv0zYNcOy4mJjpXHg5hEe/90z+WtR5n1Dt8nrrzc5uZrbllLfV8aFNavzYfY&#10;+pvzGPZ6dt68wT4DBm5I23OrmRJj3x0WFuunPvVpAGzaaJ8Fl3/fvmN86wKzuE34HKVuDuv5vtGd&#10;seeXfO202/bcwC18VRjVdptBba3b8p79LDMbTk7Y8+ee+1UALr70UgDWbbI1U3q2dNzQNhhYLkRO&#10;bdxoz8UcL/pa2b3TcuDQg80ktjRn3ynCyvlT/8vGOzXluZpbHEo3WiZuA0z8s3fJDWe5x82/wviO&#10;A9feYPa6sN5deOGFe523bbMcje9UYRw77BDb9w8/3M5nnGHWz8c97nFs3mDPBP41iJ7vb2um7X7h&#10;uZO6cTGEYmE4Dcr6e6GR+ffBezONj1EhhBBCCCGEEEIIIYQQQgghhBBCCCGEEPdGZBYTQgghhBBC&#10;CCGEEEIIIYQQd3vMZwHmAwHGZo9Ym/mVGy7hqnM+BsD8FWar2IzZNSZLs4a0K7Nu7GsWc+OUm6nK&#10;MIw1zGJl6VaN2ixmzyVurCrGbvJyq8igb8+PXC02O+9WpZbZN6rc3/PuFN5O6haPsRsxFgtrb25k&#10;powbdpjBZ7tbjqL+1G0fuEln6O8X/lNg2EXwfoe1KX4qDPvT2K1LcX3DhPXrpEPXALCm5ZYYN4Pl&#10;YewoXYHmZrBW4lYq11eMhjZnnZZdmJiwOExMmBWlFbYtN5K5qIyktPcmUrOXJLVZzPvr8zV201iQ&#10;+/hzn7eJ2gRm90eZmXR2Y/aW3lqzlxz1SLNBTZ78GHvQnxskbgVrWTkJy9doxGDJ+hZj6bTdCOZE&#10;xjV/lPWuMPK+jt1eF3MV5o84hxUl8Yo89D4yKOJ9f2PsFqYwtjRZ7o+1F+XSczyulL7eYlyDodvo&#10;GuOM2HoKN9wty7ighmjGl0I9nv2xe876E2txxu13CybsYey5O+uWrbPPNpvUUUcdBcBxxxwDwKaN&#10;e9ucPPXr/sQ5BhK/qu/aaRanHbvsfMstZgY6+GAzuR13nJ09TERqFoXnsCd3t2NrOrakmKdB3y7E&#10;nuDVEKK5eRMB0Z2AhqiqHstS32JUuRUtjFSxrmuLj/chiBxYGvj66ViMh36j63MU7YQxsJ46j2Hl&#10;xsKYg9qG5IqvyvsdayByJcbavB7t2K4Dmd8ZLVkwJnw/iv2t55alzG1OS96v//yCWef++OV/CsDI&#10;9+2IxyFbzDb3Jy/7AwDOOM0MW/O7dwJw83azJIVRbGbG7FSbN9t7UzNmRgtmfJ8beju9Bfs8Kt14&#10;OOWGsImuW5n8vcpnoueGsakp23difuJzZnbBPgM3rLf9Oe7PL9j8h5FsztvdsctMcmGDChveoVtt&#10;/+u2/HPN58flh/U8jP29dRMdEt9f6kZr5Z+fvewfkfWc9vy10j8rwrYWOdTcrUZuGEtjf4tO+cKp&#10;fP+s/DOkyq2m+N4Q7UbZxY34tlHvn3ljx9q9YA/OTNu+PnTbZeaW0thnM49ZhCHaCytoFqnp1z0V&#10;8KW1z1oKC99E19rt+3eJ+CzvTNqTLpUjPvqDGEXfG+p4PGKraMY5xr/k452a9MC4qbLeoPxzqXKN&#10;V9hR4zvNyMcVli8PSz3e2F9jH53z3L3hhhsAWHIj2po1lsuHH2qWwLVrLIDxMTYYwtjVgRP+/cSH&#10;WLP3J9iK/ckJs1gYxSrfkzP/XpHsk4X3Pu79IxRCCCGEEEIIIYQQQgghhBBCCCGEEEIIIbOYEEII&#10;IYQQQgghhBBCCCGEuPsTpg5zpcBoYAaKdW03X+y4mmvO/iQA2y/9GgAbij0ArE3M0tEp7JyHAcsJ&#10;c1jl3o3CDWNF2JbcXjR0k0Xi5powi1WVW0zc9NJz88qin4eu2chbZpBJXbcxLuwnuqWBjSoMY3nb&#10;zBZ5ZueBm8J2Dc2uceOtNq6bt5vNaOjtZq4XqVxjVHq/yrBMuckmbEzDocUhymHFip8O47y+a++f&#10;cIjZPsLGEmaxzJUd5djqq/wcVqa2m8KKsWlQwg6S+TmMZh3XJsW53bb6u6nrSEZmxEndDzMKA1wY&#10;4Xyc3hypG0MyP3dSq6/nyTTIzQi0O7HzcP39ADjm0T8BwORDHm0PVm6Ca5kxqHAPS39g+dRKW7R9&#10;bsNeMhxaH8NWlHkwRqFe8aBVrggbuv2p1VDEDEYRS+t7GF26HetDzxU9YQNqeTthaJl0a1FZxAra&#10;m6rhFmmWg37P7E3T0xaDsNmFMijGueSqm8kw3/RtfH1X+axdc9sWq7DIlfXP1lZ/yxVlAzf6DAZu&#10;+pkxW5QLherAh2mn42Gcnbf4rJ2x+NVWOZ+HiVD7+HBKr7Dlmpown1W+9iO+827gmZ7a26y2e9bm&#10;cbLre4OHM6RXSz2flwmLw+KSmXWmJy0HwxYV4/YlzChUQV7f/IJdmJ5OayvQrt1mOVu7xuYojwXW&#10;oO99SN0SlIVxz8fedctThHbRlWKpa99qk5k/MFi0/WsqzFixITTx/WfgawO3QGWuHoy5G7jxMHJo&#10;yQffdSPhsG/rbrJt/e54vwrXFtX7YOznGLNua/vSl78CwO//4Z8AMHTNXay1LZvMEPbud74NgEc+&#10;5FhYYeGJnGta8MJQVvmN2P/COBnkHp94P+orXEOXhQXK4xPNhPExPn9if868Pl8i9b4+OeF7hl2u&#10;iVSKnIp+xnN9/0h1IRoDr3fs8VkTRklgfrd9Bs1M2nqkZfeW5sxi1p2wvF4c2LvtSfuMiWAWvp+1&#10;an2ZPRdjaOdunfT1UAwiBp6TEZwwmrk9r+/ByH2f3DkX+48Nqo6pjy2MYv44ReyX/hkc9Jc8131f&#10;bXLLrRaPTVs2wYrcixgG3s2QcK74rLTz0Pe5livJKu/xyPvV8o7OzttamJ6xODV3+cjZ2QVb8zNT&#10;Nk8tD8DA4xmfH7F0o/12tLPTxrV2o40rWAzr3fTeVrvIraUlt++5mS3u99yU1vZ9cp/58Pj4Vwn8&#10;q8APZNC3l2PuJqfspcI/q5btlfVKBmBUfy+x65l/f5JZTAghhBBCCCGEEEIIIYQQQgghhBBCCCHE&#10;vYIE+6vT5h+UCiGEEEIIIYQQQgghhBBCCHG3IX7MGhRu3HAjU5a4emLxVnZ/76sAXPvN/7Z3dlwB&#10;wEEdM0esq8yCkQ/MksTIrBdhawojF5iRokzNKlKkZhEZ+XUyK8dPbAtuG5lbsHr7fe+TGyxSt63E&#10;GMowW4R2aFXMtzFO7P35wvpz65y1d6ubxcIuMnCDRuL9Jgxj7o8owrTlWpOWm4eiF2O3P1WlWT/C&#10;NLbRDR0nHLHB3nOzV20Ic/1SWvtBXCvi8UnKsCW56cctWhH3MJu13Qg06ZaaqakpK3fdDJKYUa3f&#10;3wWAV8tEmMjCCOeGHtwYknk8hqV1eOSGsF1uDJvtmC1l3QNOBeB+j3oSAMmhxwEwGFu9ae7z7iam&#10;GG1GRhq6nlpF5eVVCINVlfiLYRrz+0XtiLH71ditJ952WFDqn3ldzRWxjDn+YbH/n5P37v8B4+u7&#10;JhRb+6Fc5bFVLt9us0ptrfK4RpxrvLsuC6wNPdHt1drfH/X0Nm/8IBqxSxqtRymeapab7GMrajy4&#10;XLuv99Uqcpan8rZzpjmHle9bdW77G1Wcw3IXZsHYx72evVcS/PuH/xOAV73mtQDMzpvdLfblQw45&#10;BIC//qvXAfDYk0+EFdanWHv1Um/GI+b8Dk76HXx8H5px3B8RjztKrBnr7yq1xGdbWCo9GKv20ZNm&#10;9dyx95NmsBs0cytOq/Ryn/XfnINma837qxHvRXebOR3su5b2vrDPPuM0+xWsNs6gOd7gtlvhTtcY&#10;/XOZ4J0mvmP8MFh9jPddfojhFUIIIYQQQgghhBBCCCGEEEIIIYQQQghxdyUBmcWEEEIIIYQQQggh&#10;hBBCCCHE3R03LEWxMgtW4pYrRgsMbvg+ADe6YWzn5RcCkM5eB8DGxAwyM9i7k4nbggpzz4SpqnQr&#10;SpjFysSMUmVmpqt+YY6K4cDeXxpZfUM3Wg2jIvc21JYRN95EuTZdeHurWR4K3IyVmRFr54KZxbbv&#10;NMPWjt1zACz1rP3CDVtZ28xZWe6mNG957Jakwk1iuOkLN/h0XaGzYd16ADavM9PX4eutvhbWTlhP&#10;wrQTxLjiJ8g4tzMzi5WuGyndLBa0PD4dN4V1/dxqWXutzMaJG+JKn7fM7SUdr7+TWz3tzI1uboMq&#10;chvHzQs23ltLq3/i8BMAOOzhjwdg3YlmGGPqYACWsHpzn6EkDEb1vCUkTfNV89fX1bQmcd0NY5Xn&#10;eRHnsLKlNpbUzWKrsdrPvqsZam4vq9V7T+FAxx8528z1IO5HnJproxm/O9qf5vt3hDvaVpMDafvA&#10;sJgu99/XhOvbIuZJYvtjPJekdg6pUa9na6gzaWvnE5/6LwD+8g1mDtuxZxaA4cie23KQmcX+5k1m&#10;HnvSqQ8G8F1gdSJORXyeeP/abTdS3ge563LHONDcP1AOdPx3df8PlFgDd5bV9lvxw0HRFUIIIYQQ&#10;QgghhBBCCCGEEEIIIYQQQoj7AAn2F40H9ieNQgghhBBCCCGEEEIIIYQQQvwIiR+zwlNRlWabojQ7&#10;Vp4Oob8HgMF1lwBw9bfOAWD7980wtj5ZAGBdYu9OpXbuVGaCqYq9zTVjtzhVlZlrxoV5GBb69t7S&#10;khmuBm7myjJ7rsrcTFZ6PWEaS/d206T1L3RurFrlF7vCzTkjN5stjqyfc/NmSts5a+PaPWflpaGP&#10;J3FvhBu78tzaHwwsZuVwCEDm0e207f7M9AQAmzdsBGDTOjOrTWdu+GqYxZr2kxhX8yfIrGFZap7j&#10;vbCJxDnzdg/ZYmawdntvi9PYDW/LpiEft5u/+pWPf3IdADcv+vNrzSB05MmPAWDjg06z9zZuBaDI&#10;Z+yMGchq05GfM8+PpILE26JpGHOqkQ/ODWJJGFNCFOaDD7PYuLYouRUpsz6E1Wx/RGwiJpnb1e4s&#10;zbm8p9HM0R8WzTjfXrNYk9XWUrC/938Qq9V5ezmQtg+MWM9uCqt83fp2Gtdj3w2it02nUXgM/+PD&#10;nwXgVa/9SwD2zM4DMPY3Dz70MADe7OaxM059KADJ2PbNiEesqVZrb7OZWOauyx3jrp6TAx3/Xd3/&#10;A0Vmsbs3iq4QQgghhBBCCCGEEEIIIYQQQgghhBBC3AeQWUwIIYQQQgghhBBCCCGEEELc7Ykfs0Zu&#10;6yrcMpO41auVjckyd8cs7QRg1o1iN19i54UbLwWgO5z1s5m4uom913VTTBiwwmAzHpsdY2G+B8Bg&#10;YKar3qBvz9lj5G2zP6W51TN2q0ac97GEhI3K2cch4vcr10/13HA2Kq089FgsuSlsbsH6s2fB+jm/&#10;ZOX+yAxiuRu34qfB3I1j01NmDpuZMqPYRKcNwNSEjWfKiqxt+3uJx/4O/sLYtC41SRqmsdpKUln/&#10;Jybs+mTXDGiTM9N2fXKNPe9Wr97IJs6FY4wyG98eCxPtdQcDcOgDHgbAloe6UWzz/QCoChtwL7N4&#10;5C07J+4mCrPY8uyldSz2ZxirJ7lxXg6l1d30saReX9Ng1bSwNdlfzG8v9/Sfkw90/KsRcWnGZ7X5&#10;CJrPB6v1c7Xnbw+r1Xl7OZC2DwzfP8e2kH27Ik1s/S+Pa+9Yj33fju0jxGNhFvvABz8JwF++/vUA&#10;9H0/T3zf3rT5IADe8Jq/AOCJj3oIAHt7IcXt4a7LHeNAc/9AOdDx39X9P1Du6+O/u/ODP6WEEEII&#10;IYQQQgghhBBCCCGEEEIIIYQQQtwrSLC/6DuwP+kTQgghhBBCCCGEEEIIIYQQ4kdI/JjVc8tMkpnn&#10;pXL7TDUe0XWDTIYrpPZsA2B4yzUAXHHhlwEY77wRgGKX3c9HCwDMtK2CdmqtjV1N1e+ZgWywsAQA&#10;bvQKeVSV+j+SWn0DQBG9bhjEltnbmuHNrrwCQOnnXpiyvL4w6BRuDBsVVl+YxmYXzSy22LNyVbgZ&#10;y20dnY6Nd2Z6EoDprpvREjdnVXZuYQ1vWWuGrbQ0E88dpfD2w7oUcWvaQ8KeVZvFvL0wmlXen8mZ&#10;tQCs3bAFgGFq49np4+6XVs5m1gPQ2XAoAJuPfAAAhz7wZAA4+Gg7Z2YqG46sP+PEjGRZ2+Y1xQ1E&#10;Pq/Ls5rURrHaLLavJ25vfK4LPy+bxDyf69jYAy2f4/qphmEsYrg/o9Wd5Z7+c3Izxw6UZjx+WPWv&#10;Vm/z+h3hQPt2IG0fGHv79WIt1Puir4GRmwQLX0xhHktzO88vmmmxO2H714c/ZmaxN/71m+z+ku3r&#10;I9/vNm6y/eSvXv8aAJ706IcD0F4ljLGvRZz2Z/u7L3HX5Y5xoLl/oBzo+O/q/h8o9/Xx393RDiWE&#10;EEIIIYQQQgghhBBCCCGEEEIIIYQQ9wES7C/6DuxP+oQQQgghhBBCCCGEEEIIIYT4ERI/Zo3c6hX2&#10;rnDPDMZlbXyazO1qXplhiuFue/aGy6x4q5nG5m+8HIDerdcDMJ7fBcBo3p5fmpsHoL8wB0DmBpmW&#10;W81yN9eEYWzsZprCz2EaC0vUvuawvVm2UkXZzpXbNcrETFlLQzeeDaw/Y7dY5S0zYVXev2Fp10eu&#10;IAtLR1kbxgCg3bJ+hlENv09l5xw7r590Y49fj58Ymz81RjxqwrTWMJvVhrFV7CG1NcvbW9NtA9Dv&#10;27xWLYtHZ+0GK0+ZaWzYmgIgX7PZ7m86HIAj3CTW3mhl1h1s59TMahUWv8TjOPZhDd1c1GnHOH0c&#10;dVamJGESqyxGeOyD0dBzInKhNofZ5YhZHQpPhdvpKatjG0Rsf1hmluYc39M40DisNv791dt87/Y+&#10;f0ff+0EcyLvcRl9+3CwbxcKmZ+NZNnpZOcvcANiw8PnyxYVjfOLTXwTgVa/+SwBu2r4dgLHXd/iR&#10;RwDw9r/7OwAe/dAHAtDaTxibcTrQuN8baMbkx81dPQcHOv67uv/i3o3MYkIIIYQQQgghhBBCCCGE&#10;EEIIIYQQQghxHyDB/qLxwP6kUQghhBBCCCGEEEIIIYQQQogfA6VbnUp3IozcuTSslu1jmcs4OpiB&#10;q10u2YXKTGEMzSDGzhvtfOX3ANjx/YsAuOW6KwAYzJphjPEQgLw0s03mOoba1OU/tTXNYombxZKw&#10;PNlrq5KUe3semtaHpNUBYOBmsaW+9WtQWPtJauatpGVncj97P9ptK49GIwDKws5pGLxKq68c2/UY&#10;Zze3f0y6Wict/X2PeNOGFCa1Gi/X9/1y05oS78X1OGcez2ppACusWaPMzGJMzQCwfusxABx+4sMA&#10;yO//ILu//lA7T26yc8uep5oAYDS2+JBYfF0YV5vdRiP7R962uON5FTNUkdSzW1U+52GJ8zpiqE1R&#10;TPNH2sIFZJ5qVD724aAHQKdjY465DMKyVEaOhmXJY3Wg3NN/Tm7m2h2lmePBavGNNTYeW640bXrN&#10;+Wn2L+Yx2lutndtDs+47SnPMP26qxGIRMcHtkhHD2GeDwpfncGhz0O7amgl737/+20cAeN2b3ggr&#10;9tPY8DZutn3ida/+CwCedPoj7LY9VcdjtbjG3A8Gtl9NT083nrjvcFfnzmpz9OPiQMd/V/df3Lu5&#10;858qQgghhBBCCCGEEEIIIYQQQgghhBBCCCHuMSTYXzQe2J80CiGEEEIIIYQQQgghhBBCCPEjxe0y&#10;hdmvRm5SGoZNK2/5E8sk/hNYPloAYGLgprCumV8Y7bHztssBGFx4nhUv+y4AVX8RgBk304x6bijz&#10;tgvXQI0rK5thCsrUzTNhnnJFVZKEYaxhJ4qiq2/CJRLXS7+QZma+GrthZ+RGsf7AxtMfW3nkLySZ&#10;K7JSOyd+LtwMFsauxM9hGqs8xu3UXDqdtvV7/VTXnzcTT5h+iqZhrLZo2T+axrAwse3v+bAptT2O&#10;7ZHFecpNYkse/x1uWFuz9WgAtp72JAC4/8l2bq2xc77Wy3YumASginmKBHLRUCu0G6EUSswUVNWZ&#10;ttIsZg9VMZgwizke2npy49fZft/qnJ2dBWD3bsvRhcU5AAaDPgBHH3UkANPT1uc1a2xMrZblZtMs&#10;lrse7UCMVCu5p/+c/MMy9DQNY834xjyEVWo4tNysLXluw4p5i3OzHpnFVuD7Z1FabMP4F7GMdbi4&#10;aPv1DTdsA+Dmm27167ZvD1w59tGPfwKAD37IDGOHHn4YALmbG+cW7fPixb/2IgBOP8X2kcTf73Ts&#10;uc2bN9v7h5q5cP369bAiXjH3ExNmMLwvclfnzoHm/oFyoOO/q/sv7t3c+U8VIYQQQgghhBBCCCGE&#10;EEIIIYQQQgghhBD3GBLsLxoP7E8ahRBCCCGEEEIIIYQQQgghhPiR4rqnwkxLwTA1y8soaRHypvjh&#10;y71adCqz/LT7u/xGz87zNwOw678+CcCOy74FwCTWRrlgtqfNa81k1e/v3XbYo8rELUBuDovysrch&#10;LEFuzKoVVkaYcpqWh7hel1OzEPVHZqyZX7D+zPfsXLndKm2byaZ0jdVo7O25sSusRZlHqp27ocfN&#10;PZRWfye39qYnLcbTXTeUNRxuIdMK9r57G/cb5eb95g+XefTXLVxrp20+di3ZuPtuXJvzXJjaejwA&#10;9/uJnwWALUfZOXfzT74OgBFmSov2sjAW+QASN5eRujku8xys+2szNhyPKT327dzqLL2u8chjnPlL&#10;HupLL70WgE996lMAnH3WfwFwyy23ALC0ZDakCY996jl18skPAeDBD34wAI985CMBOPXUU1lJvD85&#10;aSayO0rkSHAgZqsfBs2fs39Yxp1mvUGz/nguru8vvtu3bwfgNa95DazYO17+8pfDChtV1Bfx7fVs&#10;b9qfjappHuM26vphcXtjtD+aORXvN+uJ9uL5NNaOMxrbegyzWOb77s6dOwH49w98EIAP/Pv/A2B2&#10;zzwAVZgNMQp/r5YBejkI4+KUmxUn27YfxtyfdtppAPzRH/0RAEceafa/2zuHQghxV/LD/aQQQggh&#10;hBBCCCGEEEIIIYQQQgghhBBCCHG3JMH+Ove2/xxYCCGEEEIIIYQQQgghhBBCiLsDVZjFFu3sNpgi&#10;MfPSIO0w9ovux9rXLDY2UxiLt9r55ssBuPaczwGwdNNlAGxIzVFWLu4BYMbtTmPvQtXwMYSZJow1&#10;1SpmsaDp4wnTWFxvGsWinsS1VEM368y54WbRDVtjH3HSagNQeXnkhqww+FTeXublEPeklY27Kqz+&#10;ya7VMz1l4++2rf0kLG9uViPMavuM18pN01odnzCzpXuXm/WFWazrEzDRMXvX7KIZfIrulJV9vAud&#10;DQAcd9pTAJg8wexbrL0fAFUrzGIRJ2Nfs5gZ1uph5W488jdiPiBh5Lq0JLFr8etrSJ5ibj/0IbPY&#10;vfe97wPg61//OgDr15gt7eSTTwZgenoagP7A5nh2j1mTtm8389hVV10FwLHHHgvA7//+7wPw7Gc/&#10;G1bYpQqfy6YZK1jN7tRkf/f3x2o/Rx9ovQdKs1+r9Wc0srXRapldauy5GPGNeMf9mJ+XvOQlsMIY&#10;97732bzHPDcNYU07WLQb9+N6WLVW9jeeiT5F3e225fmdJepZLTarjaF5brLa9ainnpt07/LYTYl1&#10;zDNb93H/e9+5GIBvfvObAKxZ60ZBby6Mi8vl2JesHIRBMRvbHOS+Uc7O2ufIwQcfDMAZZ5wBK+K8&#10;sLAAQLdr+1SexyeREELcfYivNkIIIYQQQgghhBBCCCGEEEIIIYQQQggh7sUk2F/Z3vafcgshhBBC&#10;CCGEEEIIIYQQQghxt8DsLozM2hKU2UqzmNl2wixmjh/oVGbeyiu3kt1kRrE9F/8PANdeeDYA3UWz&#10;/2yacEPOohlkurnVO67MEFMke/sYmkaapkmraRZLm6Yx/6UuzvFW0zBWJG4Kc7POUs+MaQs9M2wN&#10;CzdduXWoSiwCw/K2jT95NFR5xMZm0krdnDUzNWHnaTvnbgCrzWL7jC8MPbdtCqtNYquZxlapL3MT&#10;2oQb0lre8blFs261ZswUtoTlwlVzFpfND3gUAMee8VMAcPiD7exmsXFq5p+6NY93mMwofZypxyez&#10;dkdudstyi29CVtuJhm51yn0OIhe/e9ElAPzhH7wMgMsuvxSAJz/xSQD8/HOeC8CDH2x9nHCrW5ra&#10;XF1/w7UAXHzxdwH4+Mc/DsCOHTvs/Z//eQB+4Rd+AYDJyUlYYcAKE9VqrGZ5+mER9qkmzXab5f3R&#10;/Jl7tfebzzVZ7b2gaRaL8cT1eD/sUldffTUAf/zHfwwrzGJvfvObAXjoQx8KKyxgQXOehkNbk3E9&#10;bFo/qL8x1uhjs847StQTbTdpmsWafdzf+0Fzjur3fT+q3AiWRNmfzxr7cTm26/2+7fuTvo8FTRNk&#10;zEAzQyLCYRr05U/P99tov7nWYs7CLLa/cQshxF2BdiYhhBBCCCGEEEIIIYQQQgghhBBCCCGEuA+Q&#10;YH/12vxDWSGEEEIIIYQQQgghhBBCCCHuRrhZbOx2MKdys9go6TAMU5XfC59OtzITTFq5lezqbwNw&#10;7df/C4Ad378AgPXVPAAb22aIyfv2fBhlBqWZvUrsXP/A5mas1X5wC5NWFmavpkHHHTepm7eWy/GE&#10;XR/7/TCo9QcWk/klM2z1ht6P1PuXut3KzThV4naiEJC5O6cqzYRThT3JXmft9AwAa2bMnENppp7o&#10;3/5oGtfuLGkYhNx81mlbBxeXrD+tiWl7cGINAFfvtHgkW+4PwAlPeCYA6QMebc+1NwFQ5WYc8syq&#10;4525CSnB2lueWRvQKOavjmd7n7mPCN108y4A/s//+T8AfPaznwXgOc96FgB/8Ad/AMBDTrC+hs4o&#10;pGa1FKoRy+uvvx6AK6+8EoDNmzcDcNxxx8EKA9ZqxM/DzZ+Jm/a5oPncHWV/ZrFme81ys/1mOVjN&#10;4tRsf7V2m0Q7TUtWWKTCJBbPxfXBwOx2X/3qV/cqP/rRloMTE5Z78X7Yv8JK1bRzNe1gq42f2zGm&#10;O0rTbtbsy/7saHG/eT1o5mLdfz9XvrpiBmPfCsa+b0U7rcxj6gbCZurVZjE/RySj3CQv7InUVY/N&#10;HAuDWeSGjGJCiHsC2qGEEEIIIYQQQgghhBBCCCGEEEIIIYQQ4j5Agv2V7up/eiyEEEIIIYQQQggh&#10;hBBCCCHEXU3lqqXSrFFBmZpZbJy0arNYsGwWMxtZMt4DwPDyCwG44rzPW3nbpQBsTs3+M12aUaxd&#10;mDEmjGD9wk1dbpRazZxVuUlsxRUA0jDi+H0X1ZC6Mydxc1ha7X2/SsIs5maz1KxRw5GZdObcsLXQ&#10;t/6PIw7ezyLa9fqz3G1Ffr0YuzHMzTzdjr23bsZMXVOTFuOqMEMbyd4moSD6+8OiGd5yZIajCe/P&#10;sG/9Kdz8053ZCMDOgZvHOlsAOOShjwdg7WN/Blg2i9GaAmAY02Insnpewjlm8zHyeLfaZlobFZaT&#10;SZYzHttLucc2IvTF/zoHgN/5nd8BYMsmM4D97d/8DQAPetAJAJRDqytN7f1u2+ZgfsFyNyRFU1PW&#10;52DkVqU8tzGHlSksS837+2M141azfEdp2qea9d3RctNGtT/C+tQc32r2p2a98fySW/yCyUnLhXi+&#10;17OcjOurMTs7CyvmM+YnDGQxb1HPama026LZ99XGeHuJvkQ9zfpibqPduB8mseb1Zt9XnUtfC1H/&#10;2GMQ+3HErHJ1Yt1P3/nDrlfX7802M6asDWZRtnOYBmNfLAurP8xhQZjXoj/N+AghxN0R7VRCCCGE&#10;EEIIIYQQQgghhBBCCCGEEEIIcR8gwf6atvkHtEIIIYQQQgghhBBCCCGEEELcjQizmFlcQgNVJmaP&#10;GdGKJ2pyd8V0MDsTve12uszMYpee/RkAst03ALAld5PY0i4AJhMzyWRu9hrRhhVmsWA1k9iyecyt&#10;Rl5K3BwWVofaMBYmm9o0ZuXKn4z2q5bb1LzZ+QWzGc0t2XkY3fHYhCmn8n+E8SepwphjNqPcTT5T&#10;E2bOmZ6agBWWq6q0+KS1N2tv9mcWW82FFONejeh/4WahvOXmIrfNLfn4WxPTAIzztQDsqtYBMHXU&#10;yQAc/tO/CgAds3vRtueHPhERtpjd5YyyDpbekTQ1g5ALjahSGHjQW22rrO9Ssve9730AvPGNbwTg&#10;pJNOAuA9//xuANavsT7Mzc4DMNW1uZ3o2lyHUSpsRc2fdZuWptrCNLa+x/P1nDeMWrfXgtQ0W91R&#10;mv2+o0T/VyP6F+em7eqOjr/Z33gvzF/NeqO9sEvV1it/rjmPYaOKetttm++geb9p5/pBpriY+2hz&#10;f7HbH833myaw1c5B0zAW5+ZcBPUc+j7Zym0fG3uZRixj36lz1Ndp1J/ljTmO/dCLzcxuZmqMvvC4&#10;NnOpOZ4gcqXTsTUthBB3J277008IIYQQQgghhBBCCCGEEEIIIYQQQgghxL0K/bGYEEIIIYQQQggh&#10;hBBCCCGEuAeQ2pHkkORUfhTYUboRZuWxD1lmR1lBWTHsDxj2B+6WKcmyjCzLKMvSLTUJkFBVVcOW&#10;Y8/HkVS3bdWK61bLcnlfvK7Ej/2MJPqZ5zl5npO27EgyO0gTSBMqP5I0J0lzqsRsZzGeGGdVJVRV&#10;QppkpElGq9Wi1WqRpilpmq6Ih1Emy7avH0Q9bj/S6raPOk6rHHV9rRZJq8XCcMjCcEiStUiyFq1O&#10;m1anzXgwZDwYwqiAUUFORU5FNh6TjcdQlXbE1Hl4m9Ee10fOmJyKhIqENM3NKuYPlqUdiVuOmoYk&#10;gFFRMirKuo9FUVAURT2HPlWsXzfD+nUz9Xv9fp9+v89oNGI0ck2ZG6yKoiBJkr1MRoPBgMFgwHg8&#10;Zjwe0+l06HQ6dLtdut1unSt1zqzS38iNqGc4HNaWqwMh+tvsd9DMyThivNGfKDfXZIwn6m+W4/nm&#10;e/sjno95iHmLuC6vIXsu7kd/e70evV6Pubk55ubm6nmKNdaMd9CcpyjHeOL52zrimXjnQGn2MWIR&#10;c9HsY8QgiP5ErJpz2Xyu2d5wNGQ4Ws7BPMvJs7x+rllPM7fLotrrKJpH2TgqO8rSjnExZlyM99kP&#10;Y22sllOr5boQQtwd2PcbgBBCCCGEEEIIIYQQQgghhBBCCCGEEEKIex36YzEhhBBCCCGEEEIIIYQQ&#10;Qghxj6FKEjvc9lT6wQqDVeZHSkJKAlVqR9aCrEXlR78s6ZclRZJSJCnkGeQZSQJJUhdJ0ookrSgz&#10;O6osocpcCZUmtfSsLiYVaWJWq5yKVuVHWdpR2ZH54a+TVBXJCkNNbQJLSzsyO9KkIE0K8hQ7EjtS&#10;KlIqkiolqVJSPyIySZKSJGldb1ElFFVCWVWUVUWaJaRZQh6H11sVY6piDElhR8OsFkeV2BGGtLrs&#10;98vEjtWIODSPrLQjT1PyNGW0tMRoaake/0SnzUSnvWwaqsYU1Zg0z0jzjNZEl9ZEd5+GIg5B04QW&#10;x3JPjHhvPC4Yj81olOd2FKUdUZ6enGB6coJdO3aya8fOfcxXS70RS70Rvb4dZClkKVneJsvbFFVp&#10;xypGsaDdbtvR6dDudGpLWn8woj8YUVaJH7VYj7Ja7m88N7u4xOziEntmF9kzu8jOXXvYuWuPZ9ad&#10;P0jsWC5nkGR1ebl/dkS/SipKKpZ6A5Z6AwajIYPRkHFRMS6qfaxwaZaRZhl5q2VH247Ijeac317C&#10;ctW07IXBLeIfz0V7k5OTTE5Osn79etavX38b9kKjaSgLa108n6QpSZoyGpeMxiVz84vMzS+yfceu&#10;+ohr8Uy8E7GO3Ln9R0aSZHW9s3MLfiwxO7fE4lKfxaU+w1HFcFStyKuUskrrOYy9OsrjImFcLJfj&#10;/vI82s5ZjCuKccW2m29l2823srCwxMLCUh2b2kDmuVCb/rKEJEvIWilZK633tTS3I8vsiH2uldqR&#10;+ZEndkQ5iDUbc7KaUSyuR04IIcTdEf2xmBBCCCGEEEIIIYQQQgghhBBCCCGEEELcB0iwv27d909e&#10;hRBCCCGEEEIIIYQQQgghhLjbYBaeEjM5hZOnIrdzldTXEv/lK5ww7arvF5YAuPWicwC49sIvAZDt&#10;uhqAjcUuAGYGdp4cLdprGQDM59MAjNIWAKn/xNbyhnM3BWWVnXO/Hj1L61/k7B+ld7DwcxiPCtc9&#10;NK+nPqKwWaVJ2LLMXjO3OAZg56z1e1hZPztT1u+lwdAe9/EklT2flAMA1nStnk0zkwBMtrwjfn+c&#10;jACoEmt/X36wsimprL44RzzqcjwXgQl8Qseltb9m4xoA9my/GYDB0Max8ZCtANy8YP3bmawH4JhH&#10;/yQA02c8CwDyzQAUWQcAq3W595ZRy/NY517ludbQcQyGBa2WBTWkX7NzlmtXXXsNAC94wQsAWFqy&#10;6//7114CwB/90e8BEKFeWLRYtyesbxQ29omWVRx9jFQaDKz3rZbNdYRuYcHa6XYtR0p/odO2hgYW&#10;Mr75zYsAOP/88wG44BsXAnDt1dcBcMghBwGwdp3l0KMf/WgAnva0pwGwZdMGAOYWegCsmZ5gJSNv&#10;58wzba1df/21AJx66qkAHHf8sQDMTFk/v3/5lQB84AMfAOCqKy4DoLdkcXnSEx8PwOmnPxaAY445&#10;CoA1M9a/f/vA/wNg586dAPz0T/80AEcfeQQAt+60tb1xneVGbWlz412aWHyK0nIoS31e693F+Nzn&#10;PgfARRdZ/CIeJ554IqyI/+c//3kAbr75VgBe+MIXAjAxYXFqmqciP6anbA0u+Lgvu8Licva5tnd9&#10;48ILAFhcXKQorK8xlvvf//4APPzhD4cVc7b1UJvLft/2gTy3fM5zG/Ps7DwAl19+OQDnnfdVAL7z&#10;vUvt+pVXADA9ZevvpAedAMCRR9gcPOWpTwbgfkceAsDuPTaW9etsLMHiosVyasraHfq2dPEllwDw&#10;yU982svfBWB+fhaA6ekpAB78oAcBcMYZlgMPfKDFfLJjsYyYttu+XveRGdqFfQx9zbJz21eFEOKe&#10;jcxiQgghhBBCCCGEEEIIIYQQQgghhBBCCHEfIEFmMSGEEEIIIYQQQgghhBBCCHG357bNYuGBqqqk&#10;1i3FL19hTUjdHZUmZj/q33gxANd/4ywA9lxllp6Z+W0AbEnNzDUzXgBgNDK7z1JnrZX3MYvtbQ6L&#10;cpjGVjPTxA90YYMqG0axuF65WSvxc+G2qQzrR4JZmRYXLTY7Zm2cg9Jik3bNyDMsTfNUukWpdFNX&#10;O7Hr6yasvo1ueZrMrANFaWa2wt+rUjeLufIszGdBUwy2bFQLs5iVlg1jcX3vF+vrPuejoc3HzBoz&#10;FYWFaezqt3zGLFc3zlsDw3Vmkzrh8T8LQPaQJ2EP2nPjxOxd4Ulz4Rp5PTGhhrPzOIpuZAqKElKf&#10;uxjB2I1aO3fvBuA1r3kNrDBNbdiwCYAX/cqvAPCEJzwBgKOOOhyA1CuKNnOf82gn87nZR5rkjHxQ&#10;uQ8qntt2kxm3/t8H/wOA9773vQBcddVVAGw94n4AbNhgMdqx04xYxdhyYPduM3M9/OGnAPB7v2dm&#10;tKc++Yms5JbtNlebNpnx6zWv+WsAXv/61wPwrne9E4AXPN9sb5/49H8C8B//Yf36zne+DcDCgtUz&#10;kZstavv27QA87GEPA+DP//zPATj55JMB+NM//VMA/uODZhh7xSteAcBLf91MboOh5XynbbkejIa2&#10;xjttt82N7bksiwBaQG++2Wx20c6FF5qJ7W1vexsAj3jEI8GNXwDPe97zANi50/LgrW99qz/3CABK&#10;z7FoN+Z31645AD75abNsvelv3wzA/LzZv8ImNjMzU9vjBgMbQ7Q99iT8y1f/BQAveMEvwAqLXbBn&#10;j7X1zne/C4BPfuyTAHzjom8BsGaN5erBhx0KQKdjVrTrrjNrXuxHT3qS5fCv/dqLAXj8GTbG+YXY&#10;b6w/a9fYXIbt7l3v+lcA/uM//h2Ayy4zg9kRR9ha2LDOTGbbt98CwI03XA/A2rW2H7/oRS8C4Dd/&#10;8zcBWOdmxBjXmjX2fhCWuKZZrFkWQoh7MzKLCSGEEEIIIYQQQgghhBBCCCGEEEIIIcR9AJnFhBBC&#10;CCGEEEIIIYQQQgghxD2Avc1iy7hZrAxfzA8wi1VmomLxJgB2fv98AK79+hcBKG76PgCHtocAbEjt&#10;PHaDVdU2o07hbda4eWoZN9es8gvcajaHMG3VeLkKE1jmZrHKyhlm6EndkLXUs+u791h/l2zYVC17&#10;rjaWhZ2tcrOYy5M2TFk9GyZsnO0wao3MVJaEzaoe7979C5rlmub4GpFomsVq85j3t3KzWKftc57a&#10;eZiZWWm+tP7vqqz/6+5v9qkjHvuTAHDIA+2crQOgapjFonUP87L6LXLPVUhJ6Lqcqlq+h8eo6Sj6&#10;7vcuBeCNf/VXAHz4wx+BFQavpz3taQD85E9aXx/+8Ifvdb/bMRNW5iEbe6f7fTN+hd6t1fGccDXZ&#10;2B8cuqLsL/7CLFOf+tSnANi6dSsAj3nMYwB4ytP+FwAnnXQSALOzZsT6xjfNvnfmmZ8D4OyzzwFg&#10;y5YtAPzJH5tp6wlnnAbAkndr0qaGf3qPWaP+7M/+DID3v/9fAJiZMevdy/74D2FFfS960S8B8NjH&#10;PhaA8/7b2nvzm82w9d3vfheA3/7t3wbgd37ndwC46KKLAHjx//5VAI455hgA3vlOM5kdtGUzAL2+&#10;WbgmupYDw5FZr9oty6nS11iQJxb4//ysGdDCqPaoRz0KgLe//e0ATHTNarVrl8Xtp3/6pwHo9ay9&#10;d73L7F0Pf/hDABiNLG9aLZuvm28289t73vMeWFHv+o0bAXja/3oqAD/7s2bLe8ADHlDbya699loA&#10;vva1r8GKWDznOc8B4PTTTweg7Va1HTusrfe9730AvP0d7wDgqCOPAuAnnvoUAH7mmc8GYKP3YeTa&#10;uv/5n68AcPbZ5wLw2c9+BoDpaTN5vfnNZpM743EWo8JDGjl81pfPA+DlL7ecCHPiM729F7/41+w9&#10;NzuGKe3s//4yAJ/4xCfA7WoAv+KWvtMeada7IASBgcxiQgjR/AYmhBBCCCGEEEIIIYQQQgghhBBC&#10;CCGEEOJeicxiQgghhBBCCCGEEEIIIYQQ4h6A251+gFksTFDxRFgTEjeLMZgFIMvcMLbtMgCuvOC/&#10;ANh5qRl5ZgZ7ANjStgon3ZRVDc1sEzWHqatIvW9x9qeKVbUNdiML007pZbdDxfUwa4Wpa+RCs7Eb&#10;eHLMEJSmZpMa9O252TnTOi0OrL+Fe65KtyaNSx+Hm8Wm3Fq1bso0UGvcTpUXdj/MPmHUav6wWJvG&#10;vF/1/YhblJ1yH4FPjNOL/o8ws2X+U2a7sHGlqT0/bpnFab60/m8fWb87Bx8LwFGnPN7KD3o09o9N&#10;dk7NZoWbxZr9q41wcW72t1EuqShGNtZxYdmX5xbrNN87CS79/hUAfP7znwfgc2fa+dvf/jYAhb8f&#10;ZrEwaz3ykY8EN0kBHLTFjGPBUs/mKtptu6lq6Oaqs9zM9dKXvhSAzZvNsPWqV70KVrQzMWFz7N0g&#10;JGoRihtuuhmA97znvQD8zd/8DQBnPO4JsMKEddghFuv5RYtLmL3e855/AuCnf9oMar2eW+tSa+FX&#10;fuWXATjxxBMACIdbnC/69vcAuOSSSwA4+OCDAXj8GWZGC17xilcC8M///M8AvOUtbwHgWc80I9fC&#10;ou0BnY7lQO4DjakdDC3nWy3LrejnK17xCgA+/MEPA/AfH7Hzox5hNqtY+9dcdQ0Af/QnLwdgt1u8&#10;3vRmi9eDTrDxJT6wyJL3/MsHAPgHt3wtudXw9a9/HQAPeciDADj88EPB97pezwyIExOW/zGG0dhi&#10;OhpZbsSfBExO2pg/9vFPA/Cyl70MgMJn+ZV/ZrH7hRc8l5UMPMc7rb1zOkyGr33dXwLwT+82K9pz&#10;nvssWGGdO+TQgwBI3dL2139j5rH3v+/fAPiDPzRb2y88/wUAuACNudlFANattXUb47v6muthRYwO&#10;OeQQADatN7PZ2G16sV8EMosJIYTMYkIIIYQQQgghhBBCCCGEEEIIIYQQQghxn0BmMSGEEEIIIYQQ&#10;QgghhBBCCHEPIKxdYfcyksrUPKWfASrX+4TBKgvXWLFg5dzrWNgGwOJlFwJw/YVmX1q84XIA1qVm&#10;5Dlsyo09s2Ycyyqrb+RahrGrwEbehZEbxsZ+v3CTTpC6MSx3o1juirIot1xJFuUwmA061p+xG4Cy&#10;xA1gidmkiqE9uLRkBq75JbMj9cehiXIjlwcodZvT9KQZxdb5ecKfS9xIVI4sXllmRqJlM5ibw8Is&#10;FnPUNI01DGP1fafy+NT11kY1K+alPT/lcS/dLbSYmkHo5p49P981m9WRJ5sl6/BTnwQAGw63c2Ym&#10;MhJXFtW+Kle2rUbdLz9VFo/S+5VmWW2BG47dYufkLZujsc9Bq+X56iH49vcuBuDss88G4MwzzwTg&#10;oosuAmAwtPqOPvY4WGEYe/KTnwzAE55gRq9uxzrpU4VL5Lj5lt0AvPAFzwfgssvMpvfa174WgF/4&#10;hecBEFKl1M8Li5Y701M254PCBt/K7IHLrrgKgJe97I8B+O53bBwvf7mZtJ7/fKs38xB/4ANm4Hrd&#10;68yQVbrd7tGPNuvb7/7e7wDwoBPNnBYsDSyX25kNqLbNecVhg4p+9wdm2Yp4/vqv/zoAT3ziEwF4&#10;29veBsBE18bV69s4u14uS2tgfn4egHVrLce++S2bj//7e79r73csl977L/8CwPSUWa/C2nXddTcC&#10;8JJfN5PbrTffAsC/vP99AJx0go0ztoZrr7kJgF//DXv+6istvq99rdm6nvG0nwBgYsLqj3EPhuM6&#10;FnVuYSw1jGM+NHbvngPg13/j/wPg/PPPB+Cv3Xr27J99hj3oxLoduamw27G5mF8w29rM9ASssOb9&#10;wR/8IQDnn2+mxne/22xyz3jG0wBY8n3pN3ysX/7yfwPw0Y9+BIBHnHIyANdeZ/vzkUeYRS0I6138&#10;iUPmORk50LTlxFoLZBYTQoh990ohhBBCCCGEEEIIIYQQQgghhBBCCCGEEPdCEmQWE0IIIYQQQggh&#10;hBBCCCGEEHd73Fq1ilmsqrLagNM0i6V+J8WMNimLdmNkhh22Xw3ALd/+KgDXfefrdn1+JwCHurVp&#10;w8DMZO3K6hk3DGJDN4wN3aZUm8VC3+D2qdXNYmbs2dcs5vW2TakzdlNahhmyUjdkZf58zw1Aiz2z&#10;Mi26nWnsiqwwfbXdEDQzZZakmY7V1/KfDsMsVoXiCzcURbFhDkt8bpZNY7VLzP4/DGP1Oe7ubRIr&#10;XbdU+fXMJ3TClUIjH/fuxKxPO7Bz69ATADjuUWbdmjruYQDgBjbaZmWqTWL1L6QxoL0NY/WwnbBa&#10;lWXExc1G+W2YyTxIZeReamPpD+zdXs+sTNPT0wDkbnPb4danz3/+8wB87XzLxc+e+QUAds/a/S1b&#10;tgDwW7/5GwD87M/+LACbNs4AsLBo7Zx11lkAvOLPzPh18slmbXrzm98MwLq1ZsTas8dMWuvX2fu9&#10;vr0f/cpyX2cYY5/iv/3bvwXgzW+28/96mlmp3vzmvwNgZtpi8xev/isA3vKWtwDw2MeeDsDv/f7/&#10;BeAxp5kxbTDyHC/MijXTNWtVTEWYwAYDO09OWu62XaU2LqxjI8/d3/gNi895550HwN///d8D8KQn&#10;mpGtCN2WE++FZardtlx7/RveBMA///M/A/Bnf/ZnAPziL5qxbTy2elq5vbd9h1kIX/CCFwCwc6ft&#10;JR/72CcAOGLrQQC4CI3PfvazAPzf3/k9AE466SQAPvBv7wdg/ZrIXV9LvhYq0rqvsV6CWKcj71u7&#10;ZRf+80zLiV978f8G4NRTHwXAv/7rvwIw2Y3cNcYj+1fHcyEMXotuCAubWszR29/xTgD+7u8sB047&#10;7TRYYXWbnjKD4Wtf90YA3vc+s639zu+YXe4lL7F+RTt7Zm2/brdtHcdc11Y5H3Y8H+s0bH5hXgtk&#10;FhNCCJnFhBBCCCGEEEIIIYQQQgghhBBCCCGEEOI+QYL91bvMYkIIIYQQQgghhBBCCCGEEOJujBt1&#10;mmaxsGWVWW3uCiNOnEM1k+Ean5EZwjKWrDw0W1Nx/WUAXPttszntuOYKADrztwJwVGo2qG5pppui&#10;YRZbLlt7YRSLH+LCVJX4PzI3iYURLC/2NoQlld0PE9eoZdajMsw4Js4hT9xI5masoduVFpfMKLYw&#10;sH73wpqUWfuTk2b4WTNjdqkJN/Ck/lzqZp40NbvSILFzURt43JrlcxJmsTC5EXPl/S/DROZ3g9Lr&#10;C6NYzFvl5TAF5T7XS6X1e09rvV0/2Ixi6098DACbj3+4vbDmYABG/n4rt/7XPQgFXU0YiCyOLnyr&#10;ycJCFYEPqgoiJvU7bkcrfa5Cf+TXS78eP9OGeayux4kefviTZwLwmf/8HAAf+9jHADjpxAcC8NKX&#10;vhSA5/3cz8CKbrz1bf8IwF/+xSsBeOhDHwrAGY97LABr164FoBzZXLVaFoMwd43HPod+fWadPV+5&#10;tupb3/oWAJ/4xCcBeMzpjwPgrW99OwDr15v17d///UMAvOpVrwLgt37rNwF48Ut+DYBu1+xUhRuz&#10;Up8KX0oM+5bDbbe4tVo2l5k/2Btazsb1CONHPvJRAP74j/8YgKc85SkAvOKVfwHApk2WQz4dxK/m&#10;LlLjyquuBeCXf/lXAFhyS99HP2r1bj3McixyeugWrltu3g7Ab/3WbwGwbds2AP71Xz8AwAOOPxKA&#10;hUUb7zve8Q4A3vvevS1bv/FiM5MtzZv5revmslbX1gBJWudUz/uW+n6Qt+28sGT73sSEmbn+9i1m&#10;V/vbt7wVVpjFHvNYy4ldu3YBsGHjOgDGA9snk8pyYdmG5zY3z5G5OdtHL7jgAgDOPfdcAM444wxY&#10;McZ4P0xmb3yjGcaCF7/4xQA859k/B8DWww/Z637k9ty89SvWThjLYqWN3FIns5gQQuyLzGJCCCGE&#10;EEIIIYQQQgghhBBCCCGEEEIIcR8gQWYxIYQQQgghhBBCCCGEEEIIcbfH7VS3wywWv3yFycslSKSp&#10;G6FKM9LkmImHMI4t7gGgf9n3ALjyu2ZNmr/6uwAcmdr9qWIWVpiyom9hAKt9UI37y7gxqwzjjZVT&#10;739S+fUYj9dbZTb2qrJx1GYxzKaUuwGs9IHP92188z0b76Kfs7bVH4aftTMTAHTDeuXv5aWbeVp2&#10;f9GNW+MwftVGMetf5v1aNo3VjjA71fGJq95ezKHXW/h5+b71t8rMjDRXmIVqafowALacZEaxgx7x&#10;ZABYfwQAg9KeI7N67G1IMAsVbkpaVp25eczNTGEWi9u1aS1r/LRaFLUpLHXbkhmflk1Z8XNsPNfu&#10;WEyD2uDlZGFt8qYih797yTUAvPzlLwfgvPPOA+BJT3w8AG94wxsAuN/WLQC8/g1vtuuvew0AJ554&#10;IgC7d+0EoNOxGLmwip077frGDWaVGhXWr7HP0dhtbIsLZvo66KCDAFhasvJj3U71xje8CYDJSav/&#10;bW97JwCvetUrrPz2twDwguebPSoiGm6nMHhNdmzWWp4Lhedkr2ftTU9ZDi+5Ra/rtrxF708Y0n7p&#10;l34JgFtvNUvg29/xDwCcfLKZ1ppGseB97zcT2Bv/+q8BeNrTngbAG15v8Yz+bt9pe8Nmt3HduG0H&#10;rDC+3XyztfuP/2imt5Mf+gAAXALIS19qJrHPfvazALzvfWYYe9xjHgnApKdV2PrGPq4qTWjlnkup&#10;z1Fhgxn63HXabgb0tv7sT82q9v5/M7NX5GLkQup2tpEbxdqe7+OhxThiPzVlRsJ22+YocnxycnKv&#10;8tFHHw3Am95kOXHIIWYKS93k9e8f/CCsMIxt325WtqOOOgqAp/yExfz0022dn37aowHodiwoIfwb&#10;Dn28PomZGxTDGhfILCaEEDKLCSGEEEIIIYQQQgghhBBCCCGEEEIIIcR9ggT7q97Gn78LIYQQQggh&#10;hBBCCCGEEEIIcXfiB5vFkjKvPT/xw1fTLDYcmo2n3bIn8sQNU2EWK9w0trQAwOLllwJwy8VfB2Bw&#10;3dcAmCnnAEjc3FOO7b2OtzzZMl9D7uXCjTztzEw48dPc2I03Y38u7E2kZurJcjeGuSlnPJgHoOUG&#10;nCoMQq4M8u6Qt80QVHl7I3/+ZrcqdSas/jADTU9YO9H/fGQVZW67KlJrv+fmoaGbujJX9mS4cStM&#10;ZGE+83LqE5K6xmI0ctuWG7zyjtmgSjeXDYZ2f+DapZEbxW6et/nbdOxDANh68uMASO9/CgCsN4NR&#10;2VoLQD8SwE9hFssjh6qY/yD0TRaPplls7LaqrscrlEWj4ZCW25hqfO4GbmkL+1ISQXCnx2hkfYic&#10;iHoq7/TQ5zhx9dfAu37uuZaLYa5au8YMW6973esAeMqTzML0ile+FoB/epeZvf7u7/4OgCc/6YkA&#10;pN6fsDH1vb/DgY11Zu0aK3suhGks+t/KLSf27DHb3sSEWaq2bF4PK8xZ73iHGbVe/epXA/D2t78V&#10;gGc/+2cBCKlTxDqiVPq6D7PYsq0u7u/9Rm1wazhT3vmP74YV9qpf+IVfAOBVr3olUIvg6HmAFxZs&#10;D4j4XnXVVQC89a3W79NOM+NXEPaq4dDmc2nR4viiF70IgOuvvxGAj33sYwAcccShYFI6AH73d/8A&#10;gLPPPhuAd7zjHQA85rSHA5COYu+KnLZzURYknq+pz2FEZOjBz329Rrb//u+Zle7f/8OMXm9569sB&#10;eNrTngrAnnkbe8f3sZYb+Arf58LAlWXWXtjymjnc7dq6Drtb7De1hc9zL87f/OY3AXj/+98PwJe+&#10;dBYAs3PWn9zX1M//3HMB+LVf+zUA7ne/+8GKtTThJrV6qTXwCAohxH2aVbZIIYQQQgghhBBCCCGE&#10;EEIIIYQQQgghhBD3JhJkFhNCCCGEEEIIIYQQQgghhBB3e26/WSyIH8CahrGwE6Xu2klKN4q5Qac+&#10;795j5x1mFbr2gk8B0Lv5cgDGPTPerHfj1pTXWyyaZantNqaZrht/3HyTJG4/cmNX4aaegfdv5B0P&#10;I1jq+qHc+5lVbgxKrN28ZQYfcjsPfaALA3tvyftx03Yzi23evBGA9W6NSsdmVkvdJtVNrP5ubTwz&#10;dmduu0rtnIdZrO6Pm4V8HC3XNaVhfPOfJAd9t1TFhGTefzeqjdzSVLh5bJC7Ae3I4wCYOOz+AEwd&#10;Y4YxDjrWzlNb7HmsvlG0681YtKDl85SEaykSJfRSYRbzUlC5NSqPAYZOaoXCqN+3GOa5jaXwuQvr&#10;Ud6yXsT1sCqFkav5o214tG7ZvQTA+vWTAGy7yXLzWc/8GQC2b98OK8xXP/X0JwHwF69+AwDv/sd/&#10;gBXmsV/6xecB0OvHGrCWJ9w6F6avIPoR/Rv72POGvmnoyZt6jiwtmVXqX/7lXwB49atfBSvMWc96&#10;lvXfH6/biVorz74wizWJnKp87lYzi33vYrME/uEf/iGsiP8b3vRXADz4pBMAGHjyfeUrXwHg93//&#10;9wF49KMfDcDv/d7vAXD0/bbCiv5GuEZja392j1kAX/jCFwJwww03APCZz3wWgCOPsFydX7DxveQl&#10;LwHgggu+AcB73vMeAM44/WQAbKeA/oLtLUF3eqaOVr3f+T8i73ftsX1qjdvnXvv6NwHwD//4LgBe&#10;9zrLkV94vlnehr7gXVRW+/Z8+e/DaGw51DSNzc2ZgTEMY3luNbVblmOV9zjWRlzfvWc3AN//vu2z&#10;X/qvLwNw3nn/Y+evnAvAccfZfvCqV1lOPe2pTwZgcX4RVtj8Op29rX+rDEMIIe5T3PanqhBCCCGE&#10;EEIIIYQQQgghhBBCCCGEEEKIexUZwCtf+Ur7jzELIYQQQgghhBBCCCGEEEIIcbfEDUJU7oaxI6lS&#10;OydxfYVSx24t11D/u1ZJUZEyHhcUVQJFSVUmpFkbkhw6U9CdhnVrYP1m1k11WHfYUQzGBZ0NB7Nr&#10;bolRPslwnLBU5nTyLuOkTUYbskkYV1RJi7IoGBWQjCvKMqEqS8rSLEhVWVFQUVVVbRgrvd+Fn5Nk&#10;DGnFdCuhlaeMhwOoSkbjinFRUOVtiqqiSNoUVcJikTKsEvpJi3GaU3SnqdoT5NPr6a7ZQNWeoGxN&#10;MKqgXyaUFYxISauEMsmhtHgkRUlRQpUlVAkUnZw0SylzSLOEpCograAqqJIKqsrmpyopK5upoqqo&#10;KmtjOKoYF0BrArIWaWctaXuSIp+EvMtS2WaUtOjTZZR0SCc3ULWmyNcfTja5noMe/RQmDz2a9uHH&#10;0950GGw+AqbXQ3ct5B1I2kDCuASqkirNSNyIlK6waCSeRWY8S02jlSznVDy58koCZGlGmmV+IWE0&#10;HlNWFVme13WMRmMgoZV3SJKULG+RZTlZ3iJvtWm12+R5Tqvt/261yFvL5qPZhR6D4ZiFxR5L/QHd&#10;CTORTUy0mJxo1X2ZnOoyPd3ls5/5LDPT0+zZvYs8S3nC4x9PWYw58n7HMBpXXHLJJUxMTPCtb36D&#10;VqvFUUcdxezsLI997OkA5HlmR8uOaKDyVbJrzyy9/oDRaMhgOKDb6ZAA49GYqqxI3Y6XJhGWhDRN&#10;qEqrYHIip9vJ+fr5F5AA55x9NgkJz3j6M0iAE098gIXuNuKdAFCRkNR2OnN5rVjrQRI9Xn5rJQdt&#10;2cSWLZu44sqrOPzww/nPM8/k1u3bOfzwrVx77bU88tRTAOgNxhRlxXve816uvPIqvvo/57G4uMhv&#10;//Zvc8wxx/CwhzyENdPTtHPLrfGopCorWlni201CliT0lpZIqPj4xz5KQkVZjOm0W/zUT/4kxXjE&#10;+vXrqSrI0pQ8SznvK+cyPTXJZZd+H8qSh538UGb37ObEE06gLCGpCqqqot3tkLeXj6Ko6Pf7jEYj&#10;xuOS8bggTXOqalmU1+22mei2SRObp+9d/H0mJyf5n6+eR5omHH300ezZs5vTTn80VQXtDPLU100C&#10;ZVFRVbA0v8BwMKQqK8ajMVRQFiVVUUEJ7VZOmiRkaUqWprTyNt12l4lOh3arxfzcAuPhmHarTVVW&#10;5GlKSkKeZeRZxnhUUJUV01OTTHYnOOzwwzj88MN40IMfwiMe8QhOP/0xPPWpT6WV55xyyimcc845&#10;zM3Ncc011/C1r32Nxz/+iczNL7Bmeposy+h22+ShR1tBI3OEEOI+icxiQgghhBBCCCGEEEIIIYQQ&#10;QgghhBBCCHEfQGYxIYQQQgghhBBCCCGEEEIIcbfHTEGJe4USEreDJe6JMbHQ3s6YxO/G5UExpCgL&#10;kjSn8hoqXJ+TZlRVSpXkZGT2M1riB4lZqzash/WHsGb9BtYcfgytfIp1hxzF3FyfqrOG2bkl5kcJ&#10;JCl9ctIkZZy16Q9GDMqU7sQUVd6lShOqrMWwgjEp46qiqGAMlBWmBKoS0iwlTRLSFNI0pZVWkCSU&#10;RUGSJpRJG9KUstWlTFIWi5xBCbuH0Ctg1FnDKG0zsfEQssk13P+UR7HlfseyMCzIp9exY88cvdLG&#10;PCCn22lT5W2qsqRIc9KyoiQl77RJ0pxBVtWxTHCZVpqQJgmJW4ISu0iVpJBkVEnKOMkpkpQy7VJm&#10;LZhcS9XqMu7MULa6zJUtBmmbPUWbXtKGmU0UnWm2HHMi3Y0Hs/GkRzBz+FFw5EmwZjOsOQQm10Nn&#10;DeQTkLYgySjLiqoqKalIKM1yRUmWpLVZzLJo+f/tvPfdcA+tLO2dWSUAw+GQsizJ85wEy5M0y8wm&#10;lmckaUqvP2RclLQ7bdJ02eMxN7fAYDBksT+kNxjS6bapgE67RafdojvRYWKiUzvw+gOzslVVQlnC&#10;dddez+yeOd7znvcwPz9PVVVkWcbP/MzP0Ol0OPLII0mShCzLOOyww/jC58+k3W6zfft2rr32Wk5/&#10;zOPYvWeOmTVrPefMy7Ww2GcwHNNu5wB0u107Oh06nU5t9ur3+5RlQVGUjMdjRuOS0bhgOBwyGo2Z&#10;mGiRrZA6nX/+hQCcffbZAPzkTz2DJIEHPvABsFd8Y13b6lyelTCHBXvPSMyROeNit6hqw5hL+xiP&#10;S4444gjOv+AC1qxZw9zcHNdddx1PfPJT6fVHbNu2jbm5Od7+9rdz3XXXcdBBB7Nx02Z+8yUv5pCD&#10;D2bTxnW08ozRqKQsK0ajEWVZ0m5ZvKKtpcUloOLTn/kMWZZRjgtaec5PPOUnKIoxk90JhoMh09Nt&#10;8gxu2nYrBx90MF/8ry9SlGMmJ7pcf/11PPnJT6IoSvq9JYbDEXmeU9ZGN1t3rVbLj5xWKzdZ3gpl&#10;zHBUUZRQeu7M7tnNhvXr+J//+RqTE5P0lha5+aZtPPq005mfX2D92mkS4JZb97C42GfdzARZmlCM&#10;C9I0ZWpqglYrJ8tSsiylLCuSJGE4HDEeF2SZmc16vR7j8ZhOpw3AxESXiYmuWc+ShMVFG9Pi4hK9&#10;Xp+JiYnaTAewsDRgNCpYMzPJRLfNxo3r2bRxPY961Gk87nGP49Zbb+XEE0/kzDPP5KabbuLxj388&#10;O3fu5Oj73Y80tX6VZUWW7e3P2TtzhBDivonMYkIIIYQQQgghhBBCCCGEEEIIIYQQQghxH0BmMSGE&#10;EEIIIYQQQgghhBBCCHGPwcxB5g6q3AlFbYsJ+5AfoRNKwjpEbcFafstMWCQZWdYizVqkaQ5p7pqv&#10;FMYJVLlJlco2rNkC01uYOvxopo44nqnWFBsOP5a53pBszWbme0N6aZdRVbKUtChbLYbtCfJul1He&#10;YZwkjLI2RZJQZC3KNKFMc5I0JUky0iQjIaUqKmuzGENRUY2HFOOSKsuo0ox8ci1ZuwMT60jaE8wW&#10;LUZpi9mqyzBtk244nLIzw5ojjiVbs5HpUx4DBx3BRKvLzEFbWRyWtNduZqHfZ5h1GI1GLJUJrSyn&#10;SFu0W22qVgfylDLNme8vMB4XFOWYoiighKqsyJIMsL6TZCRpG9KcKm1RpTlF2qFMWwzTScZpm/mq&#10;Ta/M2F10WChS5pNJekmbdOPhML2ezcefzMRBW9nwkEfSPuwoOPbBcNBWyDZCa5qqNQPZBEmaQ5Kb&#10;Oq5KSKqShIqUgoySNKnIKMhSSCnMxLTCNhU5VPqxt3EMqMyiFUdVFUDp7aZUFaRpRpUklIVbjNwo&#10;VpZQVXDp5Vewa/cerr72Om7YdhPrN25iNC6Zmpqg3WnT6bbpds28BDAuLO1G45KiqGrLUjtPaOUJ&#10;g8GQqiz40he/wI03XM8H/u1f2bN7FyedeALr1q7hl174i2zcsJ4tm9bSyhPWrl3Hls2b+Or5F7Bp&#10;8xa++rXzueXW7Rx08CFcdvkVHHPs/en1B0xNdXwp5GR5TlFCUUKaxuhLKipGowFFWTDZnaLdbtc2&#10;q917ZhkOhwwGA4bDITPTUwDMzi4xGIz49re/DSvMYk9/xtMBOOGEplnMiHLzbL1Z8e/EjxU7gLE8&#10;x7ixr6pgy5YtHHbYYeyZneX444/nC1/4ArfccguHbz2CK6+8ku985ztcddVVfP6LX2J+YYFff8lL&#10;OPHEE3ns6acxPT1NK09tLykKz6WKNIE8yazxxPJnaX4eqpL//OxnSdOExbk5qrLguT/3XNqtFhvW&#10;rSPPMlrtnAQYD0cctGUzX/ziF5ic6HLLTdvYduMNPPQhD+Hmm27iuOOPodvt+DpLWVrqMRyNKUgt&#10;4ysYFSXj0va9qjJhYsQiTRJaOWQprFu3nkMPPYQLL7yAzZs2ctZ/fYnrr7uWgw85mMsu+z6PfMQp&#10;JMDMVJeZqS6DwZhxUZKlGWmakee2fxaFxbTfH1AUJd1ulyzLyTLbelutNu12myuuuJpdu/awceN6&#10;ANLU7GGdTptOp10bx+L6/HyP4XBMZ6JLnufMzi7Q7w+ZX1xiaanP+nXTtNs527bdzEEHHcS5555L&#10;nuc8/vGPp9/v84DjjwMgzzPSNK0/BoJmrgkhxH0RmcWEEEIIIYQQQgghhBBCCCGEEEIIIYQQ4j5A&#10;AlBV1co/wRZCCCGEEEIIIYQQQgghhBDibkX8mFVQ7HU98xtJCKBYcU7cm+AqmbEXx/5A6eewlbXc&#10;s2CuH0gKP5feZjG2c+oNpF4ue3bedrmdLv0GALuuuxSAauEWAIq5HQC0iz4AHYYATLgCaDLLAEhj&#10;AOORnYqBvde1foy9f30mAFgo7bxn3AWgWnMIAIc84KEAHP6AkwBg4xY7J9bv3rVXAHDx184FYOl6&#10;6//mjrW/KbfHi/6c/SO3/pJYPyIMZmCDqlq2OAGMafm5A8Aen4CisxaAdO1BAKzben8ADr6/9XPi&#10;SDMDMb3GzskMAP3SyqXPY9sbyhPvV2lxNSNYJAVUicWVzGxXI2xg0f3An/K7QOXzG/kS1WY2rpUM&#10;BjZXacveXly0nDj3XIvtm9/8ZgCe/oxnAPDsZz8HgK2HHwwr89tTLY/OOGFD+vcPfhiAt73tbQBs&#10;27YNgJf/yZ8C8KJf+SVY0Z+JCevrOV/5OgAvfelLAchz6+cLXvACAH7zN38TgMnJevSwoj9t70/k&#10;YiuzOb3iSsuhD3zg3wFYu9bsUS/8RevHmjU2d3//9/8AwKtf/WoA3v4O6/+zn/1MAJKYK//ZurZi&#10;+RxksZaXF7cXYw3b/Xi/8ud9yih8Lee5nc87/0IAXvgi6+fRRx0LwHBouTS3sAjAhz5o47r/kYcC&#10;kHj74Z8rfG9IXF+Vers33GDzEnHdtu1mAD78YZu/Qw+1+tpte35hweL6hje8AYAPfOADABx55JEA&#10;vOZ1rwPg5IfZmm63lp0wvb7PdXfvvFzq2Vg6HTPXZQ2NzGf+80wAfvd3fxeAgY/9d3/Hyr/yq78M&#10;QCu1yZ+cXDbgAfR6e+dY8L3vfR+As846C4ClpSUAfvVXfxWAjRvXAXDVVdcCMDNjOTI1ZeszYtlt&#10;tBczv3u37Ucve9nLAPjSl74EwFvf+lYAnv7UpwBmxbstZBYTQgiZxYQQQgghhBBCCCGEEEIIIYQQ&#10;QgghhBDiPoHMYkIIIYQQQgghhBBCCCGEEOJuT/yYNW6YxXK/cdtmMT+7PmHk9qJls5g9UP9UVrp9&#10;yA1ZLXdN1UYef2zkAisqM+u0JtxfVC3YuWcmsYWrLgJg7qYrAdhx9SUAZL1ZP88DMDFyw5gbsTre&#10;r9bYxlq4gSztmmVp0Z9bKMy808vM1JWsvx8AG456MAAHn3AKAGw9ys6LZvhhZtLO3o/Zi78JwI5L&#10;zIhW7DArUnvJ7ieDPQCsn3YjV2UWpPHY+lOMrT9h3ipTN4pl1r9RbsYgpjYB0N2yFYA1Rz4AgJn7&#10;2ZlDvJ+JmdLCSLazbxV3u2Ygiuk1jxp0CcObjw+bl1qLVbkWq21msmFtPNubcGrVPqPS60lCKWb9&#10;ifdWGor6A7uaus4o5GYXfMMMVi95yUsAmJ21mB5//AMBePpP/iQAj3rUowA45phjACi871dceRkA&#10;F3zlPAD+7d/eD8A111wDwIt+9VcA+IM/+CMADj3E7HELS5YzU25nCsPW699ghrN/es977bpP2k96&#10;P570ZLMynXDCCQB03HzVzuy5bTeaDerbF30XVlidvvrV8wF4whOeBMBfvMoMYoceuhmAt7zl7+E2&#10;zGLPetbPwgoLVKzFzNViZWHjaGUxO43FfTvNYlVl5Wjn5h27AfjzV7wKgI9+9OMATM1MA/Dc5z4X&#10;gFe94s8BmG57f0ZuVmtZDjV/Zk/cYnfDDTfAinnfvn0nAO95z3sAOP744wHIXSEXuXTFFTavb3rT&#10;mwD4xKc+BcBBh5mJ7Jd/2WxfT3/608ENcbEOJydtXd90000AfOMbtp47bevrU5/6VAA2rrP9otWy&#10;tt/1rn8C4PV/9UYAypFF7QlPeAIAv/IrlmNHHGGWs8jxsLBFDC680HI9rGj/8z//A8ALX/hCAF77&#10;2tfu9V6Ywa6//noAnve85wFwyim2bw19XJ2OrbvCF9WH/uODALz3vZbDp556KgBvfKP1//BDzFg4&#10;O2sGsnXr3FDoyCwmhBAyiwkhhBBCCCGEEEIIIYQQQgghhBBCCCHEfQKZxYQQQgghhBBCCCGEEEII&#10;IcTdnvgxq2iYxTK/YT96+cWmWczPhd9Ytg7t7VWIxws3euVuCcr9MRfi4FKh+vnBwFRjLRYBSDvh&#10;M7IyizvsdNX3AOjtuBmA+Ruv87KZyKrFHgCdsRvL3HBWJmbYWRiZiazqmmknnzFT18wWM3JtOfZk&#10;e/+oEwFgwyF2Tu35WqtUhhvLzVmltcvVZrG66vyzAdh1/dUATCZud3JzV1LYe2G/irhmubXTmjA7&#10;UzZpRp/EjWBHnPBQADjUDGgcZKYiMjMiVaXZo/qZmcWqxK6PfZ5i5mPWwgDWrexOgo+j8omKJz2O&#10;ZGY4G7pDLGYpaNYb5rg6n1LLh6Vh5Ie9kbUyen0zTuW51R3GqN17bM6++c1vAfCOd/4DAOd/7QIA&#10;2jGX/t66desAmF5j9qedt1hubHej10FbbM5/6qd+CoAX/7qZq7YefgQAZWmdTTIb88D72mpbf4ZD&#10;G/XHP24mrfe8718A+MaF1r+ZGZurY4891sprLGYLeyyHF+bMMrdtm+Vw9PeJT3wiAC/6JbNQPfSh&#10;ZrdbXLS4vPvd74aVZrG3vxWAZz/nmQAkifU3frbOXedXuF0qj0XYXNz1z9y+phs/e8daT/08LGz8&#10;fuKcc86FFYa2zZvNhPaGN7wBgCeecQYAHZfTLS6YrWp62nI81kDq/U98jW278UYAfvXXXgzArh1m&#10;Fvvbt/wdAKc9+jQAxoWNb9BzE5xb/771DbMSfuDf/x8AH/vkZwAYjSwnZ9ZY+1u3bmVqyuZo165d&#10;sMJqFha7n36GWePe+c63wwoTYMR8YcGMiJ/4xCcA+Nd//VcALr74YgAmfT3f72jbZ9q5bYADNyIu&#10;ztv7V1xlBsXNGy1Hn/WcZ9v5Z22OH/qwBwEwu9uef8c/mG3u395v7e2Zs/4edohZ1DZutnryjq3I&#10;7du3A7DjFsu94447DoDf/u3fBuApT/kJAFxKtzp1CnkSuHWuLtc7wSrl5vP35fIPundAZTs1l/td&#10;V27278dUromy3/+Rl1eh2b8fWdlOwd67epPb1/d9prQu2/vJqt8IfnC992TuvSMTQgghhBBCCCGE&#10;EEIIIYQQQgghhBBCCFGTgMxiQgghhBBCCCGEEEIIIYQQ4p5B80etvQQUzZuBPxQ/iYVoan8k/mBU&#10;G96JeD/xG2GkSDBLUFq62SrMVGHwGrj5amiGrnLBTDr9WbM1Le7ZDcCSG4F6S/bccGjmspmN6wHo&#10;Tpv9ac2GLQBMbTwYf8DObvIicQWa2zqK0vpZuaMrd0NY3c+RtcOi9aO322xI/UXr3/Ybr7fH/b0y&#10;6nMDW3fSDEfT66yf0+s2ANBxw1h2kBmDSMyiReLGsyxMX2YQKrxcNMweTc9HTKNLn6ByY1pMTE08&#10;aW9Wfl7NI7KcHvHE3k8u127/KquKoqFCKT1J4nrLrWTbd9vcfuui7wDw3+eeA8DXvvp1ALbdfBMA&#10;eW6xWO+mqTNONWvcY097tJ0f+1gAZtZYbGMuwjyVZW7Fc2PZ0LV47XYXgH7f5vrSy74PwDnnWD/O&#10;O+88AK666ioA5ufNjLZm2ub2qKPMLvWIRzwCgEc+8pEAHH/88QBs3GhmrqYp7EMf+hAAV19ttrpT&#10;TjkFgCc96Qmwon+DgZnIwnBWU+5tFFyVfdZ2mGrsxoKPZ9rrv+qqawB44xvfCFBbun7jN34DgGOP&#10;PRqAyuPrgrI6CZaWzB446bkf7V9zhVm2/vvcrwCwMGtGsie5/eoBD3ggAFVl9S65nWtyxixeiTc0&#10;63vDV879GqyYn69/3fJl586dK+bWcubEE80sGHP0mMc8BoCjjzaj35q1Zq0b+Xup29Di/N3vfhdW&#10;5MRnP3smrDB/ze2xc+r2vGOOshid/lhr5wlnPB6AB5xgY+y6GSxiU4xszLfuMFPY9y+5FICvff18&#10;AC4438Z29bWWg5FDhxxyEABnPO5xADzjGc8A4ASPZcxxObQ1kHo89qHOkYaRqLY5xSSvUl7VhnQf&#10;LP+gewdUttNtaKDuonKzfz+ucnymrXZ/P+X60zHKfn+/Zafy9+t47Ke9H1a5/qw2yn32dW7j87nR&#10;90Z535Hav0r/PpSyt5E0wb8/uYn03kgzYkIIIYQQQgghhBBCCCGEEEIIIYQQQggh7oUkILOYEEII&#10;IYQQQgghhBBCCCGEuPdzZ38SC5NYWKL28Vh4tWGqSNwWRBXGinjAz3HfjRaM3ew1drNF4dfDpuT9&#10;Hvs5zcx4kbbNOkUYdMLU5QyjGrciddp2v/T2k9INPHW//Dw2u1PZN9vRuG9GtKQ2cFgcEjeApW6x&#10;IncTh1ux6rJbtWoxT1hD3EhWhYXKDR5hpSob3ovWbdpFfhw0DSYWp5XZVHrsIkcqV6FE7mSpjS3e&#10;ifNgbHUuLJqhajTyGLvlqd3yGA3MBLZhnZmn2h7bwudy7DalJLP3Yo5GhZlp4vmYq6Y4Z+CmsQU3&#10;ZVWF1Zv6e71Fs9x1JsxMNj1pZq7uhOVU1Bf9GfatPwO31a1bYzarsEltXL8JgDSLeAFAf2i5Ntmd&#10;sLL3q9OJdmIO7iCRY7UhbO/cumnbNgBaLRvvps1mSAuGbjxrez+C1eorxhb3PXvMDBasW7cOgMyN&#10;b0s+77FGw2wW9UUco91B3/aIxRXvxbtxnpiw2K1x65wPfXmSnKgr7HNZvvcYFnzOxz6WqL/w/Sn2&#10;03i/27XcmPAciXZ7PYtd2O5arVjndt+rred6yY2K/Trm9vzY98epCdv31rohLahG1s/Cz3nsizE3&#10;zf2jWXaanxKrPCZ+lNSGqbsJtanrx8xdbRZb9nb+mPHvCD9wMXpsVl2xt20EW57J+NfeBtj6+w2x&#10;1992PfcGmrMthBBCCCGEEEIIIYQQQgghhBBCCCGEEOJeSIL91W/zz+2EEEIIIYQQQgghhBBCCCGE&#10;uFdxZ38SCztUGdYov940zoRRrD7vYxoLk0Wcvaba/BM1x/NeDOoGwwfh1o8w51RmRSr9vehvGLrS&#10;NAbiZiC3TmVuFqvvh82kaT5zU1rdDzeL1f1J/FwP054vw1LVCgOa9Tv6FWYxEjeROcsGEKMV9d9l&#10;NHq0Ip/CLFZFsjQYuCUpzW3stc0prGsNwrYUFqfUDWN15lh+PnkAAP/0SURBVPg/hn6/4/XG3ESk&#10;YiZHbqhy4RlZ5EajnHg97cZUruafifojVfxU+2hCdBNWuIE/kHt55Mka/ZuYthz5Ybtchq7Z67St&#10;Z8ORr03PvVZ0yBn482F4y/1+SP9CphdvxZoLM1y0sxpRf9i2Yvoio6Kd2LMWF8y2NTlpVq1221qu&#10;qhXmsAb9vlXS7VrlLghjPPb1X+fs3hvNxIStw6g33nM53j77XhNf7hSF1dtuKAEjVtHsauKv/RHP&#10;Ry5GfbGNrhaXYHlf9/LKmyvYTzVC/MhYLSdvL/fU3I01XQvSIhAxoGQMSXzaND+VYjNtbFix7+wT&#10;lDCL1Z9mwEqz2F39veNHx713ZEIIIYQQQgghhBBCCCGEEEIIIYQQQgghahLsr4UP9I8ShRBCCCGE&#10;EEIIIYQQQgghhLhbc2d/EgsTReWKitVqSf1OtLOPYaxWW7gJI0xdgZu4ajVOKHgCt1HVCh3vWNis&#10;ylD/ZGHwcnOXlfaxIFWFGTVSN4nltZIn2nfTRvSz2X7or2rhVkPZESawMJatYhRL3ASybPyw+2F9&#10;Wr66jxLkx8tqE78yr5o5FuVQUUWwPHaVn2upnFveQslVeaNzQ3uuNdEFIG+Yv2IqgjKMXaMhAFMT&#10;YUm5Y7gcqpbLrUYth/NzbYvy8mBgHZzo2o2wT/X7nnueWx1P3SByNYv640YzqW9nOfozHNqFpd4i&#10;AJMTUwCMfU2MhtavtWvN5BW4lIsyrFlu+Ar6A3svlni7Y+MauUms8DXVym2gzfdHY6u3ft/vh90r&#10;lmAwGJT1OmnWFcRYS0+StlvPYo6CpSW3z8VzXcuZlrdZe3zCUOadXLbS2TlEYpGS0Uy8H9vJONaG&#10;J0PTclf5vjEcWg63vCOtho0vciPWRBBrIu43jULRv0iVxhKqqS1HjetC/KhpfpzcUfZn17u7ksW4&#10;G1+RavtXWiz/ux5jrNTYJPc2le7zmRD7Qr3y924svpfcm/1b996RCSGEEEIIIYQQQgghhBBCCCGE&#10;EEIIIYSoSUBmMSGEEEIIIYQQQgghhBBCCHHv587+JNY0iwVhZQj70z7UpjA357iWKGwfWVP70bSA&#10;1PdXcd7Uqhw7F2GjcqNX6QaeeLshJaq9GWE+q80a0e9QCBV+boepYxWFT1yvNVPeQnSzsHrLuBDG&#10;Me93TVxvtHO3M4tFuXkdli96zvXn5wBotSyGmZ+XtUd2qmcr5jbuZ/Z8U7QSr43dSBXvZ24yi1D2&#10;+maNyry+MHnVoW7QHNIqj61KGLIKn/OuG7aaNGUvUe71wiZl425HHO4kkZKxBUS8wq4VcWkyGln/&#10;89ztd43ANO1cQTw3HFrcO52G5cYZj22+4py4Yq7ta625RUS9zeusuNfs42o0bXCrEau73oW8/rL+&#10;h52b5Xp78nKSWbBatWXPaM59s9wk7hc+N7H9dNyYVg+nWVGjvJpprMkqUyzEj5wwDN5Z9re298uB&#10;vn8nqU2b9Qde4ztKMq6/V9WEyTS+6VS3vefWxNjqMfr3nJqo7967A9x7RyaEEEIIIYQQQgghhBBC&#10;CCGEEEIIIYQQoiYBmcWEEEIIIYQQQgghhBBCCCHEvZ8D/knMNR0Nj1ZN0zCWNLQgw6HZkoLE64tz&#10;6jqN5vVQ4exjCalNGnajcqNGyDhc6FOXa6OZl5vejCTMGtHvMIp53MIIVvevoVUK81rpqp/mud3u&#10;rnh6X3PQ8niNMKQl0e5ed+8Cmh1ulm/zWlNrFDSsKJGbhZmo6llyo1VMUuHWtzLMWLnVm6VuUQnb&#10;Stjabme5GPlcebbkXl/I4YZuJiO1drPEci3up15erf6Bm8Li/eh/1rLn2i3LjbLynCt9Tfj4orxa&#10;/fstezwXF83w1u1M2lVvfzSwdltup4rne70Fu553AMjjfm3Ds3iNPX773F+lPzH+cWFxybM2rByv&#10;P1/4/cxNcKNhH1heK3kY6oDxyOYo9rlW2+qM3IrrI39uPLYxh4Wu022sz1i/sf/4eg/DXzOz72w5&#10;/jV2C13drqu/ot+pt59ELCt7PnIvbzV3ttuO/bIBcT/3V3tf5eXyD7qn8p0vB7FIlhfLHaP5sXN7&#10;ab7X7N+Puhz45fof8VxSrLjmj9Tvxj4QhrG47+d4frUx7vMNr9GnexH33pEJIYQQQgghhBBCCCGE&#10;EEIIIYQQQgghhKhJQGYxIYQQQgghhBBCCCGEEEIIce/ngH8S20ftdds0DWNBGLJuL0UYfdygU43N&#10;CFQbuFI7J6kZNCo3akTrtZTDGbrNKF7PwxDmb6RuFkv8zTAIRXuFV5h6e00TWJPCTUGF27Ly3E1H&#10;DZbr2bvH+9Z/F3swbnta7xxeVzW2MUesYsxZO0xd/nxY38IT53NJw0QVdpTSTV5LgyUAptes3+v+&#10;sm6uYXQJKUv8o3k/ymH6iorivpvD9vt+sxz1xfur3V/t/f2V99OfKsxpXk7aE3s/v1r/Srd5uVks&#10;TGu4Kayu381ldf1hYlvNRBZhHQ/scscNYp4nuH2LlXa/2N/iWsP8d7uJetxih1vNasJU1jCBxczX&#10;Keu5nK6wn8GK+pvss96NcrT32kgitk3zV5RjbUQQG3OxnKuRG81cadTXrL85V/fl8g+6p/KdLwdl&#10;lBvXby+rrKn94/1JfA01+/cjL0e//bvNPsMoV3yIBb4/NI1gq2w3Nft8xgYHGPt7APfekQkhhBBC&#10;CCGEEEIIIYQQQgghhBBCCCGEqElAZjEhhBBCCCGEEEIIIYQQQghx7+eAfxK7nZaOplnMnRkUxQ9u&#10;P/pXWzTcshGmr25YpOK2n0v3QzRrj3aD5v0kJEm1wczeyPxGluztnSjcctKULDXZJ0zRUHnbLzTN&#10;YvsaxYK72INx291fYSZZfqZpQhmNPMY+hy6FW5UQR8UktlI3X1VuP6kNNGGa8grDbBXmqjC2rGYC&#10;i+ebhpd43s1Zq9qZmu3H/YbJK8xaScvfS9025fWXQ6snnfB2vP5hbwGAdnfKrjfbv73lkNDEGnIT&#10;WOnxTFtdux7Pe3+a5q8wfVVur0o7EedV4t2MX5Rj/I3+DfqLAHTyjl2I+kfWLhG/iG81Xh5rLEhv&#10;uyzMLpd6W4WXs2g76or3/X49lsiNmNKmNW75xt7lOvlXyY1mf1cr1/tA9DPGF5f9ft1/j230b7Xc&#10;rttr9L/O3eZ4Vik367svln/QPZUPoGynOtejHEvw9pbjH6vd32/ZL+zTvx9xObXFO/S12AyDYVfj&#10;+1Gs27TxPaHeRZpjq4vxftNUFhvI3vXdm7j3jkwIIYQQQgghhBBCCCGEEEIIIYQQQgghRE0CMosJ&#10;IYQQQgghhBBCCCGEEEIIsX/CQGFU+/Ey7P30srRjfz/MNd+LVrJV3ixdldG826ynIdTYp/e1gaNx&#10;PXCZ0rJ8pGnqaJYbNMRoqz22THNA+33hR41FdDQyg1Geh00qoyjNSlIlZiMJKVLhkxBypWVrXKPs&#10;NOcs8+c6IXjBDV1uYKncyHJ3L6duaVnt/o+6HBOw2v39lQ/0/QMev2dG5Ysu8cSpkmqvfzfv/TDK&#10;sfBWu7+/8rJw7Lbvr1q210h8TS1jsQkTYsSqaRha1QTm9yO2sY/Xc914P+pvlledq7tZ+UBz9weV&#10;f9A9gMwtdavd/1GXqxAprnJ/f+UDXbcHGvss9TKG1Xb7y5UrKle7f4fL++lvs3xn53/s1sA+hvs0&#10;G18B/B03giUNs1juT4fQtOUvL4/JbhSjHgDteMBJcLvjqt+I7vnce0cmhBBCCCGEEEIIIYQQQggh&#10;hBBCCCGEEKImAZnFhBBCCCGEEEIIIYQQQgghhNg/bgtxftxmsfBepF5DGMWC1eqN+pp+niZ717av&#10;daJpFmtSi4jqC3sX77lmsb1nZFQMAcgzN4uRMijMNpZ4lNPMzmNXi2VeDppDa5aDGPJyS0L8eGju&#10;Q6vahn7E5SbNbaC5P65aUaMcVr8Y5/7a09oTP36aq/DHzV2T9S6EY9GHX3g3ltfieIVRzFZuVvfV&#10;zpl/ag5H9lzbP4Mzf6xyX1nhn+ct13iGmSyhZQ/Wn773Pu6a2RVCCCGEEEIIIYQQQgghhBBCCCGE&#10;EEII8WMlAZnFhBBCCCGEEEIIIYQQQgghhNgf1T6Wj9vnZdifuWa1602WrRr2RrM3+zp3jKj/9vV2&#10;mebzYRbbx9TjpPsZSBg9bjfN+m57eD8GLNLRnVFlFrEsWbaFFWO7lqZuNUntXlGZvaQs952t24Xr&#10;j6rSLCdlEloUD0bo3H7U5QPkh/5zdLN/+yknkc2r3N9f+UDfr2L6V7m/33LNncyjAyC6Uvo51vnt&#10;LWe+cFe7v2rZY97MndQ7FEah6GDsi02FWOL3qzqW0Z+932/eb76/6tzsp5zGmt272ttdPuDc+VGW&#10;f9A9IIlBrDK2/ZYPkGbuHDD7GW+zfOfHb5NelAO/cOfWfXwe3XHic6bhtNzPeH/Y5cxtXyT2Obrs&#10;HBvXwar3gfobi3/2+oZS+jmsn2H5rLzOMIylHuM07KBuFktkFhNCCCGEEEIIIYQQQgghhBBCCCGE&#10;EEIIcU8mAZnFhBBCCCGEEEIIIYQQQgghhNgfd9YsFlRuwIhawpATRp39sWzOMZq9abJcv1s6wqgT&#10;9/28Wj3N0d3RXxRDFlKXmxXuj2Z7tzNOP2yiG4VbTUpX/WSJdSiloijMTpJn0Uk3oPj15b6HISVM&#10;KhF9P0djbpahtppM+nWznaxupPlhl1fpVxW2pNtZjiRf7f6qZTstc0eTyPG5uuey2ir9MRChu6tC&#10;GLmwGs19ollejds7rttb32rc0Y2zyT0+d+8MzXxf7VPrR1Vustr1HxXRn/i8aMbjR42Ptwp75p0c&#10;/53NXTdyUoVZLYxiZvCkGv//7P33k2Xnfed5fo67Pr0vb1AGrgCCMAQBEKREI4otqWVaGmlGMzGz&#10;E9uxv+z+C/0n7EZsdMz2bsTuzMT2quXYlERRIikagB6ERwGF8iarMit95r157TH7w/c5WcAFCgUU&#10;CECs+34pShfnHve48xxG5BOfK2X5d+75Sl1imHtnZn5ZkuQXqu57q0PimtLzrWypa9tEdi/fnR+p&#10;aMfdbt1/Ddy5NQMAAAAAAAAAAAAAAAAA7PAkksUAAAAAAAAAAACAW/ngf1B7expIniyW81xijgsA&#10;+xWy+964vm37ypM33H6XK/G+63XTA/tjqdxW//H99ezf/lcqr0bem3k/Bu7TU6q005Ik+YE7KrVk&#10;lGxrzR2TJ6L0farrtl1KSp6osnNXl+zi196+/bFz5XlH8tf73M7LfbP9N922jw89WD7sn8NvNyEn&#10;92Hv/+ucAfNh224nVegm8qb9oE3865Is5g9y33/Ieed2Ew13fMjyf9i+3xmj+Tz6AaW3ed5OO3zI&#10;+t9u/+fvw9S9H1P3vvTy9+Rb54S8rC5RLCtJktJoRJIUTMzZbs+SwpKenesXC7Zte9XJ7F6RlyeL&#10;2SfJYgAAAAAAAAAAAAAAAACAX2ueRLIYAAAAAAAAAAAAcCsf/A9qfakeN/uTXH+qidveSQZzh91I&#10;IOvPg8iP7/s6l1/vlqlUb79fbue2+Y7+8t6u2wwd+bjl1e7PaNlpzbijtLMtSfI9l4CyvWkfS/OS&#10;pJ/98J8lScXUEsiirCNJKqT2GbqksdClmwQuOSVzfdKTS0XxbLs/Ne4j33a1z9wg89xgfL/bfj62&#10;brL/ptsyqav3zhDsL98ttvOEoZvtv9X2TirfTfbfavv27y+3bZ/ZTv/n22//7/59v4rt3E7bf8Bt&#10;36UL3Wz/TbddW9xYyuDa0o0lL3t7W/l9+2+WsJjvT/Pr74zN9z6/f/udffXu25/c2PnV3P+9tt9r&#10;369k+0POO7e/LZO3vdt8R/lusf1Rtv2vw/btjt3IJWzW3GwQyLYT10+x76kb2LE9lxjW8cv26VUl&#10;SQ898SVJUvXAfZIkFYfs3K7dK6zZdp4s1krs3VsILHEsyucZt/9OZDUEAAAAAAAAAAAAAAAAANzR&#10;PIlkMQAAAAAAAAAAAOBWPugf1PJUlB0uLeqd3pGp4z7ctvu4kYDjvu4r0I0EjL775tdzqUQ39/b9&#10;/aW60QDu+i4FpL/YN064xf36Iztu1sD9x33M8mLt9J77IsibNe5JcdPttKQwbV6XJG1fflOS9Pyz&#10;35YklVI7rpxaElmeNJZ/5gljebJYPobSvsSbmyfifETbOwk/750Ic7Pt207YkXlnstgtytu3vTNk&#10;b7L/X++23Pa7P/vZx5gsls8q+VP9cW3vJBn2TTC+W+KQt5X/jgmovy3fvj9121nfdv/5/k5DvPv1&#10;brV926l6efkS93mT/bfa/rD3f6/t99r3K9n+kPPO7W/LvCNZ7Bbl/ZW1vaS3zZu2ffPyflTbefv3&#10;l+/9bd/u2M3frUHbEsX6ukO9MFDXJYC1ApcoFgxLkpp+TZJ04rO/JUkaOfGYnVSesk8LEJNqdlye&#10;1tmM7d1bDCNJkv3/T/x/fnykrOYAAAAAAAAAAAAAAAAAgDuaJ5EsBgAAAAAAAAAAANzKB/2D2juT&#10;xfIr9H1/M/nhLtri9pPFHO9mGRnvni/Rd/u3NEB+/Xc/74Zb7L9ZcXLvKMAnIy9GniyWuOqH7jNQ&#10;Kqnt9lpCmLYWJEmdcyclSa/8yz9IkqrJpiSpkjQkSYUsTxSzRLJAlm4Spi7ZxbV14Bqhv8/z1KXM&#10;t/Pe0fdZ6D6L7tOSavKElp3aeZbgciNRJt9v8p703BgOXDxLfzrTTiJO35+fs9SNXVl5Es/KkfNd&#10;vfP65LXIXOpL6hJ2bsbfuZ39R/+z4O2M/bwcOfv+Rnu8XZD3sUvIyc901dk5L9nJobEdeRpVsNNe&#10;Vr+8fbq+peLkosza00/z9rT6Jr5dL3Hn5f0TuMQf711mJd/t69dz14o9GwvxTh/Y90FmY6CU2lgO&#10;U9vOx1DqWyF6ntt2fZP0zSv9qXh5nfIxlbdB2jc/5N/nfbYzz+V97+oepnb9QFa+/FnJr9fz3Vh3&#10;ovTtz0bsWV/liUL+jdEmvbXc+fcubSlvp3zs5vdLXd97boYouGfZc+Xr5WlNert87OR9nd83cumC&#10;eXvl5czn/37pTed1c2Psv7v82el/BvJnOB9reX/n7ZcpeMt8YHUN8rLL3Ch7/s3b65AnV72Dq7zv&#10;rpv3Xd7mN+aF/Ho3q2N/q9+MnX/jaHefnfS6nR32/U7fufnVCd1znD8D+fk7z8rOPGHyZ+5GKp5J&#10;8/IEJft023nyZD428/bPXB8nN5lf83kinxv6/7dJPrby8248e+5ZdufdeFZy/e1rJ+6MpZ2ksncf&#10;u7n+cZAnixXc3OO768RuDup6gWJ3zbabS/NEsUYwLkm66zNfkSQNP/ybkiQVx+wzn0yLlkgmNy/W&#10;29a25ZL1Ud6CNxtZd4L37hUAAAAAAAAAAAAAAAAAwB3Bk61o7F/yBwAAAAAAAAAAAOAj0Z/O8X69&#10;3xyID3r993nd/C+KLuHnRuLOLfyaR3Pk1c7ziXaybFzaVOB76iTbkqTIa9ox8bokaeOln0iSLn3v&#10;HyVJY70NSVIl3bJzXRJZHFiCS57IEiV2l9B94cXW5uWCpSYlXStNJ7H7hSVLM8p8+4xdmlMUjEqS&#10;uq1h2x9bmkpUtMSa2N3fi6z8CizpptOydKlSYMeXg6okqduw8lcrlqCTJ6p1fMthaWzbdSbG7H7b&#10;q9YO1bF9kqS1VbtfcWSXJCkPwGlvXJEkVWoutcmlu9Rbdp9SaPePuy5VKrLEmSBPO+pZvQsu6Cdy&#10;z0C7aeUJArtuEFkKTZ6qVd+288LI2jUq2v5u274fLth2KU9Gq1synDdsx3dDu+FW28rr+xVJUihr&#10;t5pLRvI7S5Ikle28ixv2/dTsnCSp2l6WJLXXVyVJpV1HJEmbqyuSpG7F6lOoWTkqLvUrbm0rcWOj&#10;WHCJOC7dqNN1Y8slcYVjM5KkxZ61ZT2zMhbLQ5KkmhsLU62rkqSgbmUJSpbU09m2MbcVWR3bkZ2f&#10;le0zCGysxvU1SVIxseOHI2vrXsvatFiyBKCOW6LQdclgpSG7buLGVM/1tReOSJKyjp0/UXDzT8vG&#10;VmfjuiSpPDFr5w3ZWLt61dL9DoxauTrbdUlSo2D1SQPri7JL1Qtl109alvpXdmNsJ1HMJRit1F3a&#10;VcHGeDS6W5Lkdey8YP1NSdJo1fpj3UUSlobs+HbHntnUJbT5FatfmNh1h3o2xmJ3XMOlAYYVa7di&#10;wdq73bP2bXfss1q1fvUD9+zUrb6RG6P5kpBaza6T74/dXFKquOu6Z64c2vFFlzTXdtVORvfbp1/S&#10;5sqiJKnq+my26trKjb1m4pKqIptviq6uq6s23qtubIyMWNtsbFiZikVX59S1lRvDO6luru9iz/ok&#10;de+iPMHLc1FgkRuTGxs2b+2es+et1bLyrW9aW09M2bPRc3Xc2ra+rJbsPk03djyXGDY8NiVJWtm2&#10;sTgxYm0ar16WJJUya49CYOXpyspZnNhr5y27ZyS2+4+Ou7HhytnL07ICezZ7ifXJrmGrf2vN2l2u&#10;XcrDNqaXW1bvyui0JGmjbvUYrlg9/I69d3otmxdLJesXr2DPXt0lUOYpmiWX5BV3XL+4sRS56K9m&#10;w75P82e44sagmxvWtuz+JTfHJHnymDs+cG/XJLb6ea6eZdfueRJaniyZ97fk76S45eluTfeuWo+s&#10;b/Y+9UeSpJE8WSyysSf3bpR7J6hn25l7N+wkh749NO6O9D7/FxwAAAAAAAAAAAAAAAAA4NcZyWIA&#10;AAAAAAAAAAAAcBM3ksUscuRGspilpASBp0ZqSS2hb0k4JZcYs/riM5Kkhe9+U5I02bFEmTxZTL4l&#10;3HRcyIkLFFMYWzpQ6BKtwsSyXnyXsJK4hBUvcDEokd23l9h1d5JbfJcollhyTiZLkOm27HgvsHSW&#10;8Qmry3bLkmI2tqw+U5OWmhSllkCzuWxpTcORJcZ4RStX1yUGLa1b/SbyhC6XUhRGLuEss/J0XbpT&#10;nlJXSiwdKkntum2XCFSq2vFFz9qjtW2JPZFLvCkV7fus51JmUktJKvjWa2ls2z2XwuQFLi4mtOSa&#10;zCWihS6tqduz+tSb1i/DLm3Gb1i5amV3fsXuv+bq13L1qgxbclHSsXL1Nqy9pnxLFitWrB0XA0u/&#10;6XYtymh425KCau7yvrvOqos66lWtnFsu7avkkptGKkWFLrWo7dKCIt/qOlK1Onpue6NrbXJdLlmr&#10;ZklcsUvmCRt27UOplaXoEreSTTs/K1k6UDpi52+mVqa12CWAuRSlgntOXBOp0HUpdS5VqBDaee3Y&#10;rt9wfdRx57fzJMLA6hXK0orkErBqboyMhC4RzKVPNWM7f6NoY71UtPpPppZi1XMpc/WStW3PpdUF&#10;sZ0fuQQtr2vPgO9Sjkpld//IPhtdK9d25hLWQhvbeTkm2xckSZXQzq8HdpwqLjkttgSzjptY2u6Z&#10;LLmZZiqxxLSsZ/UMhyckSasNV0+XJOaFNmY9l9qVZq7h3BjPU63ydKZu26V0ufYeH7Vy53NFw43x&#10;QsnKE+QpWgVr55W6lXstsvZTcUhVz80fbh6otG2cryzauE8qk5KkrGTzQ2loTJK06RK9SqmdX3Gp&#10;eOsuCWu06upUt+tUXCJf5urciF1aXOIeGPf8er5t53XKw+Fa21b3atmu23FtELh5wHeJjQ03v9SG&#10;rW16LrEw8q1+hcSNEdfml1Zse2zM6lV2yZFV3z23LsGs3rHziyPWdoHrk5JLFCz6tt1y833Pt/L0&#10;XPncI6Oiu37qkr6Ghm3eSQIrz7UtV043ZvI+rbmktiHPJTC6ZDAXSqiVbSvvRmrtWHVJZUEvfxZc&#10;O7j5Ok8EC/L526ULuqlA11etnKOTNsekbp51QWiK3bPlu/m66IZu5NohcPN31z0rSf7ec4mNvjKV&#10;XF/k2r7tWylYqtrc5/5UkjT66JftAJcEmLhCBu4dol4eJWbnu8DQ/DG6o5EsBgAAAAAAAAAAAAAA&#10;AAADgGQxAAAAAAAAAAAAALiJ95Ms1nKpQnmyWJRYcs6aSxa79p1/kG4rWcy2056lqPRcmlOvbIk9&#10;eUJW4JJfSi6ZpeCu10lse83dYHzCEq1aG5YAFG9beXZPWGpSt2uJLysWwqSh8V2SpJ6ra9Kx+o0U&#10;XRJN0+rRrFl5tlqWFDM9bNcrucSfRsMlxlQssWa1ZdfzXXrRnmG7b69jqUorLatv2SXW1FzMS2vL&#10;EmvC9O0JOWnXJd+4RLKoaOflfwbv/3N4nrKUedYuhaKVt+lSZ1quI6KSSzQKrF5xYg0TxJa4UyzX&#10;JEle2dqp4dq5JTtvpGL19lZfsuNDK19cOShJam9YuSc6Vq9iwcp50fVDUrOEoHLJEnpClwJW7Lry&#10;d2N5vo2VYsGloCU2ptSytqzIxuJG3e6hmo0Bz33W3eFF16azqR2XbVsd81SorpcPTitjx6X/NFxa&#10;UFK0RKqsYAlkvba1WSW144Y8OzBs2/V92RjKapb4U3fpSKuhna+ifV9KXSKZS4NKmjZmS7Lrld1g&#10;32xZ+Te6Vs6hkrXVZGLpTXHHpcAN7ZEkdSO7T92lTpVcfSZt6KjnxnbsEtCywCW1FW0MN2LbbgZ2&#10;nWpo5ZnpXpYk1devSZLSMUs6a7pnOcrHrOu3Vmb1rrr4qNGuJbz1tqzc7tFTULWxlrqEs8yVP3aJ&#10;SNuuvbPUyjsyZMcHPdfB7rO+Zs/+lEsWy+uXp+nNzlma4HbT+j9NrH1avo2vtdCe9VacqZAnXHn2&#10;XIwFdo3A1a1ZdAlXqbVVElqZ4tj6YjRyfSsr+9aWtfm4S/DzN6wNSy4Fqi13XZciJ5d2V65Zslfq&#10;uXnCJXp5nrV1seASx9zz3XApc+WKjbHUt+ttumSxyRlrg8261a8g+77atLbz3Ltg3iV5lUft+Sy6&#10;NLs8zW2oZvXd3rJnsOfmqRE3sUcuOc139/cnD0mSNl0iWOgSKmsueqvu5r+Cm99Ko/YMb7VdMllm&#10;9cwT1vL3QJ6al2y7OcDNu0HV2q3tErsaoXvmKlbuSmLl8HvWXr6LBut2bLvdfvs8XSpbf7RcImLi&#10;5tcktn5wAWPyEutvueuU3TMRZtY+jbrVu+zGcN6vebKYl0nlvmSxVvD2ZLHZnWSxL9oBLlksdtFh&#10;YX+ymDvfFVUhyWIAAAAAAAAAAAAAAAAAgDsByWIAAAAAAAAAAAAAcBO3lSzmksPWXbLY1W//vfQ+&#10;ksVciJKixBJ0XFCYkp4l8XRd+tJ60dKKrq/b+fGGXe/grH0/WbMUoEsLVyVJ511iz13H7pIkjYaW&#10;7OLXLcVoyKUORaFdv1mxxJoVl1hz9fqKJKnqkrb2zlja1JpL4pFLxOm45J+4ZYk89U277+J1u49X&#10;sKSYdXfdcsFa8+iUnTc3Yck0XZdMtLBgyTt5ytNk1b6frdln5NKpFFsiTVCw8jU6loBzZcGSgMbH&#10;LQ1qaszSZfLrZS6tKnCpWG3Xp2td+7zmEn4KE7Z/csbSmJINS+1qbVq7rTftfpeXXWrWsLXPkYOW&#10;crOvYu2RuMSjq8vW4VFs9zkx6RKBrFo65xLkvBFLwWpt2o7ExXg1lyxxaXNtXYnnyjZp95qetHuP&#10;FqxNhl2ylt+zMpSGrQ5XlqysV5ZtzB7ef0CStGfI2nDzuo2d0SmXDrVtaT9dlzTlu7Smaxv2fd3V&#10;ZWzWrlNwqXd5ItiwG8xJ3fqk5MZSUrXynF2z655puBSlrh1fc0lZ+1055txn3aU+Xb62KL0l3Whm&#10;yvq64lLghrp2v8ylPXVrlhq1nthYf+OytU+1bOV5wPVZp2HP6tXrdn6jZeWIXDpeo+vSr2r2zO2e&#10;tLF196g9q6vL85KkeddnV9dtzBRcMlue/pQWrL/2TFq99rh+q/rWbmcvnZMk7dpvz1jbt/4+e9We&#10;yYUNG1Nt11556lUlsmdr17g9UzNjlkg2UrTvvcTq03BjvNO17ZZLWlpYui5JClx5yxOWnhVMHZYk&#10;1UZGVela36/Pn5IkxevWF1U3xubb1sZbcsmFvn2GgZWh6uZNr23XKYX2/fE91hYTmZUtf147mZsX&#10;K9ZmqUsqW2vYPHRtyeaZdTcm89l715z10czMnCSp59LU8uSwrW1r87pLp0vyZLAhazu/Y9eb9Oz4&#10;vbtsDK3K7r/s+rgT23mNunsPRFbeSTfvDFes78ZdMuPamRelt4zlPfc/KUnyMuv7oY5LVvNc8lrP&#10;2id1aX/nr1u7bHbsvnv22rO3umJ9V/OtXJMj9myEmUtwdOWMhm2eb0dWvgvL1o5532dbNvaL7rxp&#10;9+zNztozkiepxS49cNP1w8qaPTuee58krr0jz93Xzdv5GN83ZfefdHNPu+HSDV16YOISFROX2OhL&#10;Krk0zcy9M1t+nixmdZp92iWLPfIlO8A9Z73UlcGdJ9cWWWBj0wWPyQX93dFIFgMAAAAAAAAAAAAA&#10;AACAAUCyGAAAAAAAAAAAAADcxM2SxXyXpOQHntqydJ/QcwljmSW+bLhksWv/9HeSpIlbJIsl7uJ5&#10;spiXuS9cckuvbMkuF31LYvnRi29KkjYvWArU059+VJJ0aHpMkvTMcz+TJP3syhVJ0uGjllT1+PF9&#10;kqQTM3Y9Ldj+PHHG22UJZKeXLQ3pe89YPXzfyvPEw5+WJA1NWMJONnlMknTmiiULvfq83ffC+TOS&#10;pDi1BJnMt8SzXmCfZQuM0aQsQeizDz0gSbrr7k9Jkn7yi+ckSadPnZQkPfXI3ZKkx49bPUqyJJss&#10;tuQbv2jpMK9csHL88/delyQdOmSpMk88atcdc8lqcolqYdFSaba6Vr/XrlqS0Leee0WSNLzP2ul3&#10;fu8PJUkbF61dfvDtH0iSFtcsnartuiuwYCVZro70P33taUlS2SXj/O23fmrHufSrP3jSEoEmXTLc&#10;Wu2IJGl+0wbGC8+9Jkk6f+q0JKm9ZOWrVTx1fUs/arrBs3vfXknSZ+63BKgHd1tbV31LLxpyCVrf&#10;e9bK8OyLliJ0933Wh4986iFJ0uyQjcGwfkmS5MUuHa1oter6VrYfuD66NG998fQTVvYHjtr1tl3K&#10;0WjV+qbdtr6KXfLYqQV7Jr73ovXV5S3rm7o1jSoWIKRDNtT05a9+zfa79Le//OZ3JUnTEzbm//yr&#10;j0mSZiIrj79lz4bn2fGtgvXlmTVLLfr7n9kzVKlZO37t8XvtuC0r11/8w7OSpLoL0RsZsXIvb7iC&#10;lSxpbHbcUqZ+6yHry6GKtd//71/s/KVNq/eoNYM6tqmmG4p7pu06n95r5Xv8ofskSV7RrnN11fr8&#10;pdfPSpJeOXNZkrTatJQm36U4+fk85ZKX9s3YdfPks998wtqnXLBx0epYxa7MW4rft779I0lS25XL&#10;hUHJhQYqG7Z0rk8/+IA+c7c9h9feeEGS9PPv2eeKPc6qu7puBtY3HZeCV63Y81ZsWXJVb83mwyN7&#10;7PunP2XzzyN3WdnbLgExK1sfFYcsPerCdUug+tEv7L7nL9uN3dCUC7RSxZXjyScelyTt2W/z38/d&#10;ea+ftnnKL7hkRZeQZaWRAhsqOmCPp058+kFJ0nzHjv/BT+06cdM61QWTKXHn7T9gSVz3PGDz5oPH&#10;LCXu7M//WZL0y59an5542J7ZJx6yeW42sWSxbsOl+g1be19turH1TzYvByXr28999jOSpNdf/Lkk&#10;qXHd5qXPPW7Xu/du++y4OK5zC9Z+L521FLzXztv91tbtWXcBleq5ZzFw7TozZ2P93vtOSJL2HrT+&#10;unTVxtAPfmRzS6tp7Rj6LoXTvQci1y9uqOvRe60/7t5nY6sWueMy94w5qZs/vUwqpm/f13TJYHmy&#10;2PTn/0SSNJ4ni0X2Dui4zin2JYulgY0tt6nI1TU/7E5EshgAAAAAAAAAAAAAAAAADACSxQAAAAAA&#10;AAAAAADgJj5Isljk2WeQWhLM5suWKnT1W9+QbidZLLXorTS2Hb0hS6g5F1iSzDe+9xNJ0tVTljL0&#10;Z7/725KkE4cOSpL++h/+QZL0Fz+2dKjZXZIkfeG+/ZKkP/mCJdGMbVvCzPKyJf1on+2/smWRMn/5&#10;je9IkrouDenP/+DLkqSJGUuUefGyHfe9ZyzRZuXaeUnS6LCV/67DlojjF2y75xLGunVL6Fp908r3&#10;6fvtuMc++1VJ0neetfr95JeWLPZvvmzJY79xnx2nhqVWpS5CaGjKKvjcaUu4+c9ff1GSdOyYpcb8&#10;3pc/L0ka8628iat3oWQJQfXMko9+edn653/9h19Iku573NKyHn/8C5Kk579vaVSnXrdEomP32n1H&#10;Zuw6G01rx+sXz0mSfvdhSxY7tMfStv7v/9+/lSStr1v5/4+/f9T2H7HPNzdmJUnf/OHLkqTzZ63+&#10;Y2UbjUemLbpsbm63GrLEnDwl6MqKSwDr2hj8wy/cL0k6MGltfuSAtd13vmdj87/80xuSpOKIlf2B&#10;hyx96cuPWbLV3t4FSVKhZ9ffjixVqB1Yys8/fteSvS6dtzb9o6+4VKi7rc02Fy21bmTIyrztxvRG&#10;1wb9P/78JUnSL96w9Kj999n5e1zqXWfB2nhj0Z6dx3/D2lI1a6P/x19ZOtOkS0L7v/zuw5Kkmcyu&#10;V3Epf4Fv+7sFS7l6+boN5v/0T3b/2pglEv0ffvcpSdKGS0T7T3/zL5KkoUlLuXroAUunW1u31KRr&#10;6/YMX7tk7fTFBy0l6ehRS4n6f/5Xe3Yqo3bfB+6xVKmkZ+lJF66sSJLWr9uYOThkz/p/+8e/L0lK&#10;C1buv/m7b0qSXnzVnvWxKUtS2r3P7lOpufis2K7bbNg4WLpqz1Zj08r7+Ses/EeOWP/MzNl4ePEV&#10;G2P/n//N2vPECRvT9x6zMbuwaClVv3zjoiRp39yU/uzLNn9UE2vj86/8UpLU9G0stcaOS5JeuGRj&#10;8cw1G0NHD1sb3TtrxwVblmi1d8TG6N17ra1GQ0tqbLXtfL9sY70b2HP605fsOfyhS+YqDduYevTx&#10;JyVJq6s2Bs5fsjI/+KAlgp1wffiNv7f58ae/sL6770FLhds3Z2NvVNaG6trn+IR9P3vYnqnnLlp9&#10;/ss3viVJun+/jcl7j9sYvnrVUu1OnrU+q0zavPpvf/e3JEnRut33n/7Gzh8ft3fK//iHtn9PZm2+&#10;uWX3SaasPZ+7YO3xv/+dPcPH77Pvv/SkpcY9+22r1+oVq//vfNXSAu970D7PzdvY/tb3LQHs5Tdt&#10;DA6PWX+cuM8SyEbtEVfg4uWuzls/XZq3cs3ttxTDx56yeXHRpd/91d9akuZhN8b27bKxVPJcwmTL&#10;nuV9oza2j8za+2zaulVDoUWyZW2rdy7JLOvNU7qTLJa/n9+ZLPbfSJLGH7F3lSJ7B9xIFrO2Tlz8&#10;W+beqUlq3xfcu5hkMQAAAAAAAAAAAAAAAADArzWSxQAAAAAAAAAAAADgJvI/pCYuWSxPGvHekizW&#10;laX2BJ4l4QQuzaj+4jOSpCv/dHvJYn5iSS9dl8LUqViyzeWypTT93Q/t+udcstif/8nXJEkP3W0J&#10;XP/7X/5XO+5Hr0uS9u6zFKHxxMr7xQcsyerxuyYlSd2eJcO0Jy3ZZ6FlaVF/+/eWjuRbCIv+T3/+&#10;55KkZtPa4C//8TlJ0tmzlqR1/+EZSdKTD1sq0d59dr1SxZKDNjuW6pS466+8aalGwyVLd9lzyNKh&#10;/unHz0uSfvDKa5KkL/2GpV49fcQShtL1eft0yWJjuywZ6PkrDUnSX/6Dtc/x45bm9LUv2PnVbTsv&#10;aVh/FMuWWFP3LX3m1VVr7//s6v0bT1si2cysXefrf/NjSVLssln+9M//jSRp1247v71pyWaNa/Y5&#10;3raInqkZK99//Nb3JEnzy6clSf/zH1ni0dz0bknSN79v5frus5ZsdvyYnf/0Y3b/xw5Z+/oKtOVb&#10;267GFsvznRetD/75+9+X3pIo9plPWV987vFHJEnPPmeJWn//jKWXbWeWGFaoWXrdE8dsrPzRcTt/&#10;xLMxs+HbcU1Zmb77favLuksQ+7OvPCpJOjBiYzho2ZjyQtuuu3Sg9cQ+//K7P5MkXVixsfAn/91/&#10;L0k6cczaqrBmqVGnXn1BkjSyy9KKljJLEvrf/tHSrKZrNhb//Wetbcbblqg1bo+QwsDun5StvV5b&#10;s+P/r9+0sTc6Y+lH/+d/90VJ0oVLlo73f/srGwMH7rFUpj/4bUu9S10C0YWrln709b/+C0nSkQlr&#10;lxMPWXrVX//Ano19Ry396bddmt9wxep/7rIlij37XbtP45Ilqf2P//2fSJIuusSx7//wB5KkkZr1&#10;829/0dKc9u+1NKtSYGM29K1cW1uWhnXyDUvfeu7FVyRJPTfJ3PMpq8/nP/8VSdIvX7L9X/+vlgr1&#10;21+1RKanXMLc8rKlUf3F1y3hbOnysv70N208fua4jdtCz/pweM6SDS/GlvL0X599VZL045dsvH/+&#10;szZG/u1nLIGrWLexU25ZXUu+Pc+hm2w7ic3CWcme+9Vt2/7Bc3bdl95clCTd+6Alfv3bP/pjSdL6&#10;pvXN+fPWl6WyjZmJaRsj//xtS4175aS10Rd/y/r2iU/fa8c3bAwlbZuvY8/6tlOx+fLbL1u5//bv&#10;LRns333JUum++LTNM203z/3H//d/liS9uWTvh3/3+5Ya98QRu86z3/orSdKl05Y09odftvnv/lkb&#10;I82WpWitFuYkSf/wU0sDfPm8zS9/8Ad/IEk6vtuV6xs2FhvLlgT2ta/Ze6EyYWPlW9//kSTp5y+c&#10;kiRNTVm7fuHJz0qSHr3f+qWzYP21d9r2t3vWIacvWL3bsmdqbNaS4l49a+31X75u8+5XfssS3j7z&#10;mNVnuGDnd9fs/NmK9WPZpRa2liwBrhLYi6ZYtLkndW/d2HPJYpnemSwW2r6dZLGn/0ySNP6oPc9Z&#10;aO+WjjujlF8zdclivu2PM/u+5MYeyWIAAAAAAAAAAAAAAAAAgF9rLBYDAAAAAAAAAAAAgA/Iz+zf&#10;276TJ/8tWSSe58nz3n82SX5Nz/3LFaOSilFJXprJSzMV3b9y6KkcekolpZLqvabqvaaWu9v2r9nW&#10;crOtXXv2a9ee/Xrggc/qgQc+q61mqK1mqO/95GV97ycv6+xqU2dXm0pGppSMTKkdltQOS6onvuqJ&#10;r83U02bqqa5AdQXa7Gba7GY6d3Fe5y7Oa+X6olauL+rIvt06sm+3vvDpe/SFT9+je3cP697dw8qW&#10;zypbPqtC/ZIK9Uvy18/JXz+nXdVYu6qxnjhxWE+cOKxDs6M6NDuqrLmprLmppNNW0mmr2UrVbKVq&#10;tDtqtDvK5CuTr1KlolKlomq1qmq1uvP9drvn/knbbanVTdXqpmp2YjU7sTpd+xdFkaIoUrFQVrFQ&#10;VpJKSSp1e5m6vUxZLGWxtHF1SRtXlzRTLmumXNbkmK/JMV/1+iXV65d04cIbunDhDS0vXtfy4nVV&#10;vJoqXk37xvfYv5kx7ZsZU31rWfWtZbWTltpJS80sUDMLtJ1UtJ1UtLSRamkj1blLV3Xu0lWNDpU1&#10;OlTW73zps/qdL31W9x8Y0v0HhlRonFehcV7Niz+TFl+UFl/UdLiq6XBVj9wzp0fumdNXv/S4vvql&#10;xzW/sKr5hVWtt1tab7e01LJ/i1t1LW7VFQ4PKxwe1tzBA5o7eEBdL1PXy/TK2bN65exZnby2rpPX&#10;1rUZDGkzGFJhdE6F0TnFYVlxWNbGdk8b2z01e1KzJ6VhTWlYUzstqJ0WFFSGFVSGlaSpkjRV6Nm/&#10;4XKo4XKoSD1F6qnXknotaW29rrX1uk6dPqdTp88pixNlcaLDB/br8IH9mpqd0dTsjDa3mtrcamql&#10;3tJKvaVWLLViyVMmT5kmRoY0MTIkP0vlZ6m8LHb/evKyngJPCjwpc/8SL7R/WaokS7WxVdfGVl1d&#10;r6CuV1AjztSIM7W6XbW63Z2xMzU9oanpCRUKBRUKBbXjRO04URqUlAYldVRQRwU1OpkanUyb221t&#10;breV+pFSP9Ls7KxmZ2c1MjqmkdExtTtSuyO1uola3UQvv3FGL79xRmGhpLBQ0hMPn9ATD5/Qw0fn&#10;9PDROQ3VL2uofln+1ZflX31ZI/XzGqmf13DrqoZbV/XkicN68sRhPXTPET10zxFtbra1udnWtcU1&#10;XVtc03bi279upu1uttMOK5sbWtnc2HnmRibGNTIxrum5SU3PTapQkEol+zc2XNTYcFFR0FEUdLSx&#10;fEkby5cUt1cVt1cVeW1FXlvD5VTD5VSTNfs3FDQ0FDTkb8/L355XoW3/asmaasmaes0N9ZobUppJ&#10;aabA8xV4vuSlkpcqyzJlWaYkkZJEWllb08ramt44fUZvnD6jZqunZqun3fsPaff+Q6oMj6oyPKrl&#10;tU0tr22qm3jqJp5KtWGVasOK5SuWr81GS5uNltqpr3bqS0EgBYH8QPIDKYm7SuKulCb2L/OlzFfP&#10;j9TzI602E602E210pI2OpFJNKtVUGRpWZWhYvaSrXtJVrVZRrVbZGdNr29LatvT6pQW9fmlB28UJ&#10;bRcn1Bvapd7QLi02Ay02A526tKhTlxZVrA6rWB3Wvn37tG/fPnU6LXU6LW1tN7W13dRyPdNyPdO2&#10;V9S2V9T1ZqbrzUxnF+s6u1hXZWxclbFxfeUrX9VXvvJVPfbAPXrsgXvUvH5RzesXNRbGGgtjddYX&#10;1FlfUNpcUdpc0Z7pYe2ZHtahvXM6tHdOpUKgUiGQl2Xyskwjo75GRv2dZyEsVhQWK8o8X5nn78zH&#10;SeYpybydedv3Q/l+qJGREY2MjLzjPfjW7fy5zsfCO97H7vuby9+a+Zb9X+Zlyt560zsYi8UAAAAA&#10;AAAAAAAAAAAAYAAEkvQf/sN/+A/9OwAAAAAAAAAAAAAAJnMpJJ5LDvMzX/I8yZe6SUdZlin0Ezsm&#10;60iS2lcvKEsz1c+dliepmrTkSSqkHXmSPC+WJyn1JU+WcGTXDtx1fLtzmijLekrkyctibfdSeb2O&#10;Ll9dUJRm2mxtqVCQ9t51UImk4sio2mmiywurCsslXTy/rG6nq9988ksaHx7X3MSkDhw4pBdffl6N&#10;Tk/nr57Xq2fPa/rQfq21exretV9esaZr9a56XlGvXFhQHJQVB2X1gpI+de8Dir1IF89fVLPT0cLC&#10;qqRM99+1R2PDFd09U1I1zDTqbymMm5osNjVaSBV0N1SIG4o72yokLUVpR+rUVUo68uKWIj9Swc+0&#10;te0pjXu6tr6tMAh0cWVVYejp6NHDCsNIsxUpjhN53W0lSSqlqdI0k6KS0jTVasdXFEV69cwFeYFU&#10;G64pTlPdd/SgfN/XTNVXuVxW3GlInqfM8y1RqlhVEIa6spkok/TayfPKUumevbtVCgId3j+qgt/R&#10;+ExLB/eXdfHKOVXKPf38F6d16o3TGiolur4wr0Ja1tZGQ2OVUFmWaqy6obDQ1vX6OcVa0fNX55X6&#10;Ta23Wkq9RJ++50HJK6vZStXqSj9++ZdqdDZ19z0zmpgu6b79BRWCjnYFayqlTQ1vXVSxt6kJb0vj&#10;RWnc31bJT1SL1xWEkcaCtuLOtiaKmS6eu6BqJIVeW62tDR0+uF9Z3FV9u6lyMdLJ10+p12roy7/5&#10;G9o3O6Hje6Z19/4ZvfqLn6jT2NCbb57Wq6cv6PiJT6me+AqLZXVTqdtuKksTrS4tqVIqaWt9Q558&#10;7TtwWK3YV214VL2grDD0FQdFpXFHqRcoba5KvaYqYapi2tTk1KSO7J3SlauLGilJ3//FKb322iml&#10;ynTl2nXNDvna2m4qS7vqxrGC4Sml8nR1oyv5gV67sq4gKmh8dEh+VNTDe6rKvECFzro6vUTVUiQ/&#10;jJT6oTI/VFoYUuaHOru8rXa3p19ebijzfA1PzimICjq2Z0LdOFEnThQVS/r5mSuS70thUd1uVzU/&#10;1drKsq6eP6trVy7qx88+o9MnX9HC5ctqb9d13117VauUdeTue1SrVnTy0qKKxaLWNjfUaNQ1VSuo&#10;vrmhlYUrun5tXj965lm9+fprOvXyS1pauKr775rT5MSQ9u3ZJU+pnn/1dXXabU2PDalaKurffu4B&#10;7ZkaUbV+SUFzVbuyZY2qodlsVVN+Q+HWVZWa1zVeSDTmNdRptRW2NzS7e6/2zYzrxdffVCmS1htd&#10;Nep1feqRzyjLMm1t1RVFkd54/TVJmYphoO1GQ83WtuavLeiFV1/RqTNndfbCvNY2tjQ7U9Mjxw+q&#10;Uh3SeCVUmkleb1ue58mPygqCQElpXFHg6+zlBflKdP7cRSXtlh44tkehYu0pdpS2G6q0FhWlHY2l&#10;dZUUqxylirye/KCoYuCplwbyslSNVkfddkt+VFboeaqMTmpmelqrjQ2NjJR16sySVlfrOn3ulE6e&#10;PKnh4RGtra2pVCmr2+2qXK4oDEN1uj15nqfL81ckZboyf02dTkeddlfLS0tqtZq6urCoKxfO6uKV&#10;BS1fv6b5hSVljXVtrS4r8lJlzU1tNDsqebHmF5dULYUKy0OqN9tarbd1ZXFFz796Sm+ev6ILV66q&#10;vt3S4X1zGh+u6L4DUxouSrtKHXndhipBovHhiq6sLKo2UtQrZ1Z08Xpd03sParGeqDR1QJ1oWD95&#10;+ayur2/rZy+e1Ua9oz/4vd/Swf17NVYrKYu7KqZt+Uq1snBVlVJJjVZLYRTqnocfl1+o6NJaR1vt&#10;RN995ida2Wzo6JG7VB0a1tOPntDYyJB6y+fVbaxrxG+q6MUaLgUqhL56va6yLFO7kyqOE3WzyFIY&#10;w4rSzFPbKytRoAtLW+op0KmL1xUrUtsvaa3R0ZXFFb1x7rLmF1Z05vJ1bdbrWtps6uyZ0zpzeVGj&#10;o6Oqd6XRsXEF1VFt1Rva7klhkCn1fHmypK9Mkb0gJUVZbN+5d2bsFSRJ22FVklQ7eL88z1N5zxF7&#10;T7v99oaWAnfNJHEJdb7tlwJ58hS6rfefC/rrh2QxAAAAAAAAAAAAAAAAABgAJIsBAAAAAAAAAAAA&#10;wC1kLonEckckL81jwKQ460nSO5LFOgsXJUn1c6clSZWkJUmK3H55lo6SuIiP/mSxIMvkKVUQxgqC&#10;WKVyWcVIyvyKyoGvN89elh+nurzUUNKVjj94j/wg0vSuvQoLRb128k0laarNhXWFSnV03z4l7W0d&#10;v2uPpidHVRnydeiuAzpz6ZI6qTS/tqgzly5raHyfVjeaioZmFUbDeu70FcV+WVFlVCrU9ORjjyus&#10;DOvSuUtKvFAvvnRG9e2ODu8ZV5LEeuTYnCrlgvz2kpR01dq4pk6zoVIxlJ+liqpVlYoFSZ58T2pt&#10;1tXpdCS/oiTNFBfG5EeRLixtSb6vn7+6qGYz091371GWZTq6Z1xhoahK5CkqlpRlkheEUlRVJl+L&#10;9VhZJr1y8oKUSseOHFK1UtHe2UllmeS3t9Tpxkq6LSWpFBQryrxAraygNPN0ZcOSdC5enlcU+Ror&#10;++p2m5qdKqjbqWtssqOhaqYDh4Z0791T6rTWtWvG16uvXNX8/ILOX7isN06fVqkcaGFlWSPjDTWS&#10;hpJSLL+c6bWFLQUFT51eqEKhoAeP3S/PL2hra1vdXqoXzr+u2ItVHQ3UTtt69N6DCgsFDSUdKQtV&#10;aKwoS6WyUmW9TF6vp/WttrqNLXWCirxeW1GpppFyUa+/ekolXxobH1IhCLR370FlSaal6yvK4kTz&#10;F68qyjI9ev+9Knupjs+MaW6opJmhou49tFeXry0ojEJduHJNb5w5r2q5rJW1dR09ckTV2pBe+OUL&#10;6vViXb26rnYn01NPPaFiuaZiJKVeoObmkprtjoYKmXzfU8XvqRj6CrxEgWJVRyY0Wi2pNjGruw7u&#10;0XIr0/jYsF599ZyuXl3S4oULeu31C+rELc0vrmj34fuUZL5WOpIfFfTDX55Sp9NVpRCp00305L37&#10;pKiikaLkFWvaqNfV6En1TqJGN1VWnlA3C3W9V5Kisl6ab8oLiyoOjSnzfB3fM6Uk9bSytqZunOgn&#10;r5xV3IvVbrXVajTUXZnX9auXde3sm1q8clGVKFCYdPTA8cM6tGdGD584rt2zU/LDUH6W6Ccvn1LS&#10;62ptdVXt5rZ6G1d0/eolXXz9ZV05d1p+2lHS3tLDdx/Rwd3TevzEcR3cM6dKpaxiFOiNC9cUhQXV&#10;qkUFQaiHDu+S0kxR87rSuKtaZ0XqtVQuJAr8VMWsp2KQqtFoKek0NTyzT9VyQcvNVGkS68xSQ+Vq&#10;TUlhRFGpovLIpNY2trS8ua1mN9G1awsKoqKuL69odWNLG5ubura4rFdOXtaly8samZiRF5T09FOf&#10;0+xITWFxSJ3NDTWasQq+rySLVKqNKQhL6hSm5AcFXbq2qiiIdGV+QYHn6Z6De+WlmQ5PlBV4vkbU&#10;UjGMVOg15MtT0moq6XQVRBX5WaY0CBT4mYJCWYUoUFQZUqEQKqwMqVYtKwsjTU9NqBN3ND5eUavT&#10;le9JJ0+e0pkzZ9Vst3T58mXNTE+r2+loampStWpF165dV6lY1OUrl6UsVavd1najroWrl3R1/orO&#10;n5nXxcvXtbm0qqtXVzVW6Wq7saW9e/eoEEhbXV+l0NcPf/q62tsdra4taWlxQdeXlzU/f0WLi4ta&#10;WVnW2GhVpWKopx77tHbNTOrYngmNDZUVNhaUdrdVDDIVQ09dhZqaGNfZ+UXJl2oTu7Xe7Kk0vkuN&#10;2Ne/PPMTLa1taGZqWJMTw3rq0U9pdKii8ZJU8lOlrQ0p6er0668p7ra1vLmtOEl04NgJdXupun5J&#10;fhjpytVrqtZqmhkfUhj4OrZvWmnS06jqKgSZJkupypGvpUuntb25qkrkyU+6qlUrKkeekiRRpERx&#10;5slLulJYUKBES2ubCn3p9PkL8pSo1e2p1Wyo1dzW5uaGrl26oIVr17Q0f1FX5+fV2VrR+vq69s+O&#10;q91ua6xaUJqmKgeZoiiSn9p7Mk8WS71I8iztK1CqzPNc9penbhAp86Rm4JLFDjwgyVN5z2F7qfYl&#10;i0Xy5MlTkrrEUL+cv9nlSSSLAQAAAAAAAAAAAAAAAADuDCSLAQAAAAAAAAAAAMAt5Mlivssa2UkW&#10;86Q061kaiZ/Y3r5ksca50/IkVeOWvA+QLOYrlrxUXrYpZW3FWaw02VaS1eRnic5eXFaY+bp4va4s&#10;lo7ec5+UhJqYmZEnX6+98LKyOFbj+qKCrKP77tqjIG3q6KExVUuJxsdD7Z4b1dLmZY1NlPXG2S2t&#10;b3YVJ0Vdu7aqkekj6nZDvXJxUalXVr0dq9n19NC996gdS2srK/IKRb155qyyQNq3e1I9Zbr/yJyy&#10;IFDa3lIiX8VioKBYUTNJ1U09tf2aummooDiiLCirF3tKg5L86rjSqKhGMKQ4CPXLUxe13e1qq7ul&#10;StXXQ5+6X+VyWfsmh+SHkbqthuJUarU66iaZ/GJVqTytNhN5nqdX3zgvz5OGh0rqdtqaGR9Rp9NR&#10;2Y+VZJKyTKkXqlAekfyCekFJXhDqwtKW0jTVqTMXlaSpjt+9R8VaUXcdmVOxUpCX1uUr0+zUtCaG&#10;hzU6sl+H9h1QGpY1t2tK1+ptxWGgF06/rtcuXdLcgZKuNxuqTE0qLhT0/OuLitNM25uxsiTVgweP&#10;SHGqre0tJUms0+vX5ZcKUqmgdubp0L5jasQFlfyqWhpWMfUVh+MqFyeUFsalwpjaGpUfDqsdTMjL&#10;itpqeUp7nn7x3BtKutLuXbtU8Evavfug/CzUyvKG/NTXwqWrijJP9+/do6Dd1pHhgobSruZqkfaO&#10;VpUFnvbPTemFl8+qvtlQY3tL81evaf/BI2q0ujpz/pJSP9Lm+oo8X3r4xL3K0lRlvyuliaaqUqVU&#10;kN+rS0rlp11lkjw/kjxfaVST53kantqryfExTe8+ouOHD2lmdlJ3Hz2kM2cuqB1LV1e2Nb+0rdHZ&#10;XVperyuoTsgPCnrlzBUVCgUViwWl8nX/0f1qqyAp07bKKlWG5JXHlERDykqjSqtziqMhXdhM1VFB&#10;z5y8rGY3UakyrF6c6qF775IXFhWnqQqlil5584KKUagj+/dqanRYT917QAd3TevI7Kju2jOjE0cO&#10;6+jeWd17eK8O7ZrU3MSQxqpFra6sKuu09MbFeRX8VLNTo5ocrepzJw7pwK5p7Z+u6ODuSd1zYK8O&#10;75rSp44f0MFdE9o/MaTJ4bIa2035WaxnXzmnTi9Wz4vU7Ga6/+gBdVJfk8NlBeVhed2mYr+kIEuV&#10;ZIG8aEhZWFFanVJQGdFKXFMz9nVpy9d2z9MPXrqgzWaszayq7djTicc/r7A6qnrXkthOX5hX7Jd0&#10;6PAxjU3t1sMPPqx9++7S2tqGhoZGtNbw1Gp7mp7Zp6P7DioojmlseFyloVllnUyZP6TN7UzbbU+N&#10;bEydrq9z8xtKkkhXri5LinT84GEpi3RgbEjKIpWVSV5ZhVTy/KrSxJO8kvxCUZ7nq9XpKIt7anUT&#10;xd2OWnGibqelxIuUJbEmZ3dramJCu/bs112HDmlkdFT79+7RwuKCCoVA1xcXtbqyrFq1orXVFc1M&#10;TSqNe3r95En1Oi1du3ZdWZrq0596ULPTU/rsow/p+NG79NC9e3XivsM6dmBcRw7v1v65GU1OTKk2&#10;OqEwKujKWktZlunchQsqF6R7jh3W7OSoHnvwXh3Zt0trC5dVizIV/URR1tPk2LB67W3tmRyWlyby&#10;mitKk1gFL5GfJarWapocqenSteuqVYq6uNLW4sqGvPKYljYa+umzP9X6el1fefoR7Zqe1D37JlWN&#10;JL+9Lj9uSZ2G/LSr82dPy8tibbUS+Z6n/UePK0li9dJASlOdP3dWgSeNFD1lSU8nDu+WnyUaD2NF&#10;QaDe2rx6rW3tHfY1Xo00UohVCxMFcUuFpKm43VAUb8vPUhWSpgqBVExbWr2+qGLS0oUz11RMUh3d&#10;P6npWkEP33eXDs2N68TBWd19YE4PHp7TPQd368SBcR3bP6v79kxoerisQmdNUdKW2htSr6UgyOQp&#10;U+YFkucpyyyN0lOmMMszwkzPK0ry1AxqkjzVDt4vSSrvPmLn+AVLEssye1e7d22apJYn5pd2csU8&#10;ScGN1/sdi2QxAAAAAAAAAAAAAAAAABgAJIsBAAAAAAAAAAAAwC28V7JYkvUklyxmB789Wax+7rQk&#10;qZK0pPdIFpNLMgnSQJ4kX4k8ZfK9ljwv1Xa7ozhuq+eNKU0Tza82FUWRFjY2VQh9HT56TF4mTU9O&#10;yE8zXTj1mgp+pvriukJJn3/8Hg1VfBX9upLOhuLuurxkW/v2zenw/l1qNDY1O1nR2bPLWl9ZVb0T&#10;6NrVBW12E/kKFHc7Uio9fPchJXGsMOupUinr6sJVVYbKqq8vaXVjXRO1UNdX17V377SCclVeWJQK&#10;NS1v9dRKIrXDMXXSogq1KaVBVdvtjnpeQXFQUjfzFJdGlIWhzi0syy9EOnX+ujq9TPv3TKvdamus&#10;VlKrEytOYnUzX35YlMKSikOj8qKiVutteZ6nl145J6XS2EhJaRLr8IG98n1f05NjKpSrilNJUUlx&#10;EKknXz2/rNQLdXlpU8qky9cuKwilkWFPnW5Tdx8/KD/01a03lcW+In9IWRyqOrRbw7VRjc4d0J69&#10;+xSXqprZvUuvnz+rrqTp8aI2Gl3t3XtEmVfS8y9fU5r46m715CXSE/cdUcHPVCx4qpUiXWlsqlap&#10;6Mriiurbbe3fdUxbrUyjtUl1vKoCL1I7HFW7V1DTH9O2htUpTiiORrTUDNSKA7342hldX1rX2XOL&#10;invSvfceVLlY0oEDd6kUFbW6uqEoiLR09aoKQaC75ialXke7C6m8TlOlrKli2tGeA7t0cNeEGu11&#10;7Z0b0punF1TfbGhzq66z584rU6hMgULfV6Va077pYXXbLe0bL6kYeCqnmwqyWHFrXVnSU7FUkh+G&#10;yqKSFIZaqidqdXqKg5riJNXk9G6NDVc1OjquuelplauhDhzcp1dfv6JOTyqUC1pdXdfuvQcVeJ4u&#10;XplXrRiqWV9X3G3pyIF9anZTzUxPyyuNaHVlWfVuptQrqpuF6pQm1FFBF5aa6iS+Xjl7WVmWaW5q&#10;UoXA14NH98v3fNXX1pQlqX76y1eVdHs6dmC3KoVQv/3oPdozNa4H9s/qyJ5ZzY0Pa/fEsIK4o0qQ&#10;qaCewrSrdrerop/p2edfUtLe1vTEiEpBpt998gHtmRrTI8f36+6De7Vnalj7Z8dUiFuqBKlqaUtR&#10;2lYYFVQr+Hrtyrqq5ZIWV9bUarU1XitraW1Le/fsUs8vKYgKSkqj2up6anhVbaZlbWUl9YqT6vhV&#10;1aNR9YKyXjp7TeuNlp47eUHNVkdzB4+qUqnqyc//poaHR3T+0hUlaaZXXnlN7W5Pj336UxoZGdWn&#10;7z6g6YlRHTm4R/ffc1SXF66rVi3q5GuvaKIWaWFpSRPDBbV7PXWbm+okiUqVmoIoUjMJlKWJrlxb&#10;kJfFWlxcUOBluv/ofoW+tGfEEuC87pbiNFHgJ0r8QMViqKBQVJqlkqQ0kwLPU3FoWKViJEUVFaJQ&#10;jW6qNE3kFyrylGlobFK1WlXl6rDGx8e1f/9+HT92TC+99IbSVEqSttbXVnXkrsNKkljzV64q8D1d&#10;X1xS4EkPP/KQhoeqevzhT2nX7IxGip4mRkc0Mz6iyYkJjQwPqTY0olbsK8l8nZpfUbvb0+X5eQW+&#10;9Jn7j2lquKLHThzR3qkRTQ8XdfzALi1euaiiYp06fUZXLl3QnplJbW1u6sjuCVXKFUXqqhD68rJM&#10;pUDabvU0OVLTL16/rHq9rkarq8XFRQWddVWKnv7wK09qdnxYxe661N2W31qX121qpBKpHHo6f/68&#10;osDTdidWFEgnHnxI5ShQWIhULvh6/ZUX5KddNZavqb6+qv2zE6pvbWr3zKi8MFSQduVHJWXtLfWS&#10;THG3o24vVupHSjIpLA0pKhQVlodVKBTUTi0J89LiktI01vnLq/I96ejRg6pVyvr0gw9oZnJCh/bt&#10;0q7ZGc2M1TQ1Oa6hINFQtapqGMtTql5jTUncUznyFPieLAPMU+oFyuQp80IX9eUpyFL3trR/Pf/d&#10;ksU8lXcftherX5Lkyd7QnkL36SX2Tvf8sssUsyv6JIsBAAAAAAAAAAAAAAAAAO4EJIsBAAAAAAAA&#10;AAAAwC3kyWJBnj/yXsliqSWH9a5dlCdp6/zbk8UKWcflocTyXLKYJylzl/QzS2rxZck6UZjJ9wP5&#10;xSEVCiVtR+PKwkBvzK8oVqaFtQ15nnTvPfco8j3tmxpVSZkuv3lSJS/TyvyGgkx68rEDKgSxyl5T&#10;QdpWsr0mv9fUgblpTVaKGioP6dCuaV1Z2FStHOn10+e1vDCvtNdW0tjU7rGahiNfT95/SBU/UyVK&#10;NFSOtLq+ptGRmt44tajNRqxGfUHn5hc0M7dLq9s9FYZm1PGryqpT8mtT0vA++ZUpLdcTbXVDvf7G&#10;61pYravRjrWy2ZA/Mq5OmmhpY0thIdTlK9cUBNLxY3fJDwLt3btHfrGioZERFWujyqKS/FJNiSIl&#10;CrXZ6sgLAi0uXlatFmpleUP1rYaqtZLWNjY1NTWtbuKpNDKuoDykThYoDYo6d3VZ6/WmXjz5ptbW&#10;17W8XFcSS0985rjGRkdUDYvqtmO9+eK8VhabCvxJNbY8VUZ2yVNJbS+SH0Ra2NqQH/paWl5QqVTU&#10;voldUlrR4b0nFGhYr74yryArKmm2FMrT5x/Yo2IQa2a8pPFaqLVGqsnqkN44dVlpO1WnG+jqwqqi&#10;8rCub3VUqk6orpqCsd3aCia0XZjQudWeljuRXjpzSfOrdf38+ed1ZXFJu2ZKGhmJ9PBDD2lsZEQj&#10;4xMKA1+XL19WliaavzwvZZmOHdgtT9KRqaoKoafhqKdymCkMWyp7bU1Njequ3RO6vrqpidGyTp+/&#10;qpWVFW3WO1rf2FK1aGP27l0j8tNYR2arKoVSunVNituKvFihL2WFkjLf16XlujaaHZ26vKal9br8&#10;4qia7a7GRibkZ5kaW3Up7un62qokT2cvXJbnSwf3Tin0M919+KCqoXTl/GkNBYnmz19Q3NjS6PiY&#10;1ja2NDUxrVZPmh6uqFwdUSJfXljUhesNbdRbevGNs1pZW9fS9evyk57uO7RPQ8VA9x2YUsFLtbJw&#10;TVmvq7MXr6gc+do3PapIqY5PFJR1mgq3l5U0N5U1G8qaW/I62wp7LZXCTFHa1XazqTDt6vT8smrF&#10;SMUok592de9cRWm7rmFtS5261K7L624r3lyW16lryO8pTNsqlQqqhIm6QUV7p0d1Yf6qCoF0fWFB&#10;V64tyisO6dLSloLROa2nFUVTh9Ub2qN6MKpWaVrXOwWtp2W9dn5B11Yb+ucf/EQXrlxTbXhE1UpJ&#10;X/yNL+jA7hmNjQ7Li9s6ffKkklZDK9eXVAoD7Z4sKuk2dP+cVMy2dHCuoNlRTxvba5qbLOjM2TMq&#10;pEtaXb2i3VMltdobmhrxFBVTVaq+okKioBKqXE50/tIZ+V5LVy4vSWms+4+Pyvda2jsdyg+7Um9N&#10;qddVEjfVy3pSkKnnpfKVKvMyJVkqeZn8sGLzaStW3Ovp1MWrWl9f17XldS0tLalQGVar1dLUzC5V&#10;q1W1O10VCgU9/8uX5bl5NO51deToMSVJotWVFYVhoK3NDZWKoQ4fOiRf0thQRd1OW15zXVncU9br&#10;KIljeYWyEi+UVxmTX6zo3GJd8gs6+ep59brS3buKUndb9+2fUFkd7Rmras94VZ1WXbsmhnTyzLqS&#10;ruQHPS2trOj4/lnFSaKhkqcoDBTGHZX8TIEfamq4olMXr6ta8LV07boaa6t66oED2jM9qqcfvEuj&#10;5UDJ+ryCuKmRglQKUg3VqipFvl544VWlcay1DSntSQ8+eFSheto7O6GJWqStlQXNjdd09cKqsq60&#10;uXlNl69cVnloTItrDVXHptQJqsqCkrqFUWWlUfWK41rrFtXIKnpjoa5rWz1dWm3r6lpTdb+qjU6m&#10;1XaoJKjo6tq6glJBU/sOK4vKmtm9X4lfUOaH6maBup2OOqmndntbncxXFIbqZqHSJFbiF1QuV6Sw&#10;pDiJlXm+MvmWMKZImTx5nqfQJYtlnid5nmIvkiQ1g6okafjACXnyVNp9l72kXbJYlkmePFl2pyWL&#10;efIkv2jfeDeSxe7kVDGRLAYAAAAAAAAAAAAAAAAAg8GTpCzLbBk8AAAAAAAAAAAAAGBH/ofUTJYa&#10;5ud5I7HL5fClTrotSSqGXfsu2ZQkNZ7/gSRp/jt/L0ma7KxJkirplh3nWdJYJ3SnuUuHiaWkBO7P&#10;uGnXrlec2CVJOtsdkyT9xT/9VJJ07tKGJOlP/t2XJUn3HdwtSfrm3/2NJOmll+x+f/pH90mSPnXX&#10;HklSr2nfJ4nVLa1MS5JeXLLtv/32zyRJb56ycj/ywJwk6Y9/53OSpFKlIElabFqS2vef+aEkaen8&#10;dUnS5JAkSbvm7H614SlJUj0tSZIWrlyQJDWvL0qSHn3Ejjv8wKckSb989U1J0jPPWjLbvfcclCTN&#10;ToxIkrJeW5LU2LDyjYzY94cOHZYkdTpWrq9//fuSpGJRkqT9+60ck5OTkqR2bAluF65ckyRdX6vb&#10;cXts/7//s9+WJG2vrEqSvvHX1q9dWT3K09ZucaUsSTq/sixJunr5iiTpf/6dr0mSDu+zcv2//upb&#10;kqT1xfOSpH//OyckScfv2i9JOrtp1/3uc6ckST8/+YYkadrdZ3bU6jk3M6fNbSv7pSuXJUle3JQk&#10;FROrw1efuFeSdPexQ5KkrbYd/4Mf/1yS9ItfWhm+9nk77rfv3ytJKnk2pq9vW12KM/skSWcWbUz+&#10;049ekyT97LkFSdL+OUsW+x9+92lJ0vFZa+xhz8Zmt2WffrkiSbq0ZOX7l59Z36417Xnatfe4JCmq&#10;DEuSfvILG4P5c/g7X3lSkvTwpx6UJP3sZ7b/mV+8KElqRaOSpHJk1/vN++yZ2d60Z+jlK1aOxU1r&#10;p8lRO/6Ln3tUkvTQXTbGXztpbf+//NWzkqSnH71bkvTHj1o7RI0lSVLg2cPrF6y++eeLl+0Z+M/P&#10;nJQkTcxMSJL+9PN2nbHAxm4W27MWpJZOOFa0Z6oeW3suZla+H792SZL03Mv2TMShzRHDE1beAwff&#10;PuYb6yuSLHlNkopubnnk0w9Ikh588CFJUml4XHrLePjBj5+TJD16wp61/+HL1h/tjvXXuYbV98e/&#10;fFVXTtnz8uh91ldfefQeKV+EIikpW53/+fs2Tz3zE3tO/+h3raxP3OPa0s1vSdfKHrjnuuwulK9m&#10;SUo27y1sWls9+4qN3VPzVrbahO3fe+iYJOmlV6ztG42GJOmRRx6RJN13n82D3/2ezQuvvGrz0P33&#10;W7kmRm3iGivYjRtr9gxMTNr1D9xtz+srF+37v/2b70qSfv8pm3f/8CuflyRtbVgftGR99VffsbF6&#10;6k37/gsP1CRJn3vUyjM+Yn293rXj/8sPX5ck/fL5c5Kkf/+Hn5UkPXLcxnTjuo2J6Qk7r+1eIP/p&#10;f/22JGnZvWa++nufkSQdO2btsrJu7f2Tn/1SkvT8q/OSpGjIxu6uaeu3IzP2rBazWJJ0+ZqN6fOX&#10;7b01scva6ZEnrb5LW/b9N/7R2mP/AZtz5mZs3vK61g+1wN6TE5Fd91NHZiVJ45HNTUPF/L1nz2ie&#10;uJnI5lcvk8qJjZFcK7B9KwW719zTfyZJGnnsS3ZAaG0dJ3btMB+kXXv+stASyfLA0MAevzsayWIA&#10;AAAAAAAAAAAAAAAAMABIFgMAAAAAAAAAAACAm3g/yWLdxFKYCtGvOlnM7tFrWOKORmckSW94ljz1&#10;zCuWOFV3yTdPP2xpS/tdMs5rzz8vSTp92ZJsnnjMEnHu321pRIWOJbe0t6xcwYSlslwft6SXn79m&#10;yT2v/tDShnaPWYLQZx+xhJrqtCXaBDMHJEnnrlryzBuvviJJOnPKzr9mAUTyC1afZmLpSZXIWvfw&#10;hLXtE4/adfccsVSj189bMtdff/1lSVJkzaLUAmjk54kzrnnmZu26X/4NS7e665CV68UXLXXq1Omz&#10;kqSlNeufrbrdP3CJY8Mu2WfPHkvX+spTlkRU2rLUrsmatfvPX7Gkn5+/btc7fc2SjkrDFkdTrVo7&#10;HZyxBLPfe8zSnILQyveNn70kSdreslSur9xjqTd377X+9Yp2//lNG08/OGnHX1q2fjx/0VJ1El9q&#10;+3bNwEXhfPb+uyRJnz5i6UD3zViblwNr4wWXqHX6iiVjvfCqpRM95lKVnjxs56XNdUlSK7TzCyM2&#10;NvyCpa2dPGNl/+4zL0iSKjVLO/v8k5Z+NFx0SVkFezZ623a/2TxuzrdG//aPLP3pWy51asU9QqVh&#10;SzUaLVr60Imjltr06H1WzrlJa+NO3fry5EVLp3vmnCWHXb58VZIUWZNpxJpYbQsg0qFj1k6Pn7Ax&#10;t3/K7ldOrX3OXrGx/L983dKXPn2/pST9mUsWG8nsGQ59G5Qda14FJRsjZ9bs2f6P3/yFJGlml42t&#10;//YLlr414pLbPJdqF8k+R4p2vaZLw5JLKuu4xLRvv2ApWM+dt4q9cd01WNnao7tt1626/n78qI3B&#10;R45Zat/x3ZaO1du2dquNWH++ctqu+60fWBLZIw/aWHz6mI2Hds/uE+x/WJJ0+tqq/u6vvyNJGnJT&#10;4e//pj23c27cb/as7G9esgng5dfsufnc4zYPHZm1OkWpPcC+bxNhniiVJ45Vhqzz/Jpdt5FZJ756&#10;ydrg+z+3+ebkeTuv5+YFz30+7BLPnnrqKUnS0JCNwe99z+bnXzxnfVxwbd1uW3k61oWSm1/usSbU&#10;409aG7QDG/M/fPbHkqRP32v1v/ewjZFCZAUYGrG+Oeva4Uff+5EkacrNZ089aWNrbPdRSVInsuu+&#10;etbm9VNv2DPytc9Y+t9s1eateNue0VGXjreybc/Kj35u8369ZX320EOWIjc+bOlZpWHr05WGjZHv&#10;vWBpdS+5hLatLfd+WrHPMRvSKrhnpzZkc87xe21eO37CPi/M2zP4zW/ZuEhdJFggK1dz3T5H3Ptu&#10;xl3vq0/Z++a+/fY5WrUDuj3rgEQ2t+XJYr4ylfqSxdr+25PFdu0ki33FDnDJYkme5NeXLKbo7cli&#10;PsliAAAAAAAAAAAAAAAAAIA7AYvFAAAAAAAAAAAAAAAAAGAA8DOUAAAAAAAAAAAAAHAL6c1+hjKQ&#10;OrH9/Fkxsp/eU2w/D7b9gv3M2ZXvfF2SNNG176vuZyoDz35KqxvYT9BlLuvDy+z3yfzUPguB/YTW&#10;emq/jbVQtp/M20itTF7XfrJuvGDHD2fuZ7/q9v1y3e5z9LD99F66Zj/557ds/9Sw/c7Yhvt9x2vu&#10;p/SSyO5Tsl+2U2PJfppvzy77mbSWZ8dvRPYTYJ3Mfp6sWrXyrq7Yz5q12lavhvvlsF5m198zaz+J&#10;NyorT9K1n5UruvI03G/7xbLjmk27X+J+hnJi3H5+rblt9dhctZ86nB638pVL9rNyvm/3rzesIvlP&#10;Bi4s233LFftZuqlp+wmzTtv6c86Vo9Swn1erFa39rzft5902u/Zn9tW2tXehZD83l7TtBp86Yj+Z&#10;mK3bTzbKt+PPup+CLER23KGylT/suIbOrPwdz36OLRm19lxq2v7L12wc+dVJRUP2c4Gh+xnKyYrd&#10;o9i2vhr3bKzFLfvsup9/LA7ZT9G9cWFekrRv2n7i7+Cw3XN10X56szhmP1O47eoUJ/m4tzJttOx5&#10;aPfs++ERK3vBhoIC99Or6rmx77tnxP3O23ZsY6wd2n2WY2vD66t2/JCszvfdZT+dGsW2vb1mfTI+&#10;ZGOvHdjn2brVL/8JvELdfsq0WrTvFzt236lp+8m7XaN2Xn3Jfo4zcM9yeXhckrTqW7vU1608h4rW&#10;V5We/URf/tOJG5s21sujdl7TPRMbBWvnxSUbA3fP2P29pnsGE2vXLLZ2GXI/Q5m6MZjF9huIQ4eO&#10;S5KuLNtxa56N/atNO76RWDma21aOg+4nYmeLdr63Yf18ZMbG+va6jY+WexjCsn1/xT2zU+4nZycL&#10;dr/NppWnXrJ+SEtj6rjnzutZn4y58RxGVseWm7+8gv3E35V5+2nQfbvtJ0WztrVh2rWfG6zU7J5+&#10;Zs9XlLqf4nRWt+37XmRjrzRq11ltWRkX160cvvu9xPy5r1atbklixxXc4EwSe1baHWujctnOa3bc&#10;/d11PPdzveWe9Vn+c47dgpX30mVr2wN7rG3abl6tVtw85n7md2LCxkJ92X6OsrdhnxNT7hnz7Lq9&#10;0Mrbzawdmxs29vaP2RguZTaR9trWV6WyndeIbcx3YqvX2oY98/ffaz/DuerGYL1p9a1O289lrqVW&#10;z6XY2nV5ZVWSNJzZ9Qup3S//+c6ym9+77idUu6ndL3M/F9np2nwYx/ZZdfNwJbLj8zlg89pFSdLB&#10;ORurQ6GNn3bd6hv6dryb7pXJxniQSVFqfZS6ObIZWBusRDYf7n76jyVJw4/+lp3s2jRxv/Uc5L9h&#10;nL8MIuurfOGUu+wdjWQxAAAAAAAAAAAAAAAAABgAJIsBAAAAAAAAAAAAwE251K/UUlI8lySU53Ik&#10;qZSkltRSCCztRC1L7em88qwk6fz3/0aSNN5bliQN9zbs+MwSdeQSuvLklESWxJLIknl6siScrm/b&#10;ncCO2wk3y+z8/NN3f/51QVbyIjsvc5Fcnksz8l0yWX5eEljaSi+y+2UurcrrucQgGd8lvmQunaXr&#10;2XFxatupSyhzH4pCl9riWYHzenruvqGs/XxZ4oy7jDKX4taL7fg8xSkMrXwuOOgG10dJzz5TV78w&#10;zEtu13OhU0p3slXecSHpLe3ixZas4+ft5G6cuPokLlGn/zr5+aErR66Xt6tLqyukNg7y4+US2lLP&#10;FbTgxsVO++X3D5S4CJy8r32XKhe4tvS7lrbkuTrtXGPnWq4sbsyELtXJz493jZXfM69j6s7L+zK/&#10;3g2uDXcS+aw8eR1v9LHVNfbcWPds7Of3u1Eedx1XP99lAOVjKO+TnmdjLRdmdt/8uNhzkWfOTh/L&#10;tVvmkr5cfbo713OJbe5Zz8vV3+d5uWNXnq6rT/6Mh5mdH+T1yJ9R115e3o/ufvkYz9u751t58rkg&#10;zucKV96dXnLXL+T1cklMfmyfeX1vjAN3pm/t47mCeLGNzRvt4ZLbvPAtZc6fl7eP89Q9b/nnjdLl&#10;x+fLVNy4d/t9V7YwyPe/Pblq57lzY6b/uUjfMRY/IDfmXfCYXPDjzjO18yztzIhvlz87+TKcvC1z&#10;gatPfr38uPwZyFPxMpe+l887/c9Q/v2NZ+m963/j+Pw4N6bcM5HfP79OOcwnSuvXfF5P8nnK2UnE&#10;dPOV5657YxlS/oy9fZzs1KPv2c6f2YJLlsu3d57Vt9y/41sqWiOwdLKVgiWLHXz6TyRJpbufsAMr&#10;lhqZFSxhLC9rr2P3jNwcq3wMuzrsDN070LuPEgAAAAAAAAAAAAAAAADAHcWTreh7+1JGAAAAAAAA&#10;AAAAAMCN1Js8HcqlvfQyl86SSXKJKEXPEqjUWZEkdV99RpJ0+gd/Jb01WSy2ZLFinijlbpEn5+Tp&#10;SrFL0sqTq96Z3vT+BC7JKk+Gyf88nG/nfBdjlKeu5KlG29uW8HIjOebtn/n1+q+bfxaLLl3pNqWx&#10;S6Bx7ZGXM//cOa7vvvlnXs7bVSh9uPJ/WHFs4+t23EhVuz0fdinBh237QdfrWarS7cqfvf5ntL9f&#10;+5/p/LN/jvgg+u/x/tk94/jD1f3DilzC4u1mMPXX/1bPwjuSuN778I/MTvJiauXZSRe8yXsj1z92&#10;8vfOB5UnrkWJvU8jl8a3kzKYZUrcPdpBVZK0FYxLklYjSxY78vk/kiQV7/2cJEnlWUlS6lfs0zV1&#10;krh3t4WqSXkfuPf87fb9r4M7t2YAAAAAAAAAAAAAAAAAgB2ebAXg7S7pBAAAAAAAAAAAAIA7WB77&#10;5T5dulcnsc9MkueOKQaWgKKWJYg1T/5IknTq+38rSRqNLXHsRrKYSyKzP9sqlaVAxV4ec+IStFJL&#10;WvHk0s0+oDzhpT8Zpv/PxDcSxd6eMLaTdOPb8f0JMv1pRf3Xv910K9+lt2V91e6/f66/HLn+BLIP&#10;queSvdJPKOnndhN6JClJbm/M4F+H2312cv393/9s9LvZM3U7Psy5khRFbtx7755k9ZFx807sEg1v&#10;V17//jbt3+5vpxvnue8/ofoXCiXb7JtX+8ub66/X7abi7SSb5e3g3j9hZtfzlSp178aOX5YkNYJR&#10;SdJ6NCVJOvK5P5AkDT34tCRJpWlJUpxaWlzsqhDI/iPK4z3zBNHg7e/gO9GdWzMAAAAAAAAAAAAA&#10;AAAAwA6SxQAAAAAAAAAAAADgZvK/pObxVr7FnnR7Lv4k9PJgMBXSlv1H05LFVt/4iSTpzI+/KUka&#10;jtckSUNxQ5IUZS6JzGV8ZO5CsVeUJHn5n3HblkQWppZw9UH1J2vdLCHmnYldlraSpxO5ULV3JMjk&#10;bnXdD8xFzOy0g0u82SndTvKMk5ffbealCFz98+3+/bfa/qQSxXJ5Utvt6O/7D+q2+87pHwv4YD5s&#10;+/X3/62u19/ftzr+vdz+uX3jPU/Y+rjk885OW9zeM9SfLNbftv1uzJ9uvs2P/4Tqf6P/bm8M3aq+&#10;N5O4F03bsxSwXOSSxTylO+ljXfeu3A6GJUlbwaQk6a6n/o0kafahL9iBZfu+m9k18zqErmpBntrp&#10;UiQV2XX7634nuXNrBgAAAAAAAAAAAAAAAADY4clWzb330j8AAAAAAAAAAAAAGET5X1ITSzVREEmS&#10;4jz8JpDS/Ji4KUkKWyuSpMUzz0uSXvzO1yVJtWRTklRO82Qxd00Xk5J4oX3KUk0ClzAzHNpxO8d/&#10;QHm60Af9s3CeDNPtdt/1+/erP93o/coDdd5xvqvHzZLFfPeZ1zZ1yWj5dn78+90OgsC2P1i1f2U+&#10;aL+91Qftq34f9vwPU3Z8uFQ5vduz8zH6sH3/Yc//sD5s2/Uni+X6t/vrebPzPm5Z8u5j72bl6q9H&#10;Pm9+ULFv79imSxZLXD9ELlnTy1PAJMWeOzaoSZK2/VFJ0uHPfEmStP/Ek3ZgzZLFepkdn1chcCl2&#10;nnu3Jh1L+wxKdr07OX/rzq0ZAAAAAAAAAAAAAAAAAGCHJ1vh98kuyQQAAAAAAAAAAACAf43cX1Kz&#10;2NK1vNDSTvLMldSTevlfW7uWLFZItyVJq5dOSpJOP/cD6S2JYsW0JUkKMktKyTM+8mSxVC79xN0l&#10;ra+74/NksTwTJC/Fe297Xp7w8u77b7V9q4SYmyXN/KqEfQk/Weru57nyZm6/2/bkyuu20zyI5ibH&#10;32q7uxMj9+7t81FvR5Elzb37/vc+t9fLK//u+2+1/WHHTrYTx/bu+9l+7+3QzTc323+r7f7+v1V/&#10;9vfXex//3vfuv1b//lttR5HNg5+UOM7n59x7l7d/O6+/5yIS37stbxyfuUTJj3pevZm8VP3zvp/P&#10;q76rj5sns3zeddupS/5KYzuuf/+ttmNX76Zv817mtvOkzRvvzRvvzI5fdudYItjdn/2iJGnXXQ9I&#10;knpR1U4I7bi8Zp7snerLrpm6FE2/MOSOyFvjznPn1gwAAAAAAAAAAAAAAAAAsINkMQAAAAAAAAAA&#10;AAC4mfwvqYlL6HFpK3loTiKpk7iD4o4kqVq07dbKFTulsyZJKrhEMeUJYVlfwsxO8kyeJuS+L/al&#10;C90iCesd231JW+/Y7j++P7krzY/r+7Nyf/JNvt3//TsSej6sD1h+lz5z0+Nvtf1hz/+w2728HO+y&#10;v//Y/u3AjZ2b7Wf7X/f2e/X9+9nOx65Lg9p5dvLt/HiXBrXz7OTb7zX2++/Vv93/HPbvv9V2Pud+&#10;UkJX91x/+T7o9gedtz5pHUvZujGf942d/vr0j53QJSLerL433bYPuUS2HTuJYslb0tnyMrh5ziWM&#10;NXr2fW1qjyRpO7Frh5HtD12d0qQtSYoCd6+d93zFPu/g/K07t2YAAAAAAAAAAAAAAAAAgB0kiwEA&#10;AAAAAAAAAADAraTuT6oukSRPFksltTqWeOL5lkpSjVxmR1J357iElp1EsTwhJU9HyRNV8iSbyH26&#10;7Z2/5v6KskD6k7/69f/5OD++//vczRLFflXyZLP3e5+8nPnnrY7/1+5m7f5+fNi6521/u/xf0Zgd&#10;VB+2//JUv/5np/+6/c9M/umSFG/Lhxm3+lcwdj5s+fvP72/zfh/0+I9KXoz+efeD9sdtzx150lh+&#10;fzeG8+3srcli+bvTvTPdZ+beoV5UlSRtte3dWyhYAlnk6hL3LFmsEFodPS+vY/4O/oB1/jVy59YM&#10;AAAAAAAAAAAAAAAAALDDk0gWAwAAAAAAAAAAAID31PcX1TxZLHnLrsylnXiyJJRAlmbip3myWJ4o&#10;ZglkN+TpPXnWhyWKpZ773i/adp40BgDARyh/G3kf92oilyTm7bwn82SxPPUufUuyWM69G10KWuqS&#10;wRL3Ds36crQ8d77v0sr8/F6ZHef5JIsBAAAAAAAAAAAAAAAAAO4AJIsBAAAAAAAAAAAAwK3kf1F1&#10;iWK5NJNS912WJ6DkqSU7aSX26bkUk36Z5zI+XKpJ5pLGkvx7z1JO8rPzIvQXie3B236vfWyz/VFu&#10;v9c+tn99t3P92x+XG4lXVrKdFLCd5M5s57sbR+bvTit15qI/83dz/m7d4b09WczrawXfy1M879z8&#10;rTu3ZgAAAAAAAAAAAAAAAACAHZ5EshgAAAAAAAAAAAAA3I4sy5S5lJLMJYjt8OzPsO/4c2x/6kme&#10;8dGXfpInjgXuuP4EmI9v26W13HT/x7Vt39x8/+Btv9c+ttn+KLffa9+vZtu+ufn+j2vbvrn5/o9q&#10;+5Opfz9/54iPR54ZlqeEvdPN9+Te8c7dSRJ7+9c3uIQx9w72/TxZ7M5FshgAAAAAAAAAAAAAAAAA&#10;DABPtqrupuvnAAAAAAAAAAAAAGDg3SR+JcsSeS6VJN3JRHl7Ikx/gli2k+nx9mwPF0S2I09B8T2X&#10;WObSUfLjXEDZx7Cdl9ttu8+Pazuv978W72yfT277vfaxzfZHuf1e+34125/svJPP6zcv30e9/cnU&#10;/4ZPZt7N34+JS9bszxF7t1L1p2R5rlY3vn+3s97q7Vfw36U17jT9bQYAAAAAAAAAAAAAAAAAuAN5&#10;EsliAAAAAAAAAAAAAPBe+v+gupM7kiWSXPJXZp95MkqeEJMpkCSlO9+7TA930fxaeZJYvu1lLknM&#10;i903t0pH+Yi4hJubRtF81NufdLJYf+cD+Oh90vPOJzXf5ga1/vn7MX9vuu3UFSx7l5LlZ+RFv/Eu&#10;zSv19jPyd3N+Zn7tnN35LU1xByJZDAAAAAAAAAAAAAAAAAAGgCeRLAYAAAAAAAAAAAAA76Y/l6Q/&#10;wURp7y3JYjtxJraZJ4n5oR36zrOlt6Sg5J87N82vu5Osld8nT5xx339k2/ZxI3Fmp2I32f+r3n57&#10;e76zFz6m7bw9+rff0V6fwPZ77WOb7Y9y+732faht+/jE552d7f7yfdTb9vGJ1z+Xl69/XvzItp08&#10;/ssli+UJnYl3o6j98qrYG1dvuXb/PfJrGvdm3UGyGAAAAAAAAAAAAAAAAADgjuBJJIsBAAAAAAAA&#10;AAAAwLvJ/5Ca55Lkgp2Uqdj+STeSxXJ5IopLFsvyvJM8McV5R6JY6v4jT3Tx3XXctucSaD76bblt&#10;+48b2/b5cW3nDZOX7+aJNL/abS979/03b6+Pf/u99rHN9ke5/V77Pty23PYnO+94bj5/Z/k+6m25&#10;7U+2/ln+xS3myV/1dj7velme9+UK5N6fmee9Iwksl18x/7xx7b577qSVmf7rkSwGAAAAAAAAAAAA&#10;AAAAALgjeBLJYgAAAAAAAAAAAADwbvqzVXI3ksUS+yfdNFlMXp4slqeZWF5JHtyyE+CS3y2/WR5r&#10;4i6Tendyzsmtpa76eRLbR70NAIMqnw8/br57D/qpS+x8yx5Jyrxg573cLy/yjaL3v7lz+bVsi2Qx&#10;AAAAAAAAAAAAAAAAAMAdiWQxAAAAAAAAAAAAALiF/j+o3jq55K1ukeHRf/F+d3K8yQeQN1PeHB/1&#10;NgAMqlu9lj4qN323ZnlS59u/fk83q0TfNfoP+yC3+HV1i/9VAgAAAAAAAAAAAAAAAAC4E5AsBgAA&#10;AAAAAAAAAAAAAAADgGQxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAA&#10;AAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAA&#10;AIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAs&#10;FgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAA&#10;AAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAA&#10;AAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAA&#10;ABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBi&#10;MQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAA&#10;AAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAA&#10;AAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAA&#10;gAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwW&#10;AwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAA&#10;AAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAA&#10;AAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAA&#10;GAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIx&#10;AAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAA&#10;AAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAA&#10;AAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACA&#10;AcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYD&#10;AAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAA&#10;AAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAA&#10;AAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAY&#10;ACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEA&#10;AAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAA&#10;AAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAA&#10;AAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIAB&#10;wGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMA&#10;AAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAA&#10;AAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAA&#10;AACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgA&#10;LBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAA&#10;AAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAA&#10;AAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAA&#10;AAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHA&#10;YjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAA&#10;AAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAA&#10;AAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAA&#10;AIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAs&#10;FgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAA&#10;AAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAA&#10;AAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAA&#10;ABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBi&#10;MQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAA&#10;AAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAA&#10;AAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAA&#10;gAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwW&#10;AwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAA&#10;AAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAA&#10;AAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAA&#10;GAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIx&#10;AAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAA&#10;AAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAA&#10;AAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACA&#10;AcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYD&#10;AAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAA&#10;AAAAAAAAAAAYACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAA&#10;AAAAgAHAYjEAAAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAY&#10;ACwWAwAAAAAAAAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEA&#10;AAAAAAAAAAAAAAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAAAA&#10;AAAAAAAAAIABwGIxAAAAAAAAAAAAAAAAABgALBYDAAAAAAAAAAAAAAAAgAHAYjEAAAAAAAAAAAAA&#10;AAAAGAAsFgMAAAAAAAAAAAAAAACAAcBiMQAAAAAAAAAAAAAAAAAYACwWAwAAAPD/Z+fulhvF0gSK&#10;gp3VXTHv/6YT0dHdlbbmQhxkHYxlT1b/ZO61bmQEAoSQb7TjAwAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAA&#10;AAAAAAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAW&#10;AwAAAAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAWIxAAAAAAAAAACA&#10;ALEYAAAAAAAAAABAgFgMAAAAAAAAAAAgQCwGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEIsBAAAAAAAA&#10;AAAEiMUAAAAAAAAAAAACxGIAAAAAAAAAAAABYjEAAAAAAAAAAIAAsRgAAAAAAAAAAECAWAwAAAAA&#10;AAAAACBALAYAAAAAAAAAABAgFgMAAAAAAAAAAAhYl2VZLpfLZV4BAAAAAAAAAD+7H/05fF3X+SkA&#10;+GmZLAYAAAAAAAAAABAgFgMAAAAAAAAAAAgQiwEAAAAAAAAAAASIxQAAAAAAAAAAAALEYgAAAAAA&#10;AAAAAAFiMQAAAAAAAAAAgACxGAAAAAAAAAAAQIBYDAAAAAAAAAAAIEAsBgAAAAAAAAAAECAWAwAA&#10;AAAAAAAACBCLAQAAAAAAAAAABIjFAAAAAAAAAAAAAsRiAAAAAAAAAAAAAeuyLMvlcrnMKwAAAAAA&#10;AAD4dT36kXjd/3q9e/7r/rMzTB7/HH57p2+NV63b6nEVxruZl/9dxtlepr/ndb/C8r/K/NnNy7Nx&#10;Xv8p8/U4P5/PflcfbTeuxNkV+byzz/ZHl//Vzq8x/Px+/JsNAAAAAAAAAADAf711WUwWAwAAAAAA&#10;APjQV35RfTCS5vJwqs/Vus3+GD/nrpf3d3xZ70/uZLM3rsd/dBb7bKH95+Rpxs/0M/NlWz9OZ5zH&#10;+vTtzVZHZ5f29ja2MznbcNjO5zJGgQ0n12P+lXxeHtfnZTr8/P4eTWh5np+YnJzeqbfTsMbfL2Pd&#10;dm6v49x+cHmc+zx569+1/MijW+JsP/Pr9s92Wh537tPhFffWk0/x5fv9GYx7Z93v0fsjjuf37/D2&#10;OD6Psd3z/rpp/4d3PJ/3WD9tN282Pon1t2VZluXy8C4/Gt+ns3vr0fLt3rue6+N74/4c57d0/rp7&#10;Yy/j+O9/svBz+/o3GgAAAAAAAAAAgJ/OuiwmiwEAAAAAAAB86Cu/qD4YRfP5yWKb21ihD13W+/lM&#10;8/I8W2c+i3m60njVPlXpcA3un7j97Hw/s2R9+njiz9j+NkFomnky/Zw9pjO9jmlM0/J8/GWaNDYW&#10;5wFks3F9xtSuM/P7mQa9HW6H+bhjotL8/HB5PZkGtbydUPW+R+vP/TlzZ/ZTP3F2evu9eLL+5XC3&#10;Xo1bZZ/MNX0W+7S7+6dPjXv/aZp9djZJbHbYar5ZTozzHPfe/LLjpzO+O9fH/biX+QM4u5e25cu2&#10;53U8/uX69P6+t82mv9/z1clis+fDuY7/E49s//+mZx+/7mpcW5PF+JUd/4cAAAAAAAAAAADwy1mX&#10;xWQxAAAAAAAAgA999IvqD46eOdv1uk/7GeOS7la/c9z7CTz7ZLExLWiyT1/a3L/6Zt1n7Nybf2V+&#10;NIHr6P3zXafz/Tad52Gi0XR55sltT2NK0ma+bPvl3R+vf4zzOfs5fTy/btObDtttr//29P712yec&#10;zU/stvfxOu93vHDe/h0vX/9U7qzvn/unnZ3j2fOzcU3nzacRYrepcvcu2/qx9jBpbfpsbuvvP9Pb&#10;d3H+dtx7nU50/u7Mt8i+2/vDLi/b2K3n7eafp2KNs5gvy3F5/vy379j07LhC67he4xabv/v75LG3&#10;F/XtBje3j2ja97Z+vGy+JGM039Nhrtr7Bzq8/vAf7P9n/ZP2A/+N3N0AAAAAAAAAAAAB63KtYY+x&#10;JQAAAAAAAABXH/2i+v7Am0872/W+28sf9ys+HrRzME8Qm6cjHdbvrtvN05KGcRpj6tH8PrbhSJ8e&#10;IjUbL3s67PneNojojfs5TIdpUvvP4/fTo+afzffjvo4JR9N8p7HfbbLYqedphsv88/xlnv602Ucz&#10;bcvHN3q8uPPyfKyv+tHJYt+/3y/PU9Hmx2Esjslo8/phPr99f9vyy8n733c3fTbT6y/b61/nwx8m&#10;jF032L9L2/qnp+vjup/ntt22NPYyfwfHHTV980++iW+/K/dud+b79+h7t9TyZj/PZwd8z9upY+98&#10;n47ud77f5mPK2TpPFpt95eTeuh3p/eVhXIX5qsLPz10NAAAAAAAAAAAQsC7XovMsxQQAAAAAAABg&#10;Nyb0jLkc703s+XNndlz2+ULbxJ1tDNE8jejUYQrSI9ftX7YpS+Mdjsd5Hs8wL4/t5tlUj0/7uqdx&#10;1i8v1/f/NL1yTAxbtzO7TRDbzmSc/x//mLbftttPbD6j7Z3uk73GdKxphtq+fnrn86Swl3l/2/rX&#10;6fl5eWw3pmvN3hz37Cf/P/6YZ1N9zXo2euqTbpO1Tj67ebLY/rh9OGfL236Py9N247qMw8/rD6+/&#10;n461vEzrd9N2+/J44rp82b+k0/P70vV85u/yWP5+mEF2NW2+mz+t9/47fcY42l/278IHe5qvweZ4&#10;T07rT97FbbLY+B58cOzl7fHn450Z72mcz/Q/fd/f+Acxf/bw83NXAwAAAAAAAAAABKzLtej8bGIJ&#10;AAAAAAAAEPRgus2dP3dmx+syJkudncPHxzsOh/p4++Grk8Vm4yjzfJ7bPKGz9zNN8Jq3G0+v8/Pz&#10;/sZkojHJa1reJ3ptk8PG8j7Ja9vf3/93W9yW98fr6y7b5LDX7fnxeNk+t6dx2P1418fXbWLZ4XXb&#10;dvPjPlluO/zL8nr397Isy9M2kup1+9D/8be/3y3P6x8tP2+f1ut2oJNZTKfL//P773fLz9M9NZYv&#10;2+Pt9de/np6ud888iWxMLNsnl+0TzLZJXU+3u+z6/Pa69dv18du23+ft7nz+7fo4JoiNx29/3ZbH&#10;RLJ5MtnYfixPd/vT9Xj7XT9Gho3TG9Otxme9PT/e/22/48qMx+3pfZLZ1f66yTzFa1z/M2Mvv40t&#10;D9+tN/Zd3x97v3/3cx8rpnO5X9y/L/ur5u/57KNzW5b9e3Mwnh77H5/FOJ/5s4RfiLsaAAAAAAAA&#10;AAAgYF2uRedJSgkAAAAAAABQtk17ejiL52Y9zOyYJ+vcL57aJtx8315wdg7H4907rJ0m+0yDfXbj&#10;NMfkn3l61D6YZyxvE36eti3X8bhtuO6Tvqb3MS/vRxrbj0lf04SwMRFsn/Q11o/npwlh28/ir9//&#10;uSzL/7H3Z82RZHmap/eqmgFwj4jM6uruGVIolLkY4ff/HiRvyAtShrNUV1dusYcvWG1R5cX5HzWH&#10;whHuHhmRGXA8T4nVge5qBjhMkQr8Ijnuq+x12CdJ9vu7Nr+XxY5VDru9Sd55Pqfi1/1CWZ9eF8G2&#10;VVbqpbH+eqzXW9+279OnelSbfrf+tS6BrafPq5j12PIPTW9q7F8Dvfr0sdPHXXttH1v+oem5PhhW&#10;dap1aWx5jXodalUW66WxsUpf60LZUPP79Fxf5cOLVhabl8JZG/t6vRw2bNp0L6HNtd7ZV3+s9VZl&#10;sj7dy2N9f8tp13T/Wl+s/jX312X5GunL76/Xy239eXXrElk/Wv9a3y4ntP43mgfH6NN9H3N9ND36&#10;HaZZP8Nu1WR73HoH6xLZevmD53J61vc8UnODz4GvagAAAAAAAAAAgGdgSJTFAAAAAAAAAN6valLr&#10;2tW6QvOOh6Wv1fTH3p2tQ7Q2U3JcHXspddX0+qiPnWGvN3UP1ls9xWEp9ayLX33FXu7qpa2a3Yth&#10;SzlsPV3W08sO6rW/fN3GXu46tlfkcGjlr+O+TR+neqX2bb1pbgWx/fVt224pnfXPaVtvrALZg9vm&#10;NX+oOtZYla11zWpTBaIlHrVUntpxpiqYneY3/fO3nr82VTmtB+GG/sGYjP2z3gNTtWzuRbBD37aO&#10;tVr+oemxznGur4Ghyl0fOz2ml7bev7wnxNbLu17yesxSZesvYX3Q/63013Ze1fSm5XNd57OuvNX8&#10;Xd9sXSarEtimym2nwlgbe8lr6om0Ko9tt+dt8qwVy7bnbfrsrO1nrOVLuayXyXrlqr8+/WtmPa7L&#10;YssXZc2eV9MPvmt0j82//zo299ftr13v+p3mv9/6X3/Xy2LdY2fUve/M7nlwAo8c+YOvDTx9vroB&#10;AAAAAAAAAACegSHtt2Mf/A4lAAAAAAAAwOfil98S7WWmqkStluY9hY514WaoutKjHpxarwe1oXWx&#10;TrWkuS/o5auqL216xKjW7+fRx6kf51jPol6Tikhl6DWpXkkaqtQ13bRxaQX17WvyQXGsT9b8XT2D&#10;qRW2sm/Fr1Sx61jTxz59aNNTrX9zd53kVAabj21+/5wOvThW41JOG9r0pp9er12tSmfj+mtjWa9N&#10;boZ146ir9dazF215f337frtl/kc6lcXaEedhelDq+vWn62vu0eW/zfRD639V953KYu/ffu5lrrVa&#10;vwfA1vp+T5+5NmN9vGW9Os7pU9v+NR5Xtaq+vK/f9SpXX+/FxcskybBt++llsrNeJLt40ZZXqSzb&#10;Kp314lmVzk4Fsprfp3vBbFnev3v0+X39++d1Kpnlnc/N6rmt/mXc/+o/fTdZ//Pr09v152S9g7KO&#10;q/Wxhw679fJ10G99Hqdy4z/Hh4qD8Pd45DsiAAAAAAAAAAAAn5MhURYDAAAAAAAAPm+/9JboqSzU&#10;szZ97F2OdT/nYQNprmzRUsJalrR9nUpY95M3vYa0r9rPKpSz7GeuAk7fz1DlrE3fT5W4eqlmc2qN&#10;1QanPbWhpucqi6WVvTJVIexY8w9VCttVKaym50NbPlcZ7PrN6yTJMNXxeq2qzis1f10MW0phFTua&#10;63nN9Uosr2cvrPXnvyqd9fJYn7+UxWqDdeGrr9crT5t6/ddlr0dTR2V8UCZq66+Pd9LPr+1/Xbta&#10;albvfO3d/3i97NeY/vnn+Ft57DX60GvTt1uXxKYH/yrvW39uH5bV+vL+b7NN96+RB+fT56++O8z9&#10;3+QyZ719Hb+mlq+1KoD1f8NzfU0Om5q/1AD712obz86rOFaFsU0vk120cSmSnVVBrJfJtn3+H9rY&#10;e4X3nmd/EfqLXt+narqP/fvLUJWy/hr0c+27WX+G1tPd8trVB8u/9tXXzPb+S/+o5bVeTS/fTx/8&#10;O/7HUBbjt/SR/zwAAAAAAAAAAAB4yoZEWQwAAAAAAAD4vP3SW6KnglAvAj0sMK37L2MvSK3mL07Z&#10;oPvTa7WDm0M1xarEMy4pnnacXgrrRaxeQ1qKWpt+Jv3JrGpRx9r/UgyrEzpWUez6+zZON0mSed8K&#10;YPt9W/+4v0uSHHY1fajSWJXF5l2VzZbSV1u8WeWjehFtKerU8xvHeu3r+XT9c7q83r1YtEy39abl&#10;9av99WLQ+nVYLe9VqGHTKkzLZ36dsXrEg/33cthq7kmt32tS/fxPK5TT197DEtivPf3PdXqt3v/a&#10;dA/P/v6rvC6NrT32uT19Du9/7k6vTptzqr41/fin+fU13Jcv899/Xr1Mlqlt0c+/f80f+7eOmp7q&#10;QFMd4VjHuzh/2VasMlmqQDZuWuVrrJLYZtNLZW16qvW2f/ivSZK5qmDDtgplm81SKUttm03VyOrf&#10;65IE7M91btsu34ZWlbbTgnauh0O9yv37Xn8O9f2s9v7RX6mP/Wtdf+10ff+rT+1H+6XvOZ2yGL+l&#10;9dc7AAAAAAAAAAAAn6Eh7Tca/75faQQAAAAAAAD4Hfult0QflsUeOvVf7teH+vRp+XrrXkuqySpb&#10;LSo/tN+1clevAm2rsHOKJfXMUN++T1cpbF+lr768l7aqCDbV/vd3rRzWi2Hz4TZJsrv8Jkmyqf0t&#10;r2WNvfg1VAVpCW7V/C/OW3FoWb56HdYFrl726g5p59+rSQ+DXm3GppfFehWqppey2IPPT3f/+Evw&#10;rV7gaazaUi1f16ces35ejx+/618PtUYdZvms1vmczu/+x+tlT3n64Wv1/temWz43y/T9V/mXlsU2&#10;Uy3p/zb7+fXj9/Mpp2JY03e39mC9GofV/paaVll/RfUC2VIYe1A0q6/hOuFTgez+CRzrDOY6sWPV&#10;vKbtFzW2itjZWfu3vD2/yPl5zTt/kSTZ9H/n9X1q89WXafrnrD+XPr0qj/XpmnHYt3MaNqeaWfug&#10;CmWL1ed6VV8bqhG2/tJZvtRW+vK+10c+hR/0S99zOmUxfks//x0RAAAAAAAAAACAz8KQ9huNf9+v&#10;NAIAAAAAAAD8jv3SW6K9KNZLQOuCUe6VZx6pIfU6US9jLSv0+ate0HKqPbvUp1d1oyp35VAFseOh&#10;xiqRTa3Idfvjj7V6Wz7tW0HsuGvLD70wdmz7maa23lD738xt+VhPtJe7xirf9PrRpl6JscZNrTcf&#10;23kvxZ7+tOpzcqpJNb1ANlXNqRfFpn7cd9bNOwWeftylyFPj8VCvy/p1fkQ/v2kpi92vNZ3qTz+/&#10;v/FBu6heh/XsRX391P7719xSOKu13j36+kw+l+nuVGdr4/q16dZlsnVJbF3SWnvsc7vphy/r8/2Z&#10;T+Yj2pbr4lj/Wu/Pr683Ld87mqHqW/1rfH4wvfrar7xWL46d1rs/fTpK377t92bflhyXal8dbzMu&#10;xa6MVe5aSmFt3y++/KoWtzLf5qyVyDZnbXp70UpkqelUvSxjjVUsSx4pifXXsL+Yy/fFejZ13HWx&#10;rG/fq2yrT/HyOf75r5gP+6XvOZ2yGL+l9fdaAAAAAAAAAAAAPkND2m80/n2/0ggAAAAAAADwO/ZL&#10;b4n2stixIi/vKyCd+i+9fHW/hpRjK3QNlaw6BWP6ev3cVo2bXsjZtwJYeiGrSmDZ3SZJjjfXbfKu&#10;jce7Nn8+tu3ubt4mSYa5lcOGQxXJ+nQdd1vnt6kyUAWDlnLYXPWjdUypv7a9yNWfXl/vuKvyWekF&#10;sG6zKugMS92oDcfa/7rGtLYUxup8u3Wd6WP1stgSLOqn9VhZbHl9Hlm+fH1066+m+9v34/Uq1vr4&#10;8zDd+3i97O+aTtNf8n/0dH8tTnW2959vf+0evpL3v1gevHb3lj5c3vWv4f61/ajlfLr118Z6B4+t&#10;f/9rYap/q/17R1bn97AQtjr//jV8/+U4vd5V3eqltlNVr1Yo0/L9s+3vOA+ZegGwdt7P5VjT47YV&#10;wXpx7LHC2DK9qULZ2OZf/Kf/krZhlcZ6eazWW8phfXp57jUudbn+yV0tXzXEpvp+u3w/G3rR7P5r&#10;+o+iLMZv6Z/zVQ0AAAAAAAAAAMA/1JD2m5HrX2MFAAAAAAAA+Gz80luivSxWTa8HxZ1xfl8NqVeC&#10;2ngqZ/X5tbe5VYPmYytvTVUQO/YS2aGmf/ohSTIe2nrHmn+osthh38ebJEn2VfKa2rgd23G3vSCW&#10;tv+xakh9+Wbbz7Nnhuq5V1bt2CtGvfS1fk2rNNTnn6pM91+0XhZbSmC9lrQu6fRaUi/+1OLjgy5U&#10;0/e3LvLMq09aLyB9rH60qV6v0/m+vw71aFnsQZlt6Tvdm+6vVz/tuRow6/rVb1oWWx+rTT5aAvu1&#10;p5fXcvmXt35t7m9xOt++9v3P8YPnczpQ8s5navnclmHu1aq19ee2Hfj0uV0v79N9XFZs1l9by/eS&#10;1Xql/xtbF9S6/m/kVMdqTtu1sf8TXsphy7/pNp5XamxcXtg6v3FIbxP1cthc/+76a7/v+17Wq8/d&#10;8uK3+cvyOvahkoYXX/1rm1+lse35RZLk/PzFvelNTacKZdlWcWzbli+JxDrPpTDWx9UXQ39Nh7T9&#10;rb+WPtb6+9Cn+nu3h5/zy76qAQAAAAAAAAAAeFKGtN/QfP+vowIAAAAAAAA8IY/d+Ox3RE+tlvtr&#10;nkJF94tAvSpzrNkPymKZMlT5alhqQK3ctVSE+s6nVgRLFcLmXSuB7W6vkyR3fby7a8vvWjEsl6+S&#10;JNsqkJ3KXVUgq+Nt6tw2Q01XGSyHtr9eB9pWLeh03q3eNC+lsza/QmE5bu8XdtbFm6GKPf1prpev&#10;y2Kn+lKzvl3d60q95NXLQEsVqXa33m593KVUVhucTuPTmiq9uvWY/jp+0IOy2Mf5pWWjv8/6mOvp&#10;39r9f1MPSl0rHyqLPebRylx9DQ6rCtaj5/Hgk7r6XD8oi3Wrr/17U++Wxfp299fohbDHHPq3oAf/&#10;Ztv0Mr++V4y1/14dTFULH553lnM5lcPW022tXmecexWuL++FwtquTx/rnPZphbBpbHW0IfV9ZlPT&#10;m7Z8rOleFBs27fvVv/6P/2ObP1ZxrPaT+n6WbU2P9Zr25b3GNvWq3Pvrcuv3gqW01qdqf8uX0Lpg&#10;9mD7+95/1Hffw7r118b7Ple/xP3nszyN1TRP0/p7DQAAAAAAAAAAAJ+hIe03NH/+100BAAAAAACA&#10;Z+0fdUNxfedyqZfMrX7VSzjrylXfrDe9+n76eKxa1qb2uOkxmdryFBjqVZbViRza8ZdaVU8GjUmq&#10;yJWpxkPVePat6HWsMthc07u7q7b4po3Trs2fqhzWz2Fb49mxLd88eHFW9aJVUeZUZWpOlaLu57df&#10;yjL1lHsR6DE/v/TjDb0EVgW0dZHnY/VyT9/Nh0o+v712Ip/6Ok3PuOHTP3cPy133PWwr/Vqv2cd+&#10;ttb/dprl/LsPPI/HrZ/hr+uxvX9MNe+xYt/DLd//OVn/8+7f2/v3m+Pyzfn+9/6HJbO2fEorem3O&#10;L2p+lcjOWlFse9bmX7z8Ikly9uJlkiQv2nRqvQwv2lilsuVNY8nYtaF/W52O7YN9LT8/b/tdzq9W&#10;X7/DrKe7OuqD7+PDgzX79/F2nOFDX2Mf/Dd1/3Xu53/6t9Wsv1bWHny2HzvcYx7sgF/Thz5/AAAA&#10;AAAAAAAAfAaGRFkMAAAAAAAA+G0sEZMPTHfrO5dLXKTKYstk72L0usyDOs19vaKx1DTqQPPU9jv2&#10;KljVuk5HXhXFelflsDuNu1YSm+/aeLitYti+Te+u37TlVQjLoUpi+yqJTW1fY1V8xjrUpsov2zqn&#10;h2UwgM/TukzWy2GpgtaDslh9z55q/nHe1HSbf+yFsbGN4+YsSbLd1vwas2nlsfM//Kc2va3p82p9&#10;nVdxrE/XflL7X94rjm089EJXFcf6eWRs57e8tZTTO017T+rvC6vVsulVzNrBUGus1/uwel9ZFdPW&#10;ZbHHrJc+OP5jb1uPze87eLAjfk3rzxsAAAAAAAAAAACfoSFRFgMAAAAAAAA+ZN15+YCqvyylrmW6&#10;L6+xV0yWO5bvb4/1esr6xub6rNZbL2rFXnEZl/Pqe6iyWC+YTb22UvPvLttYtbB5d5MkOdzdZrcq&#10;ih1ur5Mk06HN72WYTe1rmFtRbJnfCzJ19mMvxVRZTFEMeG6G5Xtz00ti3VTf5XsB67HS2LGPtbul&#10;8NUmT4YqkfXi1/kXbf6qLHb+4uW9cfui1jtv09lWaay26wWxXsFMarqfZ51Pf7ZTfzPcvL/9dCqI&#10;9f2svX+7D3l8q/W77H0P3mu7/p6/bL86wmNva+sdrqf5VTz++QYAAAAAAAAAAOCzMSTKYgAAAAAA&#10;AMBj1gWuD1kVxB7TqyN1q7LiKqfFq1uYw3i/g9GrMH219R3PdXNlOraa19lYK451wF4S6wWxfSuG&#10;5fauplsl7OrHb9r0sS0/7tr+jsdD5qnvo83LoY1DHfP8rJ3NWGe9qdeyl3OGpSy2pG/aWNZFHYDP&#10;Vf++uHw/fEQviHWnsliVt8btveljvcn095b+bbZXK6f+fbYKY3e1vB+n72+o4td220pjw1kbxyqJ&#10;9fW++s//NUmSsyqMXbxo43lN93ep/uZ1aM93nur8X7Zi2ZS2v4f6m2Y7n2NPdS0Vz/e/b/z8q3oq&#10;Tp3G92/xobf4B+Ww9XTXK5/T6tph+XzUNL+q9391AAAAAAAAAAAA8FlRFgMAAAAAAAB+xros9sit&#10;xV7/WCfCHvX+9da3LufqXxyOjxx3ZRzaesvYz7unxvr0YdfGu6s2eX2ZJLm9fpMk2V1VQWzf5o+7&#10;Nn84tuLYfKga2DCnR8+2m/acalgKYlOVxpZzqtdwXdCZe92skjdTX2/TSjQKY8Dnbvm+2KuPH2sp&#10;i9U41ffV1ffNuUpi/T2ol8X62Mti01hjrXdYfV/uBbB5W+WvoY1zbT9uzpIk2yqJnb9opbCzKoal&#10;j708VutnU/vbfHV/uoph/S12rg+mGo/9/Or5bqt01p/n+h18/Y7al/e3yjqbTyiLrdZbH2BtWd4/&#10;6K9/n1w3zvg1eVUBAAAAAAAAAACegSFRFgMAAAAAAAAesy6LPeJhZuS+DxTHHrtl2ef3cV2BGarW&#10;9U7arMaq0vRa13UriM1310mSu+u3SZLby9dJkv1tmz8dbpMk49S22wxtPxdzza+yWEVrkkzZVqJj&#10;s0p1DHXOU1XMejFn89i5D/21rtn1wZTzNqUsBnzmHpTFlu+L9f1vPf2IeVUO6/q37r71Ml37q2BY&#10;Mlaxq967+nvQg0JXFciG8f736d2+vYf0ElnmVggbtm398xcvkiQXL79Mkmy/qJLYRZvOH/5rG2u/&#10;S3lsrNJYHff03tfLam1+f/5TqnjWl9fqy/nXuH5d6qgZasn48BW7t/xx68/Xh9YvymK/Ka8qAAAA&#10;AAAAAADAM6AsBgAAAAAAAHyEj6yBPGJ+pCz22K3KpSTWqya9wjVUKWzJotT0oSo0VfHKvpXAcmzT&#10;r7/7a5Jk2rcy2HFXJbFdL4ntk3fqYBebVmfZjO3426nvr603Tacuy7oUtjynqpN1Y38NV6WbZXop&#10;jfX57RymHklTFgM+c0tZbHnPWZWp1mWx97+1fHj+quB4Kl9VEezQxvVb19SLWv37dhW+5vp+Pff3&#10;gyqA7et94NDeOnKs5zfViWzPWzHsbHvRlp+14tj2j/+ntt75y7b8rC0/f9HGnH/Rxu26PFZjPZ95&#10;KYu18zvW+8hjpbH+dKtftnjs5XzsXem0/rpZ9rHXEo/tmV+DVxcAAAAAAAAAAOAZUBYDAAAAAAAA&#10;HrW+kfixTZCu1yvm1Z56RGt9q3LupbCyqcpLjq0IlrnGY53JoU3Pt60Utrt+myS5venlsKskyf76&#10;Mkmyrf2d1QlsqlS2qeMO/fi9ClbTc9VgluVlGIZsNr0sVi2Vqo4tdbSa36fX49qmzq0XbHq5RgsE&#10;eG56aexT9e/Vy/flddFxrX8/7sfr33bXlvXa/o419vLj8v29SmOnAlkvoVWBrNbr209TO+6umlxv&#10;D7V9lcUuXn6ZJHn5ZY0v2rh9+VWSJFUeSxXKUsuXRlgd9zTdC2N1/r1A1l+mZfn7feDV/KAPvZv9&#10;vfvn533o9QcAAAAAAAAAAOAzoCwGAAAAAAAAT9j6Vt96ulvqJp+oV0emHs1a5t+3rlQscZLV/KU0&#10;Nh3a2OtbfXlfoZ/vvG/jzY9tvGvlsFzfJElur1632betIHa8a0WxHNp2m/TxfkFsU/WYPr/Xa8bl&#10;Gd6v2RyrsjLV+HPGenH6a/ZB88/v8+eXAnw+pqV09Wnf+YbV9+zxwbvUfR8qlo1p71Fry/f11fft&#10;XhbrljJkWYpdq3fF9fPs2/XCWH/v6evNVZrcjK0ENp69aGMVyObxLEnyx//8PyR5pzR21pbnvK2f&#10;7Xkb+3kvz6cKZJu23fGRz8P61e3T/RJkfcnx2Ku9fptcLgFqg/Xn9d1rmU+9rllfH62nu3G5EPl8&#10;ff7PEAAAAAAAAAAAAGUxAAAAAAAAeMrWt/rW092nFji6XhbbrTbvk+u99lpFP42pCmKboc3Y1Arr&#10;7VKVl/lwlyS5u2vjuGvFsP0P/5Ek2e5bOeywb8uPuzbONT1Pu+ReSawd/6yO28thvSzWj/uwmdaz&#10;Jm3D49BqLb3yMlSFZR6mdz5umzymLx/qg/d/prK8ir2oMtSLqQQCfO56WWwaWjlrXejq35vHXsLq&#10;CaryoWLYulS11otkp/3Ue9OD7+/r82oenm/zcPsHM+45Tu24xzqfqXbQ65ZDlcWGKoktBbGaPlYh&#10;bNi06bOXXyZJXrz8Q5Jk8/KLtv4XbX6qUNa3z9jmz2nH6dcWyzXG2M5nGNpx+rVCt3onfTD/MX0v&#10;m/4WrCz2m/j8nyEAAAAAAAAAAADKYgAAAAAAAPCUrW/1rae7Ty1wdOuyWN9731uvU5wqFb3K0spe&#10;Q5XFxk3foiohVU3JsS3P3U2S5Pr6Mklyc9UKYrl73VZ/9ZckyfncCmKZ2v5Tx9nUuB3a2M+nl8V6&#10;2Ww5/oPXad0/KVVN2Y/nybtVl14HG+aPKIU1U70EvYjTpx+o5b2CNlbhphdvAD5XvSx2GNr33HWx&#10;KvW9vH/fXX/n7d83H/Oh8lh3Klp92vfd+Re+157U8eo9bV7Gtt9eHJvrvWiuAlsvjfXpXX+LrPew&#10;cdvmb85eJknOL9r4oopjw4sqi1181cY//p/bONb8Ol768+vvoTV/qsleQNvU8XppbfUO/OBV7dPL&#10;e7ey2G/q83+GAAAAAAAAAAAAKIsBAAAAAADAU7a+1bee7j61wNH1qkuvYFWsJHOvm1QZrNdctlV9&#10;2Wz6edyvpORYZbDrVg67vWrlsNurVhTbVWHscNgnSbaH2yTJxb6tt53b/F7ZOtW3qmTWx7TzGqpA&#10;tpRCHnl9Hlher7bdvio30ye8jqeS2Hr6A2Wx0rdTFgOei14Wm6qQ1ctUH6+/J/QS1seVxE7a+kuM&#10;8pO3/1TLger/VyVzrOPWe9ixv5XWG8fp/aM/zyqL1fSwOUve2e5Q6a9e/hp6cazeG8e+/qYVx17+&#10;D/9TkmQ+b6Wx85dtfl7UWOWwpTi2XBy0oVc4l7JYHWce23F7tfP06t7/PJ/V+97yeSjKYr+Oz/8Z&#10;AgAAAAAAAAAAoCwGAAAAAAAAT9n6Vt96uvvUAsfavNRVqvbRF1RhbKji11IQm/r0ro03rRw23bai&#10;2O7qTZtd4+G2FcWmKo8NVRU5q7zWee1vW/mSYam/tOW9KNZLZ316mtr0+Xkrg53c72os9ZN6Yr2K&#10;0vVay6fo++pllNN0++D9n6mT/hr35/jpZwDwtJxKU6089dj3yXn1Pfqkvzf05b+sDNa/Xz/u/n4f&#10;rn7/zNeFrEV/b12V0DZDT3XV4lWKsk/2QljX36umKon1/Z6ez/vf+7rD0ApjN7lIkowXXyZJvvii&#10;FcZefvmHNv/LNj8vv2jj9kUbN1Uc6y9P/zwtRbEqoC3lsXZivYDWberzf/o8Nspiv47P/xkCAAAA&#10;AAAAAACgLAYAAAAAAABP2fpW33q6+9QCx0nLgxwPrfi1rWhI+v56SWxuBa9UOWy6ftVm37Vi2Ksf&#10;vk6SbKoclmMrjm2OvUDWx7afsWdGqrKyXZ1+n+x1jLFnTKYqjFWBrFue/1JZ6VWTPl11k15BWVde&#10;+vNcldXm1cfvLvu1jKuyCsBz14tUn+rx4mO9F/QVy8PC2N9XFFveqxZ9un+fr/fcB2fSln/se3kv&#10;kfX1T+P995N+zdDHYxW99lUWO/ZSWY3jtpXHti9eJknOv2iFsfMv/iVJkhdVGKsCWca2/lIc29R0&#10;+sVEs5xHnz/39ZTFfguf/zMEAAAAAAAAAABAWQwAAAAAAACesvWtvvV096kFjm5IFcOOrRi2VFDm&#10;GnsZ7OZtkuTu8nUbr9p4vL1Mkty+/TFJcjG0Qtd55VbOerlrqKJYHa+XxSqOkuPYKidzdVz6s1nq&#10;GH0/y5L79Zb91KslvR7T6im9lnIcanqprlTFpc7nfGpFtDHt+Y71Mk/D/Y/fXfaoOtcPWopi6xHg&#10;c1Xfy/u3yY/8ftm/l3e9Hrn2/o5XMlZCrH8ff1gUe79h/Z67Ot/1+8HQ3zuXGf09td6b6riH/l42&#10;tvemxyyFtNV5bFfbrV+Nvv40teP3sc+/+KKVwY71Xrzbt/fuXa13HKoAVqWx8fyLJMm8be/VX/3r&#10;f0mSDGetNDZctHFTY85bmWwpjo29NNb2N8/nbVwVyJTFfh2f/zMEAAAAAAAAAABAWQwAAAAAAAA+&#10;xm91Q+2DXYx+4EfqKqdbfVUlWZczepzkw0dKkgyrIlfmKofNVRbbX7Xxpo3Hy1YOu66S2L7mT3e1&#10;/uE2SXIxtirJZq5xavtdpqs4NizPs594lb+qMnKsksjyPKty0g2VcXlQHFmqLbX9UhRr1ZKpjreU&#10;x/rhqwJzPrey2Ka/Hp+gl19OM97/uXxgOWdlMeB56OWtcf1e9JHWhbHuYSns/et1y3tCbffg+/j6&#10;quCDRbH+0fufVz+bYz/PKnT1mmbX3/v63FMRrPZbFc31e+BQ77Wn6XuTD9af6vkNVd1c3od6hbPO&#10;YF8ptn3t71DVznnTCmGbKoidv/wqSfLiq1YsO/vyj22Dl1UYO2/v8RlboSxpBbJ5aK9Dd+881+/z&#10;H/Dg+mh1/dQ/N6ey2Ppz9fNfMyfvX+/Bl9AjPu1Z/TLvP0MAAAAAAAAAAAA+K0Pab8t97C+wAQAA&#10;AAAAwLPSb6St+xLrG2zr5WvrUkSvevS6Q19+qn2sjlzlrWW6cie9OnIqYrWx1zd6/aO1Pk7mpUbS&#10;KyVV1FhOtI4/3bTxu/+9jVc/Jklu3rxNkuxuW0Fsntr5jbXdtp7YdjnfKoflkCTZ1Owxq+f14JVs&#10;O5qqALZUV+4t/Xinvdfr1vdXFa9uXZMZ6jx/ae3m7/OpzxLgaeuFsU91KjH+OvpZ/Hp7ff/z6u81&#10;/b3nsULah/yyrd7Vzq+CYYvTNc/9q5Z+7XE637oGGdtVx6FfSvS3+pp/tm0lsRdffNnW/6KKYi/+&#10;pY3/4/9c61d57N2K2KosWjG1pbK2Gdv1wlwXNP16aKmSrYpkc73op7LqeuzWr25NL7vrH9x/LR67&#10;juz68vXWq0/BL7e+YH3PMwEAAAAAAAAAAOAzNCTKYgAAAAAAAPAhj5UhHpu/ti5ErMti43LHbn3r&#10;rpW4ThmI+52T5fhLIqvppYxFpTfG2s+Dgthcx9ndtuHqKkky3LSSWF79qU3fvk6S7O92SZLjtE/e&#10;KZeNdYBN3+/QzndYsiLNZrlFuX7lanqV2uhlsfXTAgB+HVO9Z3fzanoxt/fkk/tvzkNdFVTs68E1&#10;yTi05ZvNWRu3VQ89a4Wxwx//L0mS6WUrjb148SJJMrz8Mjlv2zxscLVx2t+/3ug1s9MFUC+CtflD&#10;bbeUxaa6HvpQV+5Bxa7Oo/bb9fpa98grulg/q0+2vox8j/WZAwAAAAAAAAAA8BlSFgMAAAAAAICP&#10;sm5BrMpe95Y9HnY4FcSaodZcihbzak+VlpirVHFa2o/ftu+3/Ia5ihpVEktNLw2QoZb348ytDJbb&#10;6yTJ4e2rJMnV61YU2121ktjF7k2SZDO1otictp9haCe4rbGXxXpJrK83rp7XB8tiXS+L1TNQFgOA&#10;38avVRY7xUSXfmryzjXDcgmyXAu05ft6r787/6otv/gySfLii5dJkpdffJmzL9uy1LKcXbRxc97G&#10;Y+1zrHPs1081zlUaO9YFxVyFsKFOatvLY3U90kuwH6s/x1/u7+x+fcT5/p1HAAAAAAAAAAAA4ClQ&#10;FgMAAAAAAICf9Ujxq6siReYaewnstEab7jMqUXEqVVS5Yilq9SJYTVahYj+0Qsa0qncsdYg6v7H2&#10;s5kObf5U5bBNbbe7auNlK4Ydqxx2uH7bFt/UWKWxeX+bJPnirJU4hrT9nsoZ7UQ3yxPv5bIqi9UT&#10;36xekV5UO5XW+vNXFgOAf4YPlsX6tc6DNtX9N+fjoa516lphqKpXH9dv5v1a4VD7OVQVrK5kMvcy&#10;2fYsZ1UUu/jyD0mS8y//pS178UVb+Ys2nfGsjdsX96frGPt6LocqsR7qqV7U9U63fqbd+nKkr3e6&#10;nuvW06srxOV6r8/ox3/syB+wvgB9j1+4ZwAAAAAAAAAAAJ4SZTEAAAAAAAD4WVWEmHoxq2b3AsRS&#10;2OpW1Y0e3Fpuya3LWVUW68t7xaMm5yqX3eW8zSjrtsemF8rmXhS7q3HXxpvLNl6/SpLsXn3fxrc/&#10;JkmOt2355tjWH6sM1qsgZy9eJkmmej5DlTiW57V6fr2ssVRF+utXelmsGx+U22paWQwA/iEeLYst&#10;RbFuPX3/zXmoOtbp2me9fpXClvLY/XGua5fjsdVR95X92s9jpk0rhG1ffJUk2bxohbH5opXFXv7x&#10;vyZJhvNWINvUeunlsW27nunnPNf1xX657mpjv2o5FcPu69Pr5Q8LY33sB+jXN/ev907Xjeuy2Pq1&#10;+0Tv+Y2wv3OPAAAAAAAAAAAAPAVD2m/yvef3yAAAAAAAAIClALEqYy16WWxJTtwvinX9llwvVpyK&#10;E/dv1a1LFL14cVyVxfruh96+qPrGeLhp04frGlth7PJvf27r71pBbL5phbFh39Y7q6LYto479kLZ&#10;2I60Gy+SJMexFT3GOu1pKZm1GcPQxs3YXofNpsodh19YFqvXc6rCmrIYAPw2lnfiql790rLYdtOu&#10;WaapbV/DMt2viYaqaI11zTAO7Vph269lhrrGqFLZNGxzGNvHh6EdY1/XSbt+nXTeSmLjRSuLnX35&#10;n5IkF1+18fyLViIbemlsbNtnaNc3u37d0eauL+ceFMQem7++nntQFlvcv95RFgMAAAAAAAAAAOBX&#10;oSwGAAAAAAAAP2vJYbTxwZ216jMsmYb7ZbG++lwfTb3ctS5NlIclira/oaoaiyqJTbtW39jftkLY&#10;8eZtkmS+awWx7K+SJDc/fZ8kOTveJkm2UyuOXcxVFKsiWJZSWK95NLu0sti0beWOcWlo9GrI/VpI&#10;L4vVkKHKY6nj9MOd3C9t9HJZpywGAL+t5Z24l8XeXXjPz7epNptW6+rXBD3O2q8VTuoapyqtm7oG&#10;2RzbtcvQLwY2rfqVzSapktihrot2xxrnNvbS2LR5kSQZz1tBbPOiFcfOXvaxzT+/aOvNZ216/PJf&#10;kySHoYpjKz//zJMKqr7H+rk/5kNHWPvE9edP3gIAAAAAAAAAAICnSFkMAAAAAAAAfs6SBlsXIe4X&#10;xBarotjDfth6ScttnEpjbey7XUpj/fjHVgLLro3TTatv3F6+buPbn5Ik++tWGJvu2vI/nLfixlhl&#10;sfHYymJntf/NXNmPYcl/tLFuJR42rbgxn7W6x3Zs++u3Gg+HVgM5Tq141sthvRayHe+/UB9bFpv6&#10;61llMQDgt/FrlcXWv4W0rqP2a4O1Tb8mmtq1ylI77VnRYchcx57Gdj0yjVUSG9r0scb9sW2zm9r6&#10;vUQ2VvXs7OLLJMn5i1ZOnS/adc4f/q//t7QVq2a2troematk1g3b9XZVRl1NP+ZUmP1YP7+/B5TF&#10;AAAAAAAAAAAAngdlMQAAAAAAAPgY6ztqNd1nH3sJq6aHimj0dsb+2GoZ203rOYy15ZxWzZiqGDZX&#10;4ets29er0tdVK4blso1Xr1tJ7LqKYtOulcLGqnCcVbrrrMc4av9LtaNKZb0o1qeXZ9CfWG2/r8LG&#10;EvdYvx6Pais+rFj8fDljvX9lMQD4bX18WWztQ+/R7y+JrQ3160ubtGuW07XJaf9TL3XVdcFpuh1j&#10;KY8txa/1/L6v++fcr3Py8j8lSTZf/jFJ8tUf/pAkGf/4L235+Yvaoi70egL10M592rT5vXQ29Oun&#10;Kpr181lfBfWzmY/tOm6s0us4tiXD8hp+6LX+0PKPWQMAAAAAAAAAAIAnT1kMAAAAAAAAPsKxEhAV&#10;rlgKW92Hbrj1gsTxcJu8Uww737YCxdALYrWn/e1VW//yhzb7p78lSca7t0mSu5ubJMmhimFjlcvG&#10;SnJtx3aCQ1U5eq1jmU7Tqx1LyWuV9Jp7AWP1vNflr4fur/CwYrFuaty33r+yGAD8tv7ZZbF+xGE5&#10;k4dlscX8nnnvrrm+UHvfPt5xHFr5a7d92aa3F0mS7Vkbzy/a/LMvvmobfFWlsS9agSzbKo7VflJl&#10;sbnO8zC3671jv55ZimG1eo2bui7rZbGul8Xm1fPqv/LVx82mCmk/4+dfCQAAAAAAAAAAAD4LymIA&#10;AAAAAADwM/qNtN2hPrgfhPjoVsYwtx3M0z5JsqnpYdv3UAe4u06SvP7h+zb509dtvVd/TZKcH9vy&#10;Xt7a1nlsNq1Y0ctime6XJoaeRFusuhJVvngQ4ihDP79P6Iy8a/xASezDdDAA4Lf0y8tia7/sPbtf&#10;g0yPXF2N75zQ0CtkNa8fsRdU3123qWf3YH6p4teuymD7uo7aV1p1Glux6+zll0mSl3/8L0mS7R//&#10;c5J3CmMva6z1k/M21H4PVRybxnbd1k+nTSWbOs9TXe1DPvRaP1z+cA4AAAAAAAAAAACfHWUxAAAA&#10;AAAA+Bn9Rtq+PljfWevBrnEdwZiOSZKhl8Sq0pFNL1tUqev2Mkmye/tTkuTy1Y9t9s1VW333Nkly&#10;dt3mX2SXJBmrurGpMtlZFSq66dCOfzy2cbttRYu5yhk93zHV9FydiT6emmntCY913Axtf71E9rGU&#10;xQDg9+0fXxbrR7xfNz3WxdVU83slbMj0zsc11oXZg7JY3/fypFbXIesnVzvs13lTrXCo5texxnnT&#10;SmHz9kVb8exlW372RZLki3/5r0mS8aIVyDZf/Ke23suv2ti3G2p/9aSPdd7bBxeUH/Kh1/rh8odz&#10;AAAAAAAAAAAA+OwoiwEAAAAAAMDP6DfSeo9ima5yWK8zbCoEMQw9QVblsCqL5XhX420bb94kSW7f&#10;tGLY9etWFtvX/KH2f14lsoupbT9Obb/9MEMlNjaVxOhFjUxtnGrcbFrBolc6emFsqu3mVHlsXRar&#10;ktg4t+cxpp7XJ3Yppg+FMj5QKvv5pQDA32vdAO2lr4fWa/5Cvbpa1wD9eFOvePVLkXd+q+lUFmsf&#10;9GWnslhfb10S+9A59+unus7pha9eABvPkiSHOtKhzvl2auNdnfPmxR+SJOOLVhL74qt/TZJc/OE/&#10;t/lfVGHsvBXJMrbrr27qx1td+Qw9Zbs01e7rv/q1qfM8eXgF9XAOAAAAAAAAAAAAnx1lMQAAAAAA&#10;APgIcxUn5rTS1lzFrh566AGK9PJWL1Mcqih2e5kk2b36Nkly+dN3bXGVxM6r4HVRSYyhymTTsRW9&#10;ejlsnvvx29gLGtvKRCyFs1rv5H5H4mFhrJUsTnWPvn47j0097+X5PfDznQplMQD4fVu3t36zslgv&#10;iq2cfnmpX5u08X3XAEthdfUbT33dB/PXvxn14MnVdc7xpo3LjuqDKn5NQyuBTVUEOwznSZJjLb/e&#10;1/Xi5iJJsjlrBbHtiy+SJBdf/rHGL5Mkw8s25qIXx2p6aNs/VNeD9Wr1gmz/1a/tpp3PycNX7+Ec&#10;AAAAAAAAAAAAPjvKYgAAAAAAAPCzev2iFSemKn6lbrGNvYPRKxn727b2dSuJHW/fttlvXyVJDlc/&#10;JUl2NW6PrTz25VkrRZz3NNhx14ZDO95+bIWJQy9KVLlsU8ffVuKsF8aGucpn/fynfktw3ZOoekcv&#10;Z1Rp41QWq+2rfNb3+yDI8cD943xqWazvv5dB1mcNAPy61r2vx9/r12t+wCMlscet13/nKqCuF5ZT&#10;e1Am7UtW81frjavpocqpw3RV072o2i9Iqiw2ntVkFcaW0lhbfnto5z7NbXpfL+JQJbLNebueO3/Z&#10;SmMvLtp4fPmHtvxf/6e23baKZNvarvb/zjNP3imM9V/9Gut8HjeuXxkAAAAAAAAAAAA+R8piAAAA&#10;AAAAPAHrwkSffl8boc37tW6A9dJE5lb6Si+LTb04UdPHfRuv3iRJrl99nyS5fdsKYndvfkySfFHB&#10;h5c1bvt+D31spbFxSWq1FfdDK0zsV6WtXjbb1IyxlzDq/IZ+K3D9gvQwxVLWaGMvgM1LSaNt2Iti&#10;/bV/UB577+fi5FPLYms/vxQA+LX0d/Z15XOZ7tcCtd5ySfGh6SqMDfWev54+HXl93ffuVcDqiuDB&#10;9cOqLLYcq5Y+mO5rt+u5cW6F2KGffb/A6teXteGxFh+mdq7Hut46v2jXa8cqi/Ww67GXYWu9XhrL&#10;2ObvNi+SJGf/w//ctnvxVZLkxYs2v+93PGtlsixF2La/fl7Dtq3/sEB2eh7rVwwAAAAAAAAAAIDP&#10;0JD2W2vrvyMAAAAAAACA35FVvatnIHobYdwsBYVpGduyPt3DWEsQa6XfMuvjpoIMZ0OVunZv27jp&#10;x65zurlMkhx//DpJcvXTd236ts3fTK0UdlYnsJQrqgA2LsWuUpWNB8WvpQNxvxTR9cLYSa91rGY/&#10;cP8F6aWNx61LYutpAOBzsH6H/7un6xpnrGuc9fTDotj7fOT1xuqCphdOx7ouWk93Qy+0PuJUVr2v&#10;n/n6N7BORa/366e5H1pp7CpnbX6VxF5+WYWxL/9Y47+0Db5o83PxRRtru2WHYyuQzTX/mFY6OyqL&#10;AQAAAAAAAAAAPA/KYgAAAAAAADwBvSzWKl1LLqvXHYZNUsWEx8pia/0GWV86Te0YQ7UhxrFtf5aq&#10;mR1v2rhrxbC8edUm3/yQJLm7/LGWXydJNtNtkmRbhYphrqJYlcT6cboegujnvS5RbJbqBgAAv0e/&#10;9FewjkO7EDyetSLYvk/X9e24bYWw7UUril38oRXGzr78z2kzvmzjF1UeG6o01ktlaeWyfTbKYgAA&#10;AAAAAAAAAM+BshgAAAAAAABPQFW4pqp89bJYbyMM41LiOlYrbF7GWqXGVNlrqtLXptYYa4Ve/Bpq&#10;vUy7Nu7eJknmn75Pkrz+4dskyd1lK4xtplY9uxjbdmdDK4ptqkw21rmvi2JdP/+pzkNZDADgafml&#10;v4K1lHDPz5Mku6ntZ7dv15P7nqDdtvLY2cUXbfWX/ylJMr5o01/86//Y1jtr07l42cbtizZmqywG&#10;AAAAAAAAAADwHCiLAQAAAAAA8GQcqwY2DEsnLFkqYlXmqlJYX6PfCpuP98tevaqw2fRbZTXWMXJ3&#10;kySZbi+TJG+//UuS5Hj9Jkmyv7lK3imGvaj9XGySJBmqNDYfWplsm1aGyHC/LNZDEaly2GNlsaGW&#10;q0EAAHxe+tXhXNe4SzG3LhTnoRd024XmcdjWeJYkmdKmz7/4YxtffpUk+eKP/5okyVf/0sbzF64l&#10;AQAAAAAAAAAAngNlMQAAAAAAAH73+s2s1vA6TXfvdsaGVVlsmKvoVWWxzdALX30vNT1VUayKYdev&#10;f0iS7C5bSezqx2+SJGe1/lkVws4rz9DLYdteDju2otjQS2VTWz5WO2IpiD0oi7XxYVmsjWoQAACf&#10;p/4rXOPYrviGuvKbxyqKzW3cT+16cnds04e6oOzFse35yyTJiyqNvfiylcY2L79yLQkAAAAAAAAA&#10;APAcKIsBAAAAAADwu1ftr7RW10PjuyWxKottquA1VDFsGHrhq8bjXRsPt228uUyS3L7+KUny9s2r&#10;JMn+6nWS5KLSXheVY9iMvSBW+59auayPZ5u24jjWrbjD/bNfymLVdzgVxWp+TfeimLIYAMDv2zC8&#10;27v9dGP/Fa4ap7rCnY5tul8fTv2KsEpix5p/SCuNzTVOPWG7aeudX3zhWhIAAAAAAAAAAOA5UBYD&#10;AAAAAADgd6+XxaoFVs2wU01s805xa6y1t3NtNfWtqii2v2njdSuGHd608eayFcV212+TJPO+lcCG&#10;YyuFfXneCg3DUixr4zy19aZab1MntR3bB+O2zmxdFqsz7sGHU1msj23BUkyrW3pqEAAAv0+/vCzW&#10;rivH3pjtZbFju5499gvGpShWBdrtWU1WYawukg+VsD1WkazPz2Z0LQkAAAAAAAAAAPAcKIsBAAAA&#10;AADwu/ehsti26mJJskkVweYqeR1rPNy28fZNkmR69WOS5PKn79rst216qILD+Vnb+xfnrdhwvGtH&#10;H+ZefuhnUdNDGzf9rMbVLbheOiunslgb16UxZTEAgKfl7y2Lzccq4dZ15VBXuMt+q1w7r0pjFRDL&#10;bt+uNzebtt1Y5bHMdb059StOAAAAAAAAAAAAPmvKYgAAAAAAAPzDTFNVuMb3Nw36bau+Xq8ozLX+&#10;bd3V2lRMoTcV5mmXzdRKDGebKn5N1SHb37Thu78lSe7e/JAkuX37Kkky7NryF5Umu6idz7W/w77t&#10;53zTzmHod9bqg7FKYyfr6bIKTaxLYqfpOn6tpywGAPC5a9ePUxXFHr2eXNy/IpyX6ceuFE8Xoo+t&#10;AQAAAAAAAAAAwGdEWQwAAAAAAIB/mMOh1bo2m5bx6uWwrhfFul4g6zezDvXRnGObcdwlSTY5ZtNz&#10;Y1OblzffJ0muf/w2SXL35qe2+O6yLb+9SpJs5nZOL7ftWNvazzC1YxwP+yTJ2VjpscW6+LCeLh8o&#10;ivW+w1QrnubfpywGAPB56kWxeTV+yDCvrgzX0w+MriUBAAAAAAAAAACeA2UxAAAAAAAA/mF6OawX&#10;xfrYb1c9VhYbhr78tqZb9WvohbFpn1QBLDdvkiRX332dJHlbZbFh10pi2yqGbYdWFDtvW2W7acfY&#10;1nSO7Vym6X4N7e81DeuyWM1XFgMAeJZ6Wew0rlZ4xPjB3/h6eOX4cA4AAAAAAAAAAACfHWUxAAAA&#10;AAAA/un67ar12MtjY1XAsm/VsJzX7a25SmQ3l7n78fskydVPbZxu3yZJNlUGG/Z3bdOqlJ1VuWGs&#10;6bFXzaooNs+9XtYMVTl71FzL18Ww1fRj5bBeFuv6enV6GeOWHgDA56i3daexfXSscejXl8saj03X&#10;1AcvF0dlMQAAAAAAAAAAgOdAWQwAAAAAAIDfv7lVwTL9WON1G29vkiTHn17lzU/fJUl2V6+TJBdV&#10;XHhxtkmSDMdWGNtWoWvTS11TK4gdj23sZbGlavahotiird87D926JLYujX0sZTEAgM/TqSxWYy/g&#10;fmJZrBdpHzcoiwEAAAAAAAAAADwHymIAAAAAAAD8wyz1rvLR9a75qo3HKov9+B9Jksvvf0iS7G+u&#10;Mky7JMmmjrGZ27hNG4ep3RLrha5eXpimKonV8gfn1MdavvawJHb/uXy4JLbew/spiwEAfJ761WAv&#10;0vbxY0phP2eoMlnfzfCgRQYAAAAAAAAAAMBnSVkMAAAAAACAf5h1WazbbDbrWck762/2r9qM1/9H&#10;kuTmh/+eJLl6/SZJMuSYF7WPs95OOLTSWHphrBIN/dZYL4n1vkIvig1VBptrupt74uED5lWvYV0W&#10;m4cqmd2f/aAwpiQGAPC8THWF+PFlsZ/vhI1TW96vR8f5Q1sAAAAAAAAAAADwWVAWAwAAAAAAeEI+&#10;dFPnYa2qu1+t+lj9eI/ud642Qa3Q13/saOuSwdDXnPsWVR7b3SVJDrdtHO5+TJK8/tP/O3mnNNZr&#10;C2fbMePUtj3uW1FsrH1ebFtxbEgb5+n+2Q1DVc16SaxSDse+v6qbbcez2qJvf//ZrMNj66LY497/&#10;aimLAQA8L70s9pjxweXh+ur6A+bxU7cAAAAAAAAAAADgKVIWAwAAAAAAeAL6zZzqbj1oW/UGwVhL&#10;HjYJ3l+vesy6ELYc51hzajxWWew4Vp2rKl69stX3s9yMqg82dXvqfNi3GVOrgWW6bePrH5Iku+++&#10;TZJcvvpbWz+XSZJNWnGsG+dTZqzXxrpTvezv6yiM/Un1A6xTYr/U+oQBAOBj/ILr0b/vihgAAAAA&#10;AAAAAIAnQVkMAAAAAADgCeg3c6rDtUyfimJ9ulW01tOLZcP1Htr0XNN9q75WdcNOm011hLGNPWrQ&#10;z69v30to/SjbGs/mtmTYt1JYbt+28erHJMn0pspib35Kkhxv3yRJtptWFBuWPf/jbNxRAwDgiVMW&#10;AwAAAAAAAAAAeAaUxQAAAAAAAJ6AfjOn97RWvbAHJbHT9GP6HvqabXqu6XVZrO/nVNe63yToZbF+&#10;fod3F76z9nlfMrVCWC5fJUl2r79Pkty9+qYtvmolsWHf1tukjdtNa5cpiwEAwKdTFgMAAAAAAAAA&#10;AHgGlMUAAAAAAACegH4zZ1386nr5a6w1Hi2KzdUSGO6XxebablpN9+V9f32zcZUkmOqEpvpgrvLX&#10;ZqzS2VArHKsodtPKYaei2A9Jkv3lT0mS4e4mSbKt8zgbW5FsHKpMNiiLAQDAp1IWAwAAAAAAAAAA&#10;eAaUxQAAAAAAAJ6QUwHsvlMh4H4J7EGCbK1W/FC5rJtWBx5rxaFKYpn3SZJN39OmxnnXhp++S5Ls&#10;r14nSW5ft6LY4eZtW/3Q1jur7cep7Xeear/bXhR77Ax/O8piAAA8dcpiAAAAAAAAAAAAz4CyGAAA&#10;AAAAwJPSilv95s5SEFusWgGP3QVaFcW6x8pifX4/Xr+7NE7tg83Qil9DDm3BdNvGw3WNN0mSt3/+&#10;97b4upXEDjdvkiTDsZXDzsd2hPN6GnOlzA6Htr+z801b8OAMf3vKYgAAPHXKYgAAAAAAAAAAAM+A&#10;shgAAAAAAMCT0htffVyXxD6tFTCv0mSPlcW61g87rTjOrSR2NtaMqRXEctfKYXn9fZLk8PbHJMnV&#10;62+SJMN+18Yqho21w83Qzn8c7p/BNLXjjNtPe36/JmUxAACeun/e1TQAAAAAAAAAAAD/MMpiAAAA&#10;AAAAT8K6KNb9umWxbn2U7tjvKh1aY2xMK4Rth1b+ytxKYXn7XZLk9m9/SpJc/fDXJMnLbdvBWdr6&#10;Qx1pmNs4TfePPAztBIfN5t7yx877t6QsBgDAU/dpPy0AAAAAAAAAAADwJCmLAQAAAAAAPAmrsli/&#10;uzP8nWWx2k8FvOru0Wn33ZxWEsvUloxjrTG3slhu3yRJdlUQu/nx6yTJcPWqrX+4TpJcjO38N/O+&#10;zV8/r2od9Km5nt+0aiAoiwEAwKf7tJ8WAAAAAAAAAAAAeJKUxQAAAAAAAJ6EdYGr397Z1NhnVyug&#10;l7dWd4EelMS6XhQ7tv33ktgwtA2GsW9waMOxlcFy04pi+zc/JEnuXn3XFl+26aUoNrfttktRrIpk&#10;SyFtVRZbCmd9up5XPT9lMQAA+HTKYgAAAAAAAAAAAM+AshgAAAAAAMCT8JFlsWoFPHbz57BrS7bb&#10;luZaCmNV9pr3rfg1VQFss6kV+mH2N228ep0kuX7zY5Lk5lUriR2vXiVJtoe7JMmLsRXFLsZ23E3N&#10;XwplnbIYAAD85pTFAAAAAAAAAAAAngFlMQAAAAAAgCfh58tip5s9P98KOLZgWMYqhY3DsS9pw1Rj&#10;lcWW+UOVwH76Okmyq4LY1etWGNtdvqnVbpN3SmIvqxh21stltf9xKYv151NTvSjWy2FVEjuVxra1&#10;4B9PWQwAgKfu539aAAAAAAAAAAAA4LOgLAYAAAAAAPAk3C+Lzauy2KnP9f5WQJ/bg13ToZfEdm15&#10;lcYy9tJYlb/2rRSW21YOu/z6vyVJ5pu3SZLdXS0/tBLZeZvKeR1wM/eiWNvfWNPDcv61vMpjXS+J&#10;dafSmLIYAAD8Uu//aQEAAAAAAAAAAIDPirIYAAAAAADAk9CLYm1cl8RON3vutwJWga5l6XxsJbD5&#10;2Mpgm7H2sKk9H1pxbLp8lSS5e/tdkuT6m39PkmyPN0mSoW9WOz4fztp0LegFs6mONwxL26zG2sGq&#10;LLYujS2UxQAA4BdTFgMAAAAAAAAAAHgGlMUAAAAAAACegFNRrBfGunUboE33Lldf2ntey9pTK4cN&#10;09296dT04epNkuTNT98nSXZv2/jithXGzufavkph22FT0zXOdR5TnXeNp7JYV2e6lMTaMzuVxe4X&#10;xgZlMQAA+MXWPz0AAAAAAAAAAADwGVIWAwAAAAAA+AS/9KbKsCpk/XLvL4udulzvbwX0ntdQRbAx&#10;hzZj3rdxf9XGq1dJkutXrST2+sc2Hq9+SJL854u23VltvxTE5naEocY+PaaVxmoyQ514n36sLHay&#10;ft3uP79397fe96813b3/lQUAgKfDNS0AAAAAAAAAAMAzoCwGAAAAAADwEfrNlHXn6qH3rzE+Mn9t&#10;CW49Zur5qz6j2gCbtmUvi506XW3F6XCbJDnsWkHsi4t+pCqLvfomSXL1t/9Ikly/+jZJcjYfkyR/&#10;uGiFsGl/19avEtjYy2Jt7lIqmOqZjHWeUx1uPX3yy25XnY53/+P1sr9nGgAAPheucQEAAAAAAAAA&#10;AJ4BZTEAAAAAAICPsC6LPX5z5X5BbFhNn/6Sv++hJ7ba9PChtthxvV3tcaiC2NyOt5S8an4fM123&#10;sQpjuXqVJNn/1Mpid6/bmOvLJMn5cGhjHWY5PAAA8OQoiwEAAAAAAAAAADwDymIAAAAAAAAfYV0W&#10;e9xjJbG1vl5fYz1939IbO9Z6w2q9KortDnd9RpLk/KwnxuoZHNvy6fW3SZLLb/+aJLl7832S5Oxw&#10;kyS5yLFNZ58k2dTtpOlnmmoAAMDv2/t/2gAAAAAAAAAAAOCzoiwGAAAAAADwCdaFsYddsA+1xx5u&#10;8XHTpW7rDP1EejFsaiWwzDVm14ZlxUMbXreC2PVP3yVJ3n7/tyTJfPs2SfJiaMf9crtJkmzntt10&#10;aIWxtNkAAMATpCwGAAAAAAAAAADwDCiLAQAAAAAAfJJW3uo3V4YaT9Ptb/U/9ubLhzpkj5nqAGMV&#10;xTa9MJYqgOWuJm/aWOWwN3/5jyTJdHuZJDnW/LHKYRe1n/OxPY/x2PY/VWFs6KWypVgGAAA8Fcpi&#10;AAAAAAAAAAAAz4CyGAAAAAAAwCf5UAvs/X+r/9jNmA/trevb9/Xn+mCcd0mSs02tMVVRbKqi2Kvv&#10;kiT7N98nSX76+s9JkvPawWZo5bCzKoX13fRwWL+NNPYDDq0wpiwGAABPz/t/WgEAAAAAAAAAAOCz&#10;oiwGAAAAAADwSXrbq4+rv82fa3ro0+8uTOY+/xGPlcb6bloH7DS9Od4mSbZTG4fDdVvwtpXEbl59&#10;myTZvW6Fsdy15b0ktq09jTU9T/0E182BdmZjlMUAAOCpWl/lAwAAAAAAAAAA8BlSFgMAAAAAAPgo&#10;q6JYv7syPFIWe8SHymLdujC2LouN9dFmukuSDHeXSZLpshXE7l59kyS5/enrNv/qVZLkX1+et+2n&#10;tv1c43Ssslg9nyGbNj22cRjaiQ9zO56yGAAAPD0//9MKAAAAAAAAAAAAnwVlMQAAAAAAgI/Si2K9&#10;7dWty2KtxLVM3ptKjrX5dnt//rQEy9oWQ+1maLdzcsghSXJzc5Uk+ePLF22FtNLX7Xd/TZJcffun&#10;tt11K4mdH6+TJGeHmzbW8xjntr/1+U+9KFaFsSn3T3TMrn2gLAYAAE+OshgAAAAAAAAAAMAzoCwG&#10;AAAAAADwUVqRa04vi1UBbFUS+1BZrN+VGVd/0j/V/PnYil/jthXFMrTjTtM+SbKpwlgOrfC1e/tj&#10;kuT6p2+SJMc3bXqze5skuZhaeexsuk2SbJcyWk+Z1YnU4VIlsWOlzXpZbK7zGOr444NnBgAA/N4p&#10;iwEAAAAAAAAAADwDymIAAAAAAAAf5X5ZbH6sLJb70xXkemfGaiy9HDbOtcGm376p6WMriWXTjr//&#10;/m9JklffVlHs+lWS5Px4kyQ5q/31sth53+9cZbK+3+U8WmNgGnpZrC2YqyzWKYsBAMDTpSwGAAAA&#10;AAAAAADwDCiLAQAAAAAAfJRW4pqqLDYtZa1WElv+Qr9KY0uwq1ZbhcROenqsSmBL8WuzKoHtr9t4&#10;+yZJcvm3PyVJXv/wXa3eCmJfjO1IZ1UiO5vauO3Bs6md/3Lcuc68huNQhbF6XlNND8vzaNspiwEA&#10;wNOjLAYAAAAAAAAAAPAMKIsBAAAAAAB8hLmKWscqi82rstipHFalsV7ieqwstsyoclgviw01PVYB&#10;7NCKYbl9nSS5+eu/J0n2b35oi2/a8vNtW+28pwL2t0mSs6md97CtFao4thTMqi0w1fn0sthc0/Pq&#10;zMe6raRIAAAAT4/reAAAAAAAAAAAgGfAL4sBAAAAAAAAAAA8A/4zlAAAAAAAAB+h/2coD/Wfoez/&#10;Ecf+t/n9L/SH+s9Qdpta8fQfc+y3Zfp/n7L+85P9Pw+5mj7cvG2TV+0/O/n2T/9bkuTFof1nJrdj&#10;O9752P+7kfWfydy17TdDzR/rDI/1n7cc2on1//xk/89Orv8zlPf/Y5XJWDMUCQAA4OlxHQ8AAAAA&#10;AAAAAPAMKIsBAAAAAAB8hF4W21VZ7HRzpf1tfi+HjVUW69OPlsWGKnzNvSTWSmGZ2jjdXSVJ3rz5&#10;MUmyf/VtkmT88c9Jkn/ZttV7WWw+Htp4aAccqig2VCns5H7Z7FiLe0FsruLYUhbrYbLabJzul9QA&#10;AICnw3U8AAAAAAAAAADAM6AsBgAAAAAA8BF6WexQZbFpKXSdmmLt/98vi3VLmWuZU0Wx+a4mW0ks&#10;u8skyfH6dZLk9Y/fJElufvw6SfLH6TpJ8oezdpxUQexwfdPGKotdXFy0xZuWIJsOrTw2ju0MlpJY&#10;ndi6LNb1wtjQg2izshgAADxVruMBAAAAAAAAAACeAWUxAAAAAACAj9KLW7s2NbXpYzXE5qEVvIbh&#10;rE3X2kunqwXJMlZJ7Hxupa+MVRg7tKLY9Ld/T5J8/9d/a/OPt0mSf315niSZd60gtlnd3unlr4/V&#10;i2Fr97tiDykRAADA0+V6HgAAAAAAAAAA4BlQFgMAAAAAAPgovblVibBlelNz29/o97HffFluwkyt&#10;JLatoth2rP3s3rTxx78lSW6+/1OS5HD5U5JkM7ey2LaOt3FXBwAA+IWUxQAAAAAAAAAAAJ4BZTEA&#10;AAAAAIBPMM9VBBuG5J2+2Lz6G/2pL5nabZhNWlFsM9+1+fOujT9924a//rckyfHqhyTJF5u2/cXQ&#10;jre7u06SnI+tZAYAAPCplMUAAAAAAAAAAACeAWUxAAAAAACAj9Bvpuz6bZUqi7X/nwy1xjy1Itgw&#10;75Mk22W9Np3dZVvv6qckyeV3f02SXP3wdVv/eJMk+eqiFcTOhra//a7NPxu0AAAAgF/GTxMAAAAA&#10;AAAAAADPgLIYAAAAAADARzjWWH2wZbr/Zf5Yt1vGqa1xlkNbMNSa866Nr1pB7O13bbz56dskyXi8&#10;S5K82LSS2GZu241p09tNNcwOtV8AAIBPpCwGAAAAAAAAAADwDCiLAQAAAAAAfIReEmv9r9P0psZt&#10;jee9IDbXmoebNh6vkiR3f/73JMnlj60sdrx5myT54qLt6WLT/tb/uK/tqzB2fn7eJve9bQYAAPBp&#10;lMUAAAAAAAAAAACeAWUxAAAAAACAj3CosZfFet+rl8W+WKarJLa/bOPl9zX+kCR5882fkyTDrpXG&#10;hmPb03ac2rhpe+y3b/o4DEOSZJzaegAAAJ9KWQwAAAAAAAAAAOAZUBYDAAAAAAD4CL0sdlV3VQ41&#10;ntf8L8dWCBvnKovd/tTG71tJ7ObHv7Xx1XdJkj++OEuSbNJKYfu7tt0xbccvLlqrbK6i2O3tbZLk&#10;ospjAAAAn0pZDAAAAAAAAAAA4BlQFgMAAAAAAD4L69sd6+m1oYpdj02vtz+02yrZ12q7Yxtfjm29&#10;i6GVv7J7kyS5/fP/niS5+aGVxbb7y7ZedkmSzdx2MMytLJahjXP9rf80tLFP122dbD7wvAAAAB6j&#10;LAYAAAAAAAAAAPAMKIsBAAAAAACfhfXtjvV0ty6IrafX+n7mVVksNf8i+zZ9uGrjq78lSd5+89/b&#10;apffJUnO08pjZ8deFju09VNlsWVqmyQ5jvU3/3MVxuo8lcUAAIBfSlkMAAAAAAAAAADgGVAWAwAA&#10;AAAAPgvr2x3r6a6XxD5UFFub52Mb08ZxqP0fbpIk0+tWELv67j+SJHevvkmSnB+vkyRfbGq7w10b&#10;08ti9ymLAQAAvxVlMQAAAAAAAAAAgGdAWQwAAAAAAPgsrG93rKe7sRe7PtVcJbDpto3Dro1Xr9vw&#10;7Z+TJNc/fN0W798mSV4ObbsXw9TmH9t2S1msymHtrk1yHNr0VOO8/O2/shgAAPD3+YU/DQEAAAAA&#10;AAAAAPCUKIsBAAAAAACfhfXtjvV0Nwyt0NXHj9aLYsdWDMvtqzb71Q9Jktc/fNMWX7fS2FlaQexi&#10;bEWxzbGVxDa9UFalsbHKYm0qmeu0lMUAAIBfm7IYAAAAAAAAAADAM6AsBgAAAAAAfBbWtzvW02vr&#10;sth6er39MF23Dy7/2sbXX7fJV98nSXbXl0mS7dTKYeebtto47ZMkQ80fl4ZYG4c6zLooliqOzavz&#10;UhYDAAB+KWUxAAAAAAAAAACAZ0BZDAAAAAAA+Cysb3esp7v1/HVRbK2vv5mu2oy//X+TJLc//jlJ&#10;cn35pi2v3bw4qyLYsZXEUkWxbZXG5pruxjqdqZ9GFcU6ZTEAAODXoiwGAAAAAAAAAADwDCiLAQAA&#10;AAAAT8L6ZsZUYwW7lgLYMFeJa25rrLc7zq3s1Vcb2+2SDJX4GmqDobbPsae/Wlls92//jyTJzY9/&#10;SZLs726TJF+8uEiSXJydtfV2bX7mY5Lkxfl5kuRwqLLY0J/ByqosVrdzFuODZwQAAPBx1j9tAAAA&#10;AAAAAAAA8BlSFgMAAAAAAJ6E1uc6jf3mRut1vRPqWq/QF4xtPA61wtj+pn6sRtlx2iVJtn3Dfvvk&#10;9Zskyb5KYnff/q9JkvP5pi2v/fci2UNtgb/gBwAA/tn8XAIAAAAAAAAAAPAMKIsBAAAAAABPQg+G&#10;HVbztzVu+gq9MNbH/qfzVRabN22cao9j7XHoez60wliur9vkDz8mSe6qLLa9/baNuW3rAQAAPBHK&#10;YgAAAAAAAAAAAM+AshgAAAAAAPAk9JsZ+9X8sxqHdVmsbzDUZP8T+iqLzWkFsV4UW8pit1dJkv0P&#10;3yRJbr79IUlyvGzjF2Nbvs1dWx8AAOCJUBYDAAAAAAAAAAB4BpTFAAAAAACAJ6HfzOgBsW7bP+gL&#10;+oqrstjU/4R+bCsep9skyWZoRbFxbqWxvPouSfL2b39JkhzevEmSvJhbSWwzt7LY5kHjDAAA4PdN&#10;WQwAAAAAAAAAAOAZUBYDAAAAAACehMduZlQ4LJlqrBX73Y+5VujjUGWxeeqlsOu24PZtkuTm6z8l&#10;Sd5+8+ckyfmhFcf+04vWMNvvW1lsfNA4AwAA+H1TFgMAAAAAAAAAAHgGlMUAAAAAAIAnpifEylx/&#10;G9/vdtS4hMaW9FizGWvJdNOG2x+TJHevvkmSXFdZ7PD62yTJl7Wnr162stjxcEiSZHB7BQAAeFqU&#10;xQAAAAAAAAAAAJ4BZTEAAAAAAOCJ+fmyWL/psVqr3RRJMg679sHd2yTJzY9/SZJc/dCKYnn7Q5Lk&#10;4tDKYy+zT5Jsc0ySTONZ8p5iGQAAwO+dshgAAAAAAAAAAMAzoCwGAAAAAAA8DcvdjHUz7OfLYj0A&#10;NuTQxt1VkuR41Qpil9/9OUlyXYWxi8NlkuQ/v6gtj7dJkun2uk2ffZEkmQd/kw8AADwtfooBAAAA&#10;AAAAAAB4BpTFAAAAAACAp6HfzTi2QliGKn+Nm2WVJJlqveNxnyTZbtqMYWjj9Pr7JMnV960k1sdx&#10;9ypJ8tVwlyS5SBs3VSTrx5uyTZLMQxsBAACeCmUxAAAAAAAAAACAZ0BZDAAAAAAAeBr63Yz1XY0K&#10;jCXHpN33qNltOlMrjOXYSmHXX/8pSbJ//UOb/fbbJMnZdJ0keTHu2vTc1s/cpk9lsYs2W1kMAAB4&#10;YpTFAAAAAAAAAAAAngFlMQAAAAAA4Gn4UFmsymEZp/vjzWWS5PC2lcRe/+W/J0k2t23+9nCTJHkx&#10;Htr0UCWx6TZJMqfNH3pZbD5r85XFAACAJ0ZZDAAAAAAAAAAA4BlQFgMAAAAAAJ6GfjfjUB9sKinW&#10;y2JVAksVwjK0cf7x2yTJ26//nCTV8gMcAAD/9ElEQVTZ/dSmLw5t/ZfDMUmy3fQDtOl5uk6SHGr5&#10;eFYlsUMvivmbfAAA4GnxUwwAAAAAAAAAAMAzoCwGAAAAAAA8DXU3Y9q1D8ZtJcWWP42/q/VuavJ1&#10;G779a5Lk7df/kSR5WUWx88MuSXKWqa3fS2XZt/9/bMuPZ+0AZ2dnSZJp39YfZ3+TDwAAPC1+igEA&#10;AAAAAAAAAHgGlMUAAAAAAICnoe5mzC38laH/SfymxqGKYrevavhbkuTu+1YWm179kCT5l02VyXa1&#10;fr9NMtY4tPE2xyTJcbtN3imLZXdIktRuAAAAngxlMQAAAAAAAAAAgGdAWQwAAAAAAHga+t2MaTW2&#10;8FcyXydJ7l79OUny+pv/1ua//S5J8tXcimBfTJUmu71t47HNz6YSZdv2t/a3Q5vc1fS2CmPbXSuO&#10;bdxeAQAAnhhlMQAAAAAAAAAAgGfAL4sBAAAAAAAfbV49jvV4b2NrvfIjHq42PfIoQ/9vp9T84117&#10;HG6Tw20ON5c53Fzm9s3r3L55nfnuNvPdbV6ebfLybJNMx/aYD+0xTe3Rz2AYkmHIOI4ZxzHD3B7z&#10;MZlbVAwAAOBJ8stiAAAAAAAAAAAAz8CQJPM8/8zf8wAAAAAAADQ9rNXHfoNhU48kGfrM9d2H4f44&#10;1Qq7467NHtqCbS0fa3pYbmNUd+z6qi1/cd5m79v0T3/5tyTJ5fd/S5Jc5DZJ8jL7JMl829Z7uW2b&#10;nc2H9sHqPKeh/a39scap/+n93M5nrPPxF/kAAMBT4+cYAAAAAAAAAACAZ0BZDAAAAAAA+Gi9KNZa&#10;XSfbd8tiU33Q7z70olhXf8p+6KWwZa9tw7E2GOfa0dyWjzXm0IphSZXBLn9Mkvz09V+SJHdv2vRZ&#10;neWLoa03THdJkm0dZ1P7H/pxytyLYv285/t/e+8v8QEAgKfKzzMAAAAAAAAAAADPgLIYAAAAAADw&#10;0XoDrJpei03VxZIlEPawLFbjYWoLhk2bMS8brDZcimJVHDtWz2xuhbC8/a4NP36fJLmpoti8u0qS&#10;XMztLM/Gtv1FJc/mwy5JMtbxPr4sVsWz5YkBAAA8LcpiAAAAAAAAAAAAz4CyGAAAAAAA8NH6DYVq&#10;fC029UgeBsLWZbF95cmGSpGdul5V+qpuWd9fL4Dl2Ipguf2hDd/8OUny+sdWGMuhFcfOh3aATZXI&#10;zmp/F3W8Y6031vn1stjcz7P+1n6qcR6WBUmSjdsqAADAE6UsBgAAAAAAAAAA8AwoiwEAAAAAAB+t&#10;31CoONhik2ToC9fjqix2V6GwYUmRNVMVwMa57f186H/zXhscbtr4/b8nSd5++6c2vvkxSXKxaQf4&#10;YlvbVYlsqHFbJzjU/ntRrFMWAwAAPnfKYgAAAAAAAAAAAM+AshgAAAAAAPDRPqkstjLXn7Df1cZj&#10;lcWWfc6tAHZeJbFtL3odW3EsV60gdv2X/yVJsnv7XZLkcHudJLk427ZxW9sd7pIk86Htd1MnOD5y&#10;gr0sNqXt5zT/fllsqNsq/iIfAAB4avwcAwAAAAAAAAAA8AwoiwEAAAAAAB+t31CYqv7VbTKeFq7v&#10;OvRAWI23x7bCdtNmDLWvaSmLVbmrb/f2bdvuh78kSe6+/d+SJGeHNn+Y2/a1u6UgNkytSDbMLWXW&#10;1xt6KWxo0/Pqb+uVxQAAgM+Vn2MAAAAAAAAAAACeAWUxAAAAAADgk82rstjwvrLY/SDXUha7Obbi&#10;19lmU0uqAJZ9kuS87/vYxpvvv02SvP36vyVJNq//nCR5ub1LkmyH9rfxc5XE5mMriW3rT+bHdeqs&#10;imLdqSzWxmn1t/bKYgAAwOfCzzEAAAAAAAAAAADPgLIYAAAAAADwyf6esthhbuWv49BKYmMVwbap&#10;Iljfwc1VkuTtN1+38et/T5L8cXidJDmfb5MkQ60+rs9pvj+9FMXmdTns/rSyGAAA8LnycwwAAAAA&#10;AAAAAMAzoCwGAAAAAAB8glbnOsXDeq1re1rlA2WxXiU7zHdJkrHG8/F+Uez2+2+TJG+//66td/Nj&#10;kuSLXLb1a7u1R4tiXZXF5uX8Pq0stnFbBQAAeKKUxQAAAAAAAAAAAJ4BZTEAAAAAAOATrCpdH1MW&#10;W4pizZRDkuR4vE6SjNknSbbjsa33YyuJff+nf2/rvX2dJPnjWdp6x7dtfKQstnYqiHXv/1v6qa9X&#10;5bFuvf3GXRUAAOCJev9PQwAAAAAAAAAAAHxWlMUAAAAAAIBfYFUYe7fG9WhZrG1znHc14zZJsk1N&#10;37SC2M03f0mSXH7ztyTJ2b4VxP7lYpMkmQ6tLDbMrVDW9QLYUMc/FcF+/m/nl6JY90hZrO/35/cG&#10;AADw++XnGQAAAAAAAAAAgGdAWQwAAAAAAPgFPr0slrQS2N3+MklycVazj9dt/jf/kSS5/vpPSZLN&#10;bZv/cmrbbbNP3imUzcP9c+iFsLGOvxTDVqWwT7Y6zvj37g8AAOCfxE8zAAAAAAAAAAAAz4CyGAAA&#10;AAAA8At8Slmsr3ts/79KYptNm87VD0mSH//jf0+SHH74Oknyh7EVxV7Obb3DTdtufHGeJDmu/yT+&#10;typ+KYsBAACfCT/NAAAAAAAAAAAAPAPKYgAAAAAAwC/wS8pi+3vjfPdTkuTyuz+38Zs/JUnOr18n&#10;Sf5YZbGzqY25u23jxcskyX68/zfx89AP+Knu3yYZVs9tfHAXxd/iAwAAT5OfZgAAAAAAAAAAAJ4B&#10;ZTEAAAAAAOATVHVrXpXFhvF+XSzvlMWWUtddjTdJkttv/yNJ8vqv/z1JMl+30tgfskuSvMwxSTIe&#10;23TqdsY0bpMkx6Efrx1oruMNddejT3/IsL5NspTQGmUxAADgc+GnGQAAAAAAAAAAgGdAWQwAAAAA&#10;AFisbxmsp4cc2ji06leObXqfbYbty+Sdjlh3VnOG41WbcfltkuTmm/+WJLn98S9Jkou5FcQuxrb+&#10;vL9t608tEbbdVlHskbsa/bj9L+XX5/EYf1kPAAA8F37+AQAAAAAAAAAAeAaUxQAAAAAAgMX6lsF6&#10;eimL1djuNCRTttnnrH08tJmb2uYs+7bq/jJJcvjm/0iS3H7/H0mS+fL7JMlFrXe2acc8HNoxprSi&#10;2NlZ2/98rKoZAAAAn0RZDAAAAAAAAAAA4Bnwy2IAAAAAAMAnGJOMmac58zQnwyYZNhmGbeb5mHk+&#10;ZjrOmY5zxrTHcLzLcLxL7i6Tu8u8+enbvPnp2+xvrrK/ucpw3GU47jJmypgpmeZkmjPP7XEynFJm&#10;AAAAfDK/LAYAAAAAAAAAAPAMDEky3/+zHAAAAAAA4Jla3zJYTydTkuQ47ZMkZ9uzNp0xu+MxSTJW&#10;/eti07adLn9Ikux++muS5PVf/n9t2/2bJMnLtH29GO8fa3+sYw2bJMnZWTvWvBwHAACAT+HnKAAA&#10;AAAAAAAAgGdAWQwAAAAAAFisbxk8mG7RsBymVv0aNu3v0ud5zlDVsfNaJ8fbJMndd39Kkrz5+r+1&#10;bS6/S5K8mNvyl+MhSbKpstjcdrOUxaZxmyQZN60sNky9LOb2BgAAwKdQFgMAAAAAAAAAAHgGlMUA&#10;AAAAAIDF+pbBg+mqhu2H9vfox175mqe82LRlQ3Zt3Tc/JEnefv3vSZKr79r4x+yTJOe5S5KcDa0s&#10;liqTTVPb99RuY+QwVFFsaNNjpceUxQAAAD6NshgAAAAAAAAAAMAzoCwGAAAAAAAs1rcM1tPHKopN&#10;vTA2teVn8zEXm1YZy+3rJMnNN60kdv3dn5Ik481PSZI/nLX1NsdWIBvmVhpLHeuYbZvcnCdJpqGS&#10;ZWXoNTNlMQAAgE+iLAYAAAAAAAAAAPAM+GUxAAAAAADgFxvm9tgOx2Tet8fd2+Tube5ef5+7199n&#10;unmT6eZNXmyPebE9ZjtP2c5Thhwy5JB5mjJPU47HY47HY+Z5zjzPGYYhwzBkHMeM47hMAwAA8Mv4&#10;ZTEAAAAAAAAAAIBnYEiSeZ7n9QIAAAAAAOD5Wd8yeDBdf4d+M01JkpfbNr3JXXL5XZLk6m//1sbv&#10;/iNJcnG4TJJ8dZa27vG2fZC2j5O2r+PQxinbNlZNbJjb/KG2G+P2BgAAwKdQFgMAAAAAAAAAAHgG&#10;/LIYAAAAAADw8YYpGaZs5kM28yHDvMsw75LddfZXP2V/9VNye5XcXuU8h/YY55yPc8Zpn3HaV1Hs&#10;3arYmGTMVI8+vRyy/6dS6tjJXA8AAAA+hV8WAwAAAAAAAAAAeAaGJJnn2Z/fAAAAAAAAWd8yWE/3&#10;Ith03CdJttklSebLH3P57X9ry159nSQ5P14lSc5ySJIM022SZNNuT2RqQ+blb9vb2Opi7xjerZAl&#10;4+xv4QEAAH4JP00BAAAAAAAAAAA8A8piAAAAAADAYn3LYD099EpYjdm/TZIcv/tLXn/zb23Z1Q9J&#10;kq/OWhHsrGpkx10riw2bszY9tr9pP5XFWmps6Mesotg4t3Go2fNwv0QGAADAx/FTFAAAAAAAAAAA&#10;wDPgl8UAAAAAAICPNmTOkDnJrj12b5LdmxxvXiW7y2R3me20y3baZTMfspkPyXxsj3IcxxzHMVM2&#10;mbLJceiPMcdhzDwMmYdWGUuSzTxlM08Z0x7DfKqMAQAA8PH8shgAAAAAAAAAAMAz4JfFAAAAAACA&#10;jzdP7bG7bo/L18nl60w3r3J23OXsuMt2mLMd5gzHQ4bjITlO7TFuk3GbOZvM2eQ4bNsj9x9zxswZ&#10;M87JOCfJtHoAAADwS/hlMQAAAAAAAAAAgGfAL4sBAAAAAACfoOpeVRS7e/1de1y9zdkw5WyYcrFJ&#10;LjbJPB3qMWWepmzOzrM5O1/KYVM2maoyNmeTeRgyD0OmIZmGdw45z/cfCmMAAAC/iF8WAwAAAAAA&#10;AAAAeAb8shgAAAAAADxBc6bVI5nXK/0CQ6Z6HFaPfYbsk7k9ppufMt38lN3lj9ld/pjj7WXGYW6P&#10;zSbjZpN5GjJPw+kMt9v2KK0vNi/H3MxzNvOccU7Gd5/MMNx/ZHSLAwAA4BfwkxQAAAAAAAAAAMAz&#10;MCTJPM+/xh8bAQAAAAAAv7E5U5JkqvGk/X34+MjfiQ+rOwHHfRs3ZzVjqP3ub2vGIUkyntX+5jY9&#10;vfo6SXL1b/+vJMmL/du2eDpkPh6TJJv5/rkNw9A+GDdJkqndnshcszPXMeoc+rmO1UobVvubh/c/&#10;RwAAAH6en6YAAAAAAAAAAACeAWUxAAAAAAB4QnpZLEthrOt/H94LYyt1J6DHvCoClk2LfS17mo83&#10;bb2xVhirKHbX5t/98Kckyf6//3+SJF8cW4lsqYe987HbDwAAAL8vD35WBAAAAAAAAAAA4POjLAYA&#10;AAAAAE/K/bJYN6/KYveXvketsFn+rLxmTLs2jjXObbz76cckyfU3/73N/+7fkiRfpi3fbDYZx7az&#10;dVlsPQIAAPDPoSwGAAAAAAAAAADwDCiLAQAAAADAk1IFsLnGFvFa/j68F8Z6WexDNwCG2s84H9r0&#10;sK8lNd68TZK8/u5vSZKrb/+UJPnDbSuNvchdkmQcx6Uo9lhZDAAAgH8uZTEAAAAAAAAAAIBnQFkM&#10;AAAAAACelFVZrBveXxY71ri+EbAEyeZWEDtLlcX6FrurJMnxp2+TJD99/02SZP+qTf+Xs13bbrpN&#10;kkzT9KAkti6NAQAA8M+lLAYAAAAAAAAAAPAMKIsBAAAAAMCTUs2wngzr0+O2jRXxap2wx8tifc4m&#10;VRaba4v5ro1vfmjD139Jkty9/ilJMu4vkyT/etHWH49t/ePxmGlq5/JYWUxhDAAA4J9LWQwAAAAA&#10;AAAAAOAZUBYDAAAAAICnZK6SWA3LdC+L1Z+Jr8tiS4isjDVnW2Wxbd/icJMkOX79pyTJj3/5jyTJ&#10;fHuVJPmXi3aAcWrTvUz27q2GdVkMAACA3wdlMQAAAAAAAAAAgGfAL4sBAAAAAMCTMrbHnPbo0x/p&#10;tPYhySFjPfp0pn0y7bO/vc7+9jp3129yd/0mw/4uw/4uF9vkYpsc9nc57O9yPB5zPLZK2TiOGccx&#10;m80mm81mmR6GQWUMAADgd+Djf3oEAAAAAAAAAADgyRqSZJ7neb0AAAAAAAD4Her/i37VvOp/6k/G&#10;+vvwGg61tI9Tjck+SXLcXyVJ/nC2rfk3SZLdX/8jSXL51z8lSTa76yTJF7WHYd7VeNc2G9xiAAAA&#10;eCqUxQAAAAAAAAAAAJ4BvywGAAAAAABP2XCKi71vdn+MmTJmyqYeF+OYi3Gs9tghublKbq5yuL7M&#10;4foy8/Eu8/Eu47zPOO+T7NpjqgcAAABPjl8WAwAAAAAAAAAAeAaGJJnneV4vAAAAAAAAfof6/6I/&#10;1QfDKitWfyZ+rMm5NphrzjAfkiTboY3ZXyZJDj/8LUny9tu/tPUvf0ySvExb76K2Ox7ukiTjdhMA&#10;AACeFmUxAAAAAAAAAACAZ0BZDAAAAAAAnqLHymI12f+H/14Wy9TKYuO8a9NjlcXe/pAkefPXf0+S&#10;3P70dZLkYrpJknyxadtt5zYedm3+uL0IAAAAT4uyGAAAAAAAAAAAwDPgl8UAAAAAAOAJmsb2mIfV&#10;o6piQz3Gebr3yHT/cby8yvHyKndXb3J39SY53iXHu2zGOZtxzjBOGcYpySHJIeMmGTdJMtUDAACA&#10;p8IviwEAAAAAAAAAADwDflkMAAAAAACekF4O612vYz0e7XytN+iPq5vk6iZ3V5e5u7rMfLfPfLfP&#10;WDcPtmN79A2meZdp3mUY5gzDvD4KAAAAT4BfFgMAAAAAAAAAAHgG/LIYAAAAAAA8Qeui2Dogtszo&#10;j/7BPCXzlOn160yvX2d3eZnd5WWOh32Oh33Ox03Ox81SEJuO+0zHffbTIfvpkHmYMw/3jgQAAMAT&#10;4ZfFAAAAAAAAAAAAngG/LAYAAAAAAE/QmCFjhvXsk6Eei0M99kn22d+8yv7mVebb15lvX+dsum6P&#10;7HKWXbaZs82c4/GY4/GYwzE5HJMpm0zZ1C0GtxkAAACeEj/FAQAAAAAAAAAAPANDkszzPK8XAAAA&#10;AAAAv19T/S/7Q9XDjjXd/xf/bf25+DAf2gfXPyZJpld/SZK8/tP/kiS5mK+TJGfzTZJkU+vP9ffm&#10;01BjzvKucZ7aGLcYAAAAngplMQAAAAAAAAAAgGfAL4sBAAAAAMATNBzbI1N7zPOpKnZ/xbk99tfJ&#10;/jr7uzfZ373JJjfZ5CbbuT3O5ruczXcZ533GeZ/NPGUzT8k8JvOYKdt7DwAAAJ4evywGAAAAAAAA&#10;AADwDPhlMQAAAAAAeILmekxTe/SA2Fj/4/9Qjxxuk8Ntbm+ucntzlevr9nhgHtpj2cNaJcwAAAB4&#10;st730x4AAAAAAAAAAACfGb8sBgAAAAAAT9Aw1KNXxKosthnbI/MhmQ853t3keHeTu9vL3N1eZnd9&#10;ld311ak89gG9M/ZYbwwAAICnw891AAAAAAAAAAAAz4BfFgMAAAAAgCeol8WW6tcwZRympSiW421y&#10;vM3x9m2Ot29zuL3O4fY683Gf+bjPMM8Z5nm9294pe7QlNmbKmGk9GwAAgCfg4U95AAAAAAAAAAAA&#10;fHb8shgAAAAAADxJc3sMUzJMGYZjhuF4KovdXSV3V9lfXWZ/dZl5d5N5d5NxPrRH3SQY5jHDPGYa&#10;2qMXxabkXj9smKcMs6IYAADAU+aXxQAAAAAAAAAAAJ6BIUnmeZ7XCwAAAAAAgN+x46GN87GNQ1W/&#10;Dndt8dvvkyRvv/tLm/32hyTJ2eEqSXKe2yTJdt4nSTZz21//K/OpPpqHNh6zqSXNUN2xMW4xAAAA&#10;PBXKYgAAAAAAAAAAAM+AshgAAAAAADwpreg173dJkiFVFuvjvpXDDq++TZK8+baVxebrn5IkF0Mr&#10;iZ1VUWxcymJVJiu9KNZN7ZbCQlEMAADg6VEWAwAAAAAAAAAAeAaUxQAAAAAA4EmpAtjUimBJjce7&#10;JMn85vskyeXX/5Ekua7C2MXcSmRfnre/I5/3t8m7RbHBrQIAAIDPnbIYAAAAAAAAAADAM6AsBgAA&#10;AAAAT0ovi7WSWNKKYbl9kyQ5/PhNkuT6u78kSY5Xr5Ik57Xe+dhuCYzTsW33GKUxAACAz46yGAAA&#10;AAAAAAAAwDOgLAYAAAAAAE/KoQ1zFcWOV23y9fdJkrff/qnNfvNtkuT8eNvGuUpih7bdZty27YY2&#10;u/99+bRMt4LZmH4LoU334Ng8+Ht0AACAp8ZPcgAAAAAAAAAAAM+AXxYDAAAAAICnaJjb43hIjofs&#10;bq/a4+ZNdjdvkt1tsrvNxTDnYphzNhxzNhwzHA8ZjoeMmTNmzjCPGeYxU9ojcz3SH/cP1wpj7z4A&#10;AAB4KvyyGAAAAAAAAAAAwDPgl8UAAAAAAOApmqdknjLtbjPtbrO/ucz+5jLz3U3mu5ts5317DMds&#10;h2Myz8ncamJj5mROe6x3O7THesY77bGM90pjAAAAPBV+WQwAAAAAAAAAAOAZ8MtiAAAAAADwpLQk&#10;2HzcZT7ucntzldubq9zdXufu9jpjjhlzzNk45WyckuOhPeZ9Mu8zboaMm3fTYWvVDpvrAQAAwGfD&#10;T3kAAAAAAAAAAADPgF8WAwAAAACAJ2i322W32+Xq6m2urt7m9vYmt7c3GYc54zBnO47ZjmNyuG2P&#10;/a49KhyWTPXolgUfsN4OAACAp+JjfuoDAAAAAAAAAADgifPLYgAAAAAA8Kvq5a31o5k/8vFgf/Oh&#10;Hrtk3mWze5vN7m1y8yq5eZVh9zbD7m22mbLNlHGTjJvkcJxzOM6ZjlOm45QMm3qkPWr/89Ae6+lp&#10;mNtjWTJmyph5SObh3okCAADwO+eXxQAAAAAAAAAAAJ6BIUnmeb7/R0oAAAAAAMDPWv8P68NSDztV&#10;xO5rf799rLFvf3xnjSTZ1Ljt+znuas6hxpskye3/+v9MkkxX3ydJ7m4ukyTjtE+SXGzans7Hlv+a&#10;pra/47Edcbs9b/PTzMNjmbB2pqfn14yzv0cHAAB4avwkBwAAAAAAAAAA8AwoiwEAAAAAwCd47H9Q&#10;f1gW62v2Ytf9sljvhK33dyqLtULYMLcx+9saX7fhf/2/J0nGXZve7VqBrP9P/uPYjtPHPr8XxjZV&#10;HvulNusTBwAA4HdPWQwAAAAAAAAAAOAZ8MtiAAAAAADwT3Cc2mPtcDzmcDwm09weGdrjsG+P16+S&#10;16+y2+2y2+0yTVOmacpms7n3GIYhwzBknuelKpYqiv29VTEAAACeJr8sBgAAAAAAAAAA8Az4ZTEA&#10;AAAAAPgnmOf2GOt/rF8e0zHjdMyQOUPmZD62x/4u2d/l8s3rXL55nf3hLvvD3VIOG8cx4zg+KIf1&#10;5b001tcDAADg+fHTIAAAAAAAAAAAwDPgl8UAAAAAAOCfYFOP9fSYOWPmZD7cexx3VznurnJ7/Sa3&#10;128yH6f2WJXD1g8AAADo/LIYAAAAAAAAAADAM+CXxQAAAAAA4O8w1aP9T+7vPoZ6vN841mO11dmm&#10;PTIf2+PuOrm7zuHqbQ5XbzPtbzPtbzOOQ8bxYUGsl8b6AwAAADq/LAYAAAAAAAAAAPAM+GUxAAAA&#10;AAD4JxiG9pjnekyHzNMhybE9pn17XL9Orl9nf/0m++s3mQ93mQ93OdsMOducymLTNN17nI7TlvfS&#10;2Ho5AAAAz4dfFgMAAAAAAAAAAHgG/LIYAAAAAAD8AlM9urkejxuTjPX/T49Mh2Q6ZJ72maf9aU/H&#10;u+R4l/nuJvPdTY712B4P2R4P2QxjNsPpf+bv5bD+AAAAgDW/LAYAAAAAAAAAAPAMDGl/beRPjAAA&#10;AAAA4CP0/0H93apY3v3r7PmYJBlqjalvMW/bMLTJsapgh/1dkuRsaNtlPLTx9ddJkrd/+bckye7N&#10;D0mSi2Hf1p/bdkNqu3+wjTsLAAAAT46yGAAAAAAAAAAAwDPgl8UAAAAAAOA3MbbH3B7zcKqKJclc&#10;/zdkahWy6dAeu5v2uGuPeX+XeX+X8dgem3mfzbyvttm6bwYAAACP88tiAAAAAAAAAAAAz4BfFgMA&#10;AAAAgF9RL4jNaY9HTcdkOmYzJJvhNJ272+TuNvurN9lfvcl0d5np7jKbadceOWSTQ4bMGX7+CAAA&#10;AHCPXxYDAAAAAAAAAAB4BvyyGAAAAAAA/B0eFsTGj/qf34dhaI9xzDCOyTwl85TjzWWON5fZXbdH&#10;DrvksMs2x3pM2WbKMCeDsBgAAACf4MM/rQIAAAAAAAAAAPDk+WUxAAAAAAD4p6o22XGfHPfZ3d1k&#10;d3eT/e42+91tNvMhm/mQ882U8/8/e3/a3DiW4HuafwCUe0Rk5a2eMesX/f0/z9iMzdzuqVtLVq6x&#10;R0b4JokLgH5xzgGdkNO1+Bbuep4wGPyAILhIBCiJ+MUwpZ8P6edD0k1lAgAAgDvyYTEAAAAAAAAA&#10;AIBHwIfFAAAAAADgo5qSTOnqlIxJxhx22xx22+yuLrO7usy0u8q0u8rQzxn6OZsu2XRJpkMyHdLP&#10;ST+vtw0AAADn+bAYAAAAAAAAAADAI+DDYgAAAAAA8AlM01SmwyHT4ZDdbpfdbpft9VW211eZxn2m&#10;cZ9Nn2z6JJmTzMv6rVAGAAAAd+XDYgAAAAAAAAAAAI+AD4sBAAAAAMA9dHXq6zTUaW3u+pOpm6d0&#10;85S+Thmvk/E6/b5Nr9LvX2XalSnTvkzHLSaZsx/H7MfxtXtQdHOZPvR4vRwAAIDPhw+LAQAAAAAA&#10;AAAAPAJdkszz7BwgAAAAAAC4i/Yb9Xms/yjnZc9dV4Z11i7NWK4wdGVJ19Va2HSVJDn88JckyfMf&#10;/lYu3z1PkjyZd0mS+XCZJLmo23/6ZJMk2e+WW0heOzt8+sBjAAAAPl9+tgMAAAAAAAAAAHgEfFgM&#10;AAAAAADuo5vKlK5OU5Ip3Zx0r/9/POYydV1XpszpMpci2Twm4z4Z9+l3V+l3VxkOr8o0bcuUQ4Yc&#10;0vd9+r6v1+5ymMrU9Ktf9n/oMQAAAJ8vP98BAAAAAAAAAAA8Aj4sBgAAAAAAD9HCYn2X9F3mbs7c&#10;zRmTjK9d3vdlOia6SoksV5fJ1WX2u+vsd9cZ9/uM+33mccw8junnpJ+TTddn0/Xpuy5912WepszT&#10;tL43AAAAcCsfFgMAAAAAAAAAAHgEfFgMAAAAAAAeopXFlnGXdF2mac40zZnnZJ5fW22eyjQekvGQ&#10;+dWzzK+e5bDd5rDdZh73mcd9+mkuU7r06ZayWDcn3ZzM45R5nI6hMgAAALgjP0cCAAAAAAAAAAA8&#10;Aj4sBgAAAAAA72Cu01SnuSvTUb1kHsu0u05217l89TKXr15m3F9l3F+ln6cypUxt/T5zmeakn5Nu&#10;mtNN8+s3AAAAAHfiw2IAAAAAAAAAAACPgA+LAQAAAADAvfRJ+kyZ61SLYnU6NsbaNJbpsC3T9WVy&#10;fZntq+fZvnqe+bDPfNjnSd/lSd9l0yWbLhmmMs3jlHmc0s1JJygGAADAO/BhMQAAAAAAAAAAgEfA&#10;h8UAAAAAAOAeWkFszJwx82tFsVN9DulzOBbG9tfJ/jq765fZXb/M/upV9lev0k+H9NMhT4chT4ch&#10;T7ouT7ou3TyVaZrTTXPmuUx9uvTp1jcHAAAAt/JhMQAAAAAAAAAAgEfAh8UAAAAAAOABWumrqf2w&#10;5V9d5nSZkxzKNO2TaZ9pf12mQ5k286FMw5zNMKfru3R9l0xzMs2ZxynzOKWvv9Tvui5d1yVznQAA&#10;AOCOfFgMAAAAAAAAAADgEehSzn46nvoEAAAAAACc1X6hPtWO2GEekyRDNyRJurZ8+ypJ8rQsTi5/&#10;TZL88J//vyTJk+2zJMk30zZJcjHtkiR9V66/3FCrh3VlPrZf6fdtuV/xAwAAcDfKYgAAAAAAAAAA&#10;AI+AD4sBAAAAAMADTPW/vuvTd326+r/z6DKny5yLvstF3yXjLhl3GS9fZLx8kX6/S7/fZZjHDPOY&#10;Poc6jekzJvNUprSp3V6Z5u4YGwMAAID78GExAAAAAAAAAACAR8CHxQAAAAAA4AHGw5zxMKdPlz7d&#10;UhSbD4fMh0P6zZB+MySHXXLY5er5b7l6/lumw3Wmw3WG+ZBhfq0olkOZujo13ZR0k6IYAAAA78yH&#10;xQAAAAAAAAAAAB4BHxYDAAAAAIB76OrUr6ZMc50OZcpcpt11srvO9ctnuX75LP20Tz/tM2TMkDHd&#10;PKWbpyRtqterRbFm6trUZ+r8eh8AAID789MkAAAAAAAAAADAI+DDYgAAAAAA8ABD12fo+mNprOvS&#10;d92yPPOUzFP2V5dl2l1nv7vOkGRIlqJYn0P6vFYia4WxWhZrRbG5TW2tuhwAAADuyofFAAAAAAAA&#10;AAAAHgEfFgMAAAAAgAcYhiHDMLy2pDa/hqFMr66SV1e5fPUil69eZJjnDPOczdBlM3TpMqVrFbGT&#10;6dTcTWVKX6ZaGAMAAID78mExAAAAAAAAAACAR8CHxQAAAAAA4CFqSGw8HDIeDjcuuH7xLNcvnuXq&#10;5atcvXyVPl36dBn6ZOjTOmHJXKdbCmNTdzoBAADAffmwGAAAAAAAAAAAwCPgw2IAAAAAAPAQXZnG&#10;3TbjbptkLNO8T+Z99pe/ZX/5W6ar55munuei3+Wi32WTKZvXC2JdV6ZsytSVae76zF2fqU79PJ1M&#10;AAAAcF8+LAYAAAAAAAAAAPAIdEkyz/O8vgAAAAAAAL5k7/yr8a5c/7C7SpJcbOr2tr8lSZ7/5/83&#10;SXL96/dJkj9uxnK1w3VZvyt1sK7ryvWavoynrpzvvdzP+XQ8rK8HAAAAt1AWAwAAAAAAAAAAeAR8&#10;WAwAAAAAAN5BP5Qp2ZVp+zLZvkx3uEp3uMqTbp8n3T4X/ZiLfkyfQ/ocluvPXZs2mbtNppRpTn8y&#10;9ZlOJgAAALgvHxYDAAAAAAAAAAB4BHxYDAAAAAAAHqCr09CVKYd9cthnfPUi46sX2e+32e+3uRiG&#10;XAxDhq7P0PXJNJcJAAAAPjIfFgMAAAAAAAAAAHgEfFgMAAAAAADuZUoyZZ4OmadD+U17n2R3neyu&#10;c/nyRS5fvsg8jpnHMcMwZBiGdF13Mq2VrQIAAMCH48NiAAAAAAAAAAAAj4APiwEAAAAAwD10dcq0&#10;L9NYpsPlqxwuX+Xq8mWuLl8m05RMU/rM6TNnmqZM03S2LNbMXZkAAADgffNhMQAAAAAAAAAAgEfA&#10;h8UAAAAAAOBepiRTujrlsE8O+2wvX2V7+Srjdptxu83F0OVi6JJuSroph3GXw7jLMAwZhuG17fV+&#10;XQ8AAMBH4adPAAAAAAAAAACAR8CHxQAAAAAA4D7mNo1l2m+T/Tb761fZX79KpkMyHbLpu2z6Lhmn&#10;ZJwy7Q+Z9od0fZ+u7zN3ydytN54kXZ0AAADg/fJhMQAAAAAAAAAAgEfAh8UAAAAAAOA+urlMLTE2&#10;bpNxm2l/nWl/nW7ap5v22QxdNkO3FMjGcZ9x3Cf9XKb0SfpMXTJ1ydx1mbubRbEuU7pMry2Z6gQA&#10;AAD348NiAAAAAAAAAAAAj0CXJPM8z+sLAAAAAADgMdjv9yfji4uLk/E0lYrXOI7l8hzKBd2rJMnl&#10;3/8rSfL8h78lSZ7M10mSP/RlvX5/WVYfd0mSYVPqYdM8lHmNic0p4/YL+67+q1XF+npBN5fx3G3q&#10;mgAAAHA3ymIAAAAAAAAAAACPgA+LAQAAAADwqHVddzKtzfOceZ6Pl/f1t+u7XZkOZeqnfZ0O6adD&#10;Mo1lOqObp1IJm/syAQAAwAfmp08AAAAAAAAAAIBHwIfFAAAAAAB4lNbFsL7v0/fHX5u3y9frpe+T&#10;vs989SLz1YtMu6tMu6tkHstUi2LdXKY+U/pM6fo5XT+f3AcAAAD4mHxYDAAAAAAAAAAA4BHwYTEA&#10;AAAAAB6lVgxrRbFzZbFmKYtlSjLl+uWLXL98kWl/nWl/nWEeM8xjupQp8yGZD+nmKd08pZ+Tfk66&#10;aU43zZm7ZO6Wzb9BVycAAAB4P3xYDAAAAAAAAAAA4BHwYTEAAAAAAB6ldTmsmaYp0zQtl7ei2LL+&#10;YUwOY7ZXL7O9eplp3GYat+kznUxdndLVqRbJAAAA4FPxYTEAAAAAAAAAAIBHwIfFAAAAAAB4lFox&#10;rFkXxdbrtcsP15c5XF9me1Wm6bDPdNhn6FKmvkz9fDp1KdN6+3NXpqP+9Nf3c18mAAAAeEd+ugQA&#10;AAAAAAAAAHgEfFgMAAAAAABeK361glgrivV9n77vM45jxnHM1dVVrq6ucjgccjgc0mdOn3kpig3p&#10;MuQkFXbiWBZbFcQAAADgA/NTKAAAAAAAAAAAwCPQpZzFNK8vAAAAAACAz9u0XlCV86inlF+Nt1+R&#10;T4exjsv8ycVQVq+RsN2rl2X+6/dJkld/+59Jkj90l0mSi3p7/bwt8+mQJBnmsrxtd5zLBrthkySZ&#10;6v2ZuzfXyLp6//q6/a7+Rn/unA8OAPAu2vuqD62+/Xtnx/eBH2f8+9De07f3vh96fLr0XXnHzu+R&#10;70sAAAAAAAAAAIBHQFkMAAAAAIDPU/vNdisfLOPaAahFr+Xyaq7nUW9rSexic1EvKOsftqUU9nSo&#10;G+xrGezZL0mSF9//OUnSPft7WW+6KuOlP9BKYEXX7ke7dLk/d6sXOOsbAHispva+rupv+WTDfUth&#10;t21vsX7feU/TmeutC15tvXa/1o+nLV+v96HG6/v3MR0f+7r89WHHY13cnoNzX7v19876a9WcufoN&#10;6+19en4K+ZL56gIAAAAAAAAAADwCPiwGAAAAAMDnbX6t9pBaCDupeZ2uMLV+QN8lfbdcOnVTpm5K&#10;33fp+64UyropmXbJtEu3v0q3v0pfp828z2beZ8iYIWP6zHU6/eX73PUnU7n05q/nX7/k/FoAADxU&#10;P59Ot7rxPvOW8R3N3Wm1a+pOC1br8dH6HeKnHL/tsncft+fo+FyVd/Efetym9jV44Jc43aoqtv7e&#10;W0/daoIP6fVXHgAAAAAAAAAAAF+oLknmefa5RAAAAAAAPi9nf7N9OB0up+aXc/vHeh71uCwty+e5&#10;XG+YdmXetnO4LOv/8G2S5NkPf06SfL3/LUnyZN6W9QAAeK9eb8XexW21nNuKTUtt7Jb1lmTU6dvM&#10;xboKVspVR3d9XOvH09UNz/WOfuhxu+PT6v10eeDnnoT3NO5On6V2l9pz+6HHpRd8/Nrd9r2zvvzG&#10;1259+S3bm+rjX3/vfDzrR8CXxFcXAAAAAAAAAADgEegSZTEAAAAAAD5DZ3+zfVtZrJizSZJMdf1+&#10;Kpdsluvvy+xVKYhdff+PJMmLn/6SJPljrhJlMQCAD+auBa7mtlrOuu50zvnqU3k/uZS21tmpOr5b&#10;mes4nm9cXkd18fn782Gsy2ifRn3QrTA216/uhx6f8fZLb35vnf2anVu+MvXKYnw4vroAAAAAAAAA&#10;AACPgLIYAAAAAACfp3WAYflN9z3LYnMpiA1zuWTo6xrjdZn/+mOS5MUPf0+SXP/6fZLkf/Tl8k29&#10;PgAA70cris3d/bJK67rT2tna08r57ZQez9xqVEuf53Q8rS5f1j9Ts1pvr93+/R79h3P26fgQluei&#10;Ofem/8OM1zW3898Lp26Ums5d79zypt6gshgfkq8uAAAAAAAAAADAI+DDYgAAAAAAfGH6W379fXr5&#10;PM+Z5zld16Xrunq6/5wcDsnhkMP1qxyuX2XaXWfaXWeTKZulHgEAwIdW3519NHPXpn41leVT19cp&#10;dTodt/eby/2e+2NV7LVx2976/envxcd+3pM3PFfpVo21Dz2uS+cyta/MbdPi3JN2bvlZN7YM743v&#10;LAAAAAAAAAAAgEegSzlr6l6fXwQAAAAAgE+u/Wa7hQCW33TX6ld3Wv+a6/nTbelUrzhN+yTJ075e&#10;Mh/K/OqfSZLrb/9ahr9+lyS5GK+TJE/GyyTJkLGsDwDAe9Her81deb/W3sfdplt98uFmL+pUf8sn&#10;JaYzt1tqYB9e94hrtrd8aT6Y9qXt5/Lcr7+nbvPm75h7PKB6g6VQl8yrn2k+nrOPhC+Ary4AAAAA&#10;AAAAAMAjoCwGAAAAAMDn6exvtu9WFlt6YIdtkuTJpp5fPZVxXv2cJLn6x5+SJLtnPyZJvkopkXWH&#10;UhhTFgMAeL9+N2Wx1QaO96Pdw9NxN5dxq0E9dLx+H9u239fLp3r5hxqfe3yn47dd9vBxuy9tvH5u&#10;PvT4+FzXYf2m6uo3w9wuaHm59k23Grf1z11+2/jTFcWa9nzwJfLVBQAAAAAAAAAAeAR8WAwAAAAA&#10;AAAAAOAR8L+hBAAAAADg83T2N9v1f9my+l+3rP83lM1hX/53kk+68r+T7Or/ZjK/fZ8kefmP/0qS&#10;7J//lCT5pv6vZ/rs6vzsHQEA4AHa+7Xj/4ay6Ou46eq4zfvV/3jycDicjNv/QbCtv7b+PwKON97n&#10;1f914dz+N+Sn4/X/1nHTbU7G7X9NeNu4PQMXFxdluPpfG67XX4/b/yrxoeMbT8Sbxm+77D2Mu35I&#10;kozL/xayPdZy+Xrc3vqvx+3/Lrlef1j+t5dvHs9j+Zqu/xedy/8ms234zLivX/s2npfn9s3jdv25&#10;/i/uL+rjb9rHetbz9eXNMJxe//60p75kvroAAAAAAAAAAACPQJfyCcPTjxgCAAAAAMDv3dnfbNez&#10;828pi81tA2MphG1aUWwqpbH88o/ktbLY9OqfSZKvhlofmNvtnL0jAAA8QHu/Nrb3W4taY1reCJbx&#10;sZJzenlf60xd2866ZtUCYa0m1W6ujdvmzrjtbeC5j2Ksi2jr5c1SsD2znXPbb8v7d61Lndn+nZyp&#10;t93VPJUvxhJbW1k/V2vt8vVzdNfxxdMnyWslsXn5ZmjfJO1ni/pNtCqLjYe63VZ9S/1ebBW3Ol5f&#10;vmhfw+Vb4B2+Fg+iPfUl89UFAAAAAAAAAAB4BJTFAAAAAAD4PJ39zfbdymJT/dcwlxpAn1IYy/Wz&#10;cvkPf06SvPjhL2W9uvzrTVkNAIAPa251qDP1pjbu6vu5Yy/ntP60lMVWl/dte6v127hVpZp26dmq&#10;1dn3p9X68nPbaaZD+8fp8vVHPNbjahrb8/JAZ7Z7F2efo1sstziUN93r7azHN57DNm7zhz6GTfvZ&#10;oaW9ynhccnRlPJ/53puWyl0th3WtHNZ+VjktjS3fy3Wtttl2cXPj8Vfr5e/+MSDtqS+Zry4AAAAA&#10;AAAAAMAjoCwGAAAAAMDn6exvtu9WFhvr6fpPlpPwt2X27IckyfX3/12W/vz3JMnF/nmS5KtaGZg7&#10;52MDAHxIXVfe8LXC120lsG51+TiW6w91O11q3Wl5n1jHS75pVX9qeaelZFYvXn/Eoo1vvbzOp7K9&#10;9lGNaTXu2nipWJ069xGP9fL9fn8yvq/p8Obbv4thaM/lwwybJ0mSaQmFlX+cmzdtvDyXq/X6vha8&#10;6nwpkC3jMpvq9dsz2spg7XvxRimslcba92pfymht/Xl5IKfjqX6N57nez3qDw/K9ePozx/rxnnPX&#10;9c7zs86XzFcXAAAAAAAAAADgEehSPlH55o+dAgAAAADA79XZ32zXs/tXJ9Mfy2Ll8sN0SJI8bSWJ&#10;8aos/+XbJMnV9/9VFtfS2NfTZZLkSV1/rjUBhTEAgPetlbZOy17d1KpQrdTValC15rQug7V+zrwa&#10;L+WwNq63s9pexl1dXi+f6vvAM0WwVgxrDrtS9jpe/ubrrcddvb1WVmtvfM99tOPc8netS82rx3Mf&#10;reB1X+2R7Fe3vS6EnZufsxTFVoWx9fLU9/j9k6/rFev2WzmsPqy+L+stV6vjJQ22HteHMy3fu+2K&#10;9Wu7eqq7vpTVlmLZ6mt82/ihz//Ru16f3zNfXQAAAAAAAAAAgEdAWQwAAAAAgM/Tud9stxJE1Vab&#10;ViWJG2Wx7cskydUPf06SXP/4lyTJ5uqXJMnXcymPDXO53jyUs/2VxQAA3rdWCqvv01pZ7Nz7v6Zl&#10;ntp67aMQq/JXK3mNYyl43Sh7TWX5fv8qSdLX7FO7vBW31mWwVg5r5kMtklXr+7+uYR3fVR7fwSY3&#10;39825z7q0ZZvNpv1Rfezejz3sX5sd9WCW7vDmx/zuZLYbeO7muod6DdPk9fe6/d9eS5b7W0Zt4BY&#10;rdrN9WeLzaaWweq4rd8u77v6tWkxvDau93ue361ifO574+4edrt8Hnx1AQAAAAAAAAAAHgFlMQAA&#10;AAAAPk/nfrP9wLLYfPnPJMmzb/8rSbL/+e9Jkj+MpTj2zXxZ1jtsy3zzdZk/8Gx/AADerKslr76r&#10;Za65zev7tlXRayl+LQWxMt/v9yfLu7q8XW89X65fbz9jKcu2d5TLdlbvQ9vyFqxt+lXdaigf0Vj0&#10;dXyjglXfz/b1bebcHv/Kh/qoR7s368fzMUxLHK48+FYaW7vxnK20y9fP0a3jegdqdG75GaKrCbFW&#10;FmvjuVXvaiJsquNzZbF+U7Y/DBfl8loW29Sy2DyU+aErl099u93T75W+fnOsl7d5q+Y9nJ9xvmS+&#10;ugAAAAAAAAAAAI9Al/JJyU/weVAAAAAAAHiAO/5Gu1UIWmesXa01CObxOkmyGcpZ9/Pzn5Mkz/7+&#10;70mS8dn3SZJ/qUWxpyllimlbxrn4plxPWQwAPop2TO/rQX6qhZ/Tdug9xq3eVN8ktKLRzZrSpz3W&#10;T6sa1evO3veWvmpviNYprDs6Xq09e2928zmrVsXXxY31b3x1kiSH61d1WN6vtQJYqyadG7ePQBx2&#10;u+S12tLaevlS+qplsW4uJdr2ONb1pnUZrD0Pbdzuz/L+c/3RjFo6a46Xl+sNtULVxvOS2XrzeP38&#10;veu4n0/HXR3P3XTy7/Vl7zZOmfflHze+VVZuPKfVevn6a70eN60YlrkUvo5fvbp4XSJr93e1fF+/&#10;J5fbqY+nFcHavD3OTf2ZYqzz/ukfkiRTXwpjw1DuV7teG7d5hvq1Wn3vnXOu2HbUHn/1wH3Jm7+z&#10;bo7X2uXv4txtnRs/Jo/xMQMAAAAAAAAAADw6XconHO/30T8AAAAAAPhUaumhFSaWs/37cvZ7O+m9&#10;dMBu1gjaOfL9oZQquq4UxvK8lMRe/f0/kiTb38r4D33Z0tOaipj2pVCR/qskymIA8KG1stYxbLMu&#10;EpXlx8vLgmXcKkxleKw8nb3+aW+m1ZXOBXVuFnre/t7gZknnxgZOTKsbeL1u1S6Z2p/8V2WqVp7q&#10;ztz5vj4r68pSW72r77duXH9Zvz2a5clraxS1mpS5vm+rtaW091OHUu6aplpw3dfrT2X5frct46p9&#10;tKHN1yWx9UcfLvpaXbq3+r2xGj/U+mm5t1Zoa6WvTzRur4Wpm07+vb7sncb5vXj767i5+fq/nxv7&#10;pXq7h6l+79bSWSuKtYLYUhrb1Hkdz5ty+cXTp2X9+hrsVtdf73baPmRuX/P5SZ23FdvzUb5CrWa4&#10;3nc0c92PHuN3dfurXcUyrguWsttS3XvT9u/2grr1GLAaN8ei3pfry3+EAAAAAAAAAAAAKIsBAAAA&#10;APCZWcpirR1Wz4vuL5IkYz01vPQobp4x3spiw+Fl+cf4osz/+fckycvv/jNJcnjxc5Lk64tyexe1&#10;ejDuy5b74etyPedlA8AHtS6LrWtHR+f+7L1a78b1mjcvH6Zye61otnazLPTm9Zqbt3JjA6dqaafd&#10;Tp9Wy5qWclgrdx3/9N9qTXW4Vis+/bFNVuflvvft/dZy12oRrNV+Wimslr2W+er295e15FrXn2qp&#10;bK7lsFYGy1jLP6tCWiufweNR9zfHHnKSY2GwFRGX5UN5jczLfqJcvvmq/KzSQl0Zyvb6TdlOP5Sf&#10;ndrupBW92nzovikXzHW766pfvZ31x43GOm7ls7X1/vJYSjzdztx+qHujt+8X1rfxpr3u2wxn9vVf&#10;ki//EQIAAAAAAAAAAKAsBgAAAADAZ2Ypi9WiRXPHstiTNh5rWeyqFMQOP/0lSfLqp78mSear3xJl&#10;MQD45G42YZbE2Gp5cazK3LzmiVbGWS+v2mZaWexoPX67m/fiRvbm7frT9Y+Fs+lYIarvi5ZSV630&#10;bPrTus8S72llsOWCer227eX9Vn1H1cplY5mPq/l8KOu1Ylh7n7bdbpMkfX0WuvpsL+WyZn1/mloy&#10;a/Whpo37vj7+M5e3+wefj/o9XX+2aZaIX638tR+Fxr5cMNXrzXXcymFzzQu2Ylgri3X18jYe6rjr&#10;S4Hsq4t/SVHG6/3k+jU3rXZrS4lsvXy1P8uZ1+7by2JrqyrZfa6a3NhLK4sBAAAAAAAAAADwRehS&#10;PtG3/hAgAAAAAAD8Pt0oi9VTx+tZ8O0k9HbpzbJYu/5lmf/6bZLk1Q//lSTZPvsuSbIZXyVJvi6b&#10;zaZusZXFuv6rcoHzsgHgo5hq/aqv1Zebxa7qlmJYc7M+07ZYyz51A221drv3dfN+3rjht5rqe551&#10;yWd4fVwLXHMtdNWYUPpNfSOzvP+pF7RMUXvH1K5fl7fHfnVd3g91dXkrly3zWu6aalFsHuv7pHo/&#10;hqHUjNZFsb7ewPox9avnZrfbJW9YT1mML1fdz9QS2PHjPOV7el7ygGU8LTuqVhYrw/YKn+trrr30&#10;24t7ruu3m+trhbDvyj7j6dM/1HEtkLXX2qas117bWea1hFZfe9OuVAXn1Wuz3e7yGj2zp+7Sqoh3&#10;2V+ebuPmvv1+2lP6sD3+5+FLfmwAAAAAAAAAAABUXconEd/8UT0AAAAAAPjdaWWMVaejngW/Los1&#10;7ezpTUrxopXF5p/+nCR5/t1/l/HlL0mSp105G/5p3wobp+WNaW5nuzsvGwA+rHbMb8fkWtBZ1WOm&#10;MzWZ9R/Dl6LOSiuXtTRPW6u+FUi/vsFmKf18GK3a1Uo8y3xOulboan/yb3elvW8Z22OqNaG6rVYG&#10;mw9lvbmutyyvz/X1dX2/dOMjBe1rUUbL+6SqlcQ2rSK06qt1rRS7LCjjVkRbvpYPrLnB5269n5qX&#10;PVJ97bXyWH3R9LWy3F5ELcI815+KDvUlN821Anhme8v+JWV7bbutJDZc1OWbJ0mSi4taFBvq7beS&#10;WLv/y7jM5no7zVT3FW0fM9f97PJ43mC197jh3K66mc/Uytp+S1kMAAAAAAAAAACAL4KyGAAAAAAA&#10;n5lWyFgXKWpZrA7XZbF6znu6eV/+MT5LkuxrUezlD39Jkgz7svzrrpx136es34oZfT1LfmwJM+dl&#10;A8AH0upVt3Vk3l4aW/8xfF3subn1WrZpdZnV/Ib3XBY7bq7ds1rdauNW6pnnpSDW/uTfjfXKdby7&#10;PC2DzbUcNh3a+6E6bstbWaytX99RtYJZ0+pDfX2u2lM6LMWeup26vfXXcF0iO35k4XS9fvPV6vLi&#10;ruO+9z6Nz1S/KnAt5a03vxabuT/df42rPeDy2m7Br1WxsNnv2mu/bq/en+U1Vctf/abez3r5XNf/&#10;wx/+WMZDrQu2x9PKYvV+LuodGtu+rJXTWp2w7dpeu9rNffep9TGhOV8Wq/O2/zi59MvyJT82AAAA&#10;AAAAAAAAqi7lk4OnHyUEAAAAAIDfrXoO+VKoqOdFt+JXXbr+xXc59z3JfFXmV78mSa6/+88kyeVP&#10;f02SXEzXSZKv+lrqGMu41Tw2w9MkyVhLHM7LBoAPo9Wo+pTa51orh2Vel8XK+FgWOz1Wr6syy3YW&#10;Zf2+3X59U3HXstjtobG393CW2+naevXx1/szv1YDm8fyfmWs89RiWCuEHa53ZflSaasbn2q9p86X&#10;jwy0Ull9Toah1H2m+qCO5bC1uv066lfvxJYqWnO2LFbHbd61NuypG+uf+cjDupYEn4uuFrmm+mpY&#10;imCtvPXmb/ml2NX2E+ty2G2vibb9ZZ/SXrvr0tnyM1jbR9TbrZv/6uk3ZTyUn8I2mydJkuGijLu6&#10;vJXK1vvpri/rt/1z2y++vr++sc8/XnRiXRhbHwOatlRZDAAAAAAAAAAAgC9Cl/LJwHOfOQQAAAAA&#10;gN+X5Tfaq3PHz5TF2hniQ6ty1HJYXvyYJLn67k9l/s9vkyRPUy5/2tdqx26b5Fg3uXhSznIfa4nD&#10;edkA8GHcLIu1Y//psXcp3FRzfU/QtMuPdZlawFnWOC2RLUvrCuvC2KKmfc4Vftr1jvd3/d6ljs9c&#10;v60/j7UONpV5i3LtD9tM+/Lc7HblsrGO56nML2oNqN3Hdk/afKkN1XHTtSvUatC8vMMqlo8YLGWy&#10;WiRb1Y+ebFa1oPaY7vgRhbm2Yc8Vg+CLVQthrSy21tdX7bli2H5fKoPn1muvzEOtELaa1lhf65u6&#10;ufV+cV0Aa/vbZT9b59tD2QcNtSi2eVIqgU+efFWWX5Rac6sXHktq5QaHzdcpF5TZ4rXxzX1/+1fb&#10;1qlzx4AbN6EsBgAAAAAAAAAAwJegS/nU7ps/iggAAAAAAL9brcZxWgtZn0G+lDSmUghLLYflp78k&#10;SZ5/999lfPXPJMnXF/Xs+n0pdEyHMt+0s/vb2fdDKV04LxsAPoz3VRY7tLcMq6rMcVTrWau8TCvy&#10;XLTl9f6s61ndUhs9fRfSKlpdX98zrBNkLRFW31uMYxm3ecbyuF88/zV57Xno6nufdNONTbb6WVeb&#10;Oct4tV67b83Natrp+6ypjVfOvwtqtaLV4jPbadr9aDUjZTEeq/mW18rauo7V3HhtV+212fZ7N8a1&#10;MLbeLx7vVatzvXn/29ei2FivsKv7tanu3tp2+7p/HC7qfrKO//V/+3+Uca0bppbH0nVlymsbafvk&#10;dl/rNtb3fWwtsbZfa+NlH15s+vN7ti/Fl/8IAQAAAAAAAAAAUBYDAAAAAOBz1eoe5ZTxqc3b2fDt&#10;bPWpVDj6qRbFpqskyfzDX5Mkz3/8c1n/ulQ7/lBPXs9YimJzrXq0E8xr/OO1shgA8GHUOtVSFivW&#10;9alWiWnWZbF1eex8g6dopZylvnUot79p7zHWpbClctNKYe3P760QVrezFMT2SZJD3e54KONWFFsq&#10;pnV7U7283Z9jKWg++0j6WkFbX34sfdVtvX7hyeXFusxzu9Ma0np7i1W5rI37qZXM6sX1a3m/xhJ8&#10;/t61LLYuip19La4tt9uuUH/mWm6gvSZPb3FdGOs3F8lrZcf2M9Q0nlbAWlms/bDVfsba1DJZ15Zv&#10;yg9pm80mQ912hvqDWxu3fXHdl7Y95PKIVseGrq7ftXpZ9Rg+QrXe9wMAAAAAAAAAAPAF6lI+Fffl&#10;fywOAAAAAIAv0ljLGe2s9fYr7009XXqoVY9ubGWxV0mS/d//M0ly+fPfynq7l0mSrzf1V+aHWhar&#10;VY9hKGest+qHshgAfGitB/PmWtW6dHN3qxLZ+s/ldcNdK+vUyujQrlbfExzLO9VUCmA51KpNrZuO&#10;rSBWtzPut2W1tnxf5sei2OnjvRhO78+6GFSsnqOT0c1tLiWvN27rqFtV296fdn/a9tfjon2NV/ce&#10;vni3Vf1uK4Xd95W7rg7OfS0jnnltrsti7fK2mVbravXnplWhm25dD+zL5Yf2w10ti7WfxYaLTS6e&#10;lurYxUXdF188revWQljbp7eSWCuO3ahO1sX1vra7tr6PX6L7fn8AAAAAAAAAAADwGVIWAwAAAADg&#10;szTV89bH+ivuGuPIVCserSx20U6bHi/LfPs8SXL1538rw9++L+uNpTj2dQ2GTYdSB+nrOef9ppzB&#10;3iogymIA8HFMtYK1LtzcVsVqjsWutqSWam6UcdYFnXq9ZbV6efvzet3uXMtgh7FUSaelFFbKPONS&#10;Ky3Xm2thbJrLfP04alhnMayyWqcX1/vQwjk3npP1lVfjM9p9+lBlsfX9PTe+272FL89tcaubr/VT&#10;5165673cTaf72+nGDZ27Y6dbnKe6Xt2htc20ilez7Bfba76N64K2ma5uvxv6DEPZRrfUxsrPaV3N&#10;P26+/kO5UtuZtuJYGy/7tXpbdV++xMw2rR55/ln63H25jwwAAAAAAAAAAIBFl/JJvfVHAQEAAAAA&#10;4Het/WK7nfs+TmXJOJYi2JN65vjQ1zUOpRyWq1+SJC/+9P8v6z//uaw/XyVJvhrK9eZWFqsnorcz&#10;1w/1lPN25joA8GG0Y/yxsHPaxLkRvKlaFbSZxzJel8S6YzKsLmgbrMf4uW6nVktT32OMtTK635di&#10;2Liry6cyb7fX1euP+22SpO9r0ayVdurtD8u7mqJrtbD6Z/x+PC3xvKm3tUR8Wg3o9OLFfMeyWHtm&#10;+lrgWRe/zrpjiWy5v3W758bnHwl86e72WrqvdcVv7biPqPP1PuPMa3y9a1h/DGnTteu9+fqtANlu&#10;rdXDWk16KY3N83Eb7eexuu257lu/qmWxpTh28bSsd1HL0O0HvLbvHUsFcmpPTl+uNy/3+cvz5T4y&#10;AAAAAAAAAAAAFl3KJ/rOfGYQAAAAAAB+X9ovtMv538ez2NtZ6GMtgrWyWN+VcXYvyvzFj0mS3/78&#10;b2V89VuS5Ou069Wz2g+lFtLOas9Qzkjf78ryfrOufAAA79PSt1knUGr9pVsXuerwuHrZwrDOYbU/&#10;j7dy2Nk/l5fLt6/Ke4i5FsUOdT7W9wqtiNNKYksxrN6h9t5k06I1tTDW18uXald9d7Nsr1ZTh65U&#10;blrRZ6mHvfawlkewqgCtmkBny2Lrp6jdp+E9l8Vev89v1q6/fPVfuwwek7e/lu7qttds23e01W7u&#10;S05fg+eKZOubafuvdcGxX625FBTrdsd6D9YV57belH55THN9jlpRrI2ntg/elH3nxdMy3zz5KknS&#10;1+JY2s95x5ZikmTqSoFMWQwAAAAAAAAAAIDPWpfyCbwzn/0DAAAAAIDfl/YL7X09W72vZ5I341hq&#10;H0+Gelb6XMa5/DVJMv36XZLkxbd/Kpdfl+V/6EvNo1VApv02eb0gtilnou+ur8t6F+WMcwDgw1i6&#10;NrUSc6xS1cJWK3nVpV0r1LTVqqGWutqfxeepvDeYx7p8LO8B5voe4lgKK8uvrq5Sr1hm7c/rU+uc&#10;Fu09RA2Hpb1FWQo79RG1AlkribWizlxv77j9soHNqix2UgCq9Z/23Kz/8D+tSmKtLLauDa2LX+0+&#10;9TXr1t9SDGvW27n51Ti1vr/rvlF7ztZ1I/jSHV9zb34NrV9rN19Lb3butd9e8+t9xvq1t743rTR2&#10;fK0WbXtNu3y9vFnXC5eSWNuPtkJZN7y2v6tlsTof6/5javv6tjPuys9z7ee6flUcu7goBeluKD/f&#10;TUP5uU9ZDAAAAAAAAAAAgM9al/KJvDOf3QMAAAAAgN+X9gvtba1+bOoZ4235fChFsIt2Inm3L/94&#10;+UuSZPfTP5Iklz/9NUky7F4kSb6pobAhpSoybndlvGkXlDPRd225shgAn8i6wLIefyitG9OKJPcd&#10;n3XmgbR6zHFettTKNMdSVxn3rUZVy119vXwpiLWi2KG8Nzjsy3yq8/FQjvHToRS+WmGs/Tm9lcNa&#10;4WaZ19tr2v1oz8BFey9RS2Rtu6n3p+nq9of63qZLee8x1bcyi1Yc6qZb60LrStC5slhzrAzV57pe&#10;/eFlsbXT7azv75qyGI/Vzdfc6Z617Q/buNW1Wm3w9f3E6+O2D1hvbz1ev5bb/nTtXFlsqJWvtv9c&#10;du+tqFirhd2SVjwd7+v+su1n+9cqYUtZrP5jrPvgqe7YNrUYNo51W3Wffmg1yr7sk58+LUWxJ1+V&#10;+XDxdZl//YcUpz/vrZ+Tm9pzvF5eTEs58e2Ox5APZ/3dBQAAAAAAAAAAwBeoS/kk34f/WBoAAAAA&#10;ALwH7RfaV/Xk9U09Lbq0N5JMpSw2zLXWUcf57fskyYsfS1ns8OLnJMnFXEtkc8l2bGrlo2tnva9+&#10;g76cyb6czQ8AH9aNclU9Nh0rUKfj25yrnpwzrWop65LZzXEtyrTbmU4PpjfKXF07ir+5cHM41GNz&#10;K8y0kk1dbSmKteu356vesfFVqYjOYy2Kba/L8l0ti421ODaXY38r4rSSzVLGyX3Vis1d/xpfiz/H&#10;9x5n3musi0Gvubnkze76PXDn+35nZx7TWXd9RPCle3sJ7K7ju5bF7uqu+4jjK//c7a3Hb9aOR29y&#10;c792uu5td3Wsx6Kv/vj/LAtqFXKzKaWyrpWlu1YcK1ucay2yRiyzefpVWV7vTw2cLfW3dkxp82mp&#10;Ypb1hnq327Ht7c/Im48Ftzn/LAIAAAAAAAAAAPDF6FI+rXbbB+gAAAAAAOB3of1C+7r+o69nbLfz&#10;u3MotZCha2WxqzL/ZymLPf/x70mS8dVvyRvKYn0tki2Vklon6es53cfztsst3jyDHQDer+VYdMtf&#10;dd93WWypad67QXJ6A0tBrN7/qVZYlsvrDXVLoqbc3jKuj38pi63vfy2G7XflPcBhV479h12ti451&#10;Xm+3FcbmWhQb6s2029sM7f6U+TTe9/ED8LmZaq5y2tQyWH+RJNnUwlh/UcYXdd7X4liW4lgpk421&#10;ptlK1FM9Jq6PpUuNs16vHYO6qRaulcUAAAAAAAAAAAB4F8piAAAAAAB8VtovtHd13uIifT0De5jK&#10;JV0ri42lLjL/+I8kybMf/1aW714kSTa1KKYsBsDv1RLcuqeHHqPWjZLbtnPb/TuWxWolpRW+6ngp&#10;i9XUSdfKYm1cj/FLPaVWW6ZaCDtsS1Fs1+a1MDYd6nuC+oja7bdjejvGb+q7ib7eXl8iL8v9ng8a&#10;LABfulYC29ZDzdiVn/eWquVQimJPnpSi2MVXpUB28aTMU0tj0/JzY9leO4bOtSDWfoJdymJpB512&#10;bKqrnfX2Fc4fs49Hd0c1AAAAAAAAAACAR0BZDAAAAACAz0r7hXZpiRzH/ViKYK0s1ve1QrJ9niTZ&#10;/9TKYn9NkmzGbZnPZX4xl/VvL4u1M8Sdjw3Ap9GqI0uVZDV+V++rLNaOlEtBrB1Tz6zfHG+urD/W&#10;Qti0L/Pdrsz3u3IMn2thrN1OO4a3Qth0qO8R6h1t97cd2xetYFa17Q21LgPAl6v9fHeY67wVwOqx&#10;oF0+DOXgMtSSWH9RimN9Xf7k629SVijr9309htR5207b7mFV2xyG2445bz+I3nbMjrIYAAAAAAAA&#10;AADA46AsBgAAAADAZ6X9Qru1P6ZWB6llsVYKS1fbY5e/Jkmufvh7kuTFz2X+Vd3CJrUwNpXrd7Uy&#10;si6LrSmLAfDR1EzIVGshrcx1bvy+3VYp6VZ/bm7FrqXg1S5e/lE32Ia16plDOTaPtQQ21WLYuL+u&#10;81oU25flh7recuzuy7H5oibFhlp1mWq1pa3XtPu5VGNqZXQeT5dv+lKNAeDLtfx815VjyLQqi7Vx&#10;M9aDYztGzrXX9c0f/5gk6S5KIezi4mmSZKgFsqzKYe0YVWfp2uVnDr63HevXV3vTB8L8JAsAAAAA&#10;AAAAAPAIKIsBAAAAAPBZab/Qrg2SZTzU+siQUh3J4arMX/yUJHn54z+SJK9+/S5J8k1fy2K1IjLU&#10;qslwbJYlr1VR1pTFAPhYlrpJrYWcOzZ9KOtKSXNrUWwpebUN1HGrdraMyq4Ww+p8V+fjocy7sR7b&#10;W/WzO71DrRjW6izHUliZD/X2l+t19X6uttPWb1XR5frdaQUGgC/XUhCrhbF2rLhZFivHikM7pNVj&#10;1HDxJEnSDeX6T59+nSS5eFqWb56U0ljq5enbdlsNsxxz5tXtrZ0rjK2P2W96y+AnWQAAAAAAAAAA&#10;gEdAWQwAAAAAgM/KUhZb/Wb7IqUsllYWu36RJJl//T5J8vznUhbbvfg5SfJ1LYtd1LJYX8ti/XIL&#10;rYbSOP8agI+rHYnmWjWZ67HovmWxM/GRe1gfE8sdWB8ZW5FrKYq1gti+HJvnqRxz51oDPRzKsXfc&#10;bk/G7fKprn9RH0BfH3jf1+ehPS/1z92tLNbmrfoy3FYDXaouRdtue57v+3wD8PlaKpX12NGOOe0Y&#10;vKxXDx1LLLMeG6e2Xj229H0phQ0XbX6RJHn6tBTG+otaGqvLU8ti0+rYtS6GNevi2Xq9m4ew/sbx&#10;GwAAAAAAAAAAgC+QshgAAAAAAJ+V9gvt3VhO4d7U06KHrtRHMpc6SS6fJUkOv3ybJHn1zzI/vPot&#10;SfJ1X+olm6nMu9TCWJp1RcX51wB8XOfKYmu3la/OxEjO6pftrY6F9YaOt1dLYm3crYpidb59WWuf&#10;rSi2qyWxfT1m12N6V4/yQ73HNeaSJyWykqkes+shO4dWMmu3P5xWYLo6r5GYxbpEtq6wKIsBPF43&#10;P0JVy2Jnil3tmNFKYJtNOWgd6rFtN9ZqZt1uK4y1stjXX/0hSZInX5f55qsyP1MyO3d/7l4YUxYD&#10;AAAAAAAAAAB4FJTFAAAAAAD4rLRfaLdIyHgolZInfVtSxrn8NUny/K//kSTZPvshSfJVvfxJLZD1&#10;cznTu69b7mqlZK5nhjfrM7Xb+gDwodwsi73Zuhy2LmHt9+XY14pbm3qMa+Nm+bPxVOZLBaWWvbol&#10;tVVvcW6JrzJvpbBxvysX1/n15VW5WiuB1UfWSmLrkll7PMf1a1FsKZudPh9t/derKTmpsJy6WWhb&#10;j0+1+wHAl+/cEWF9JLhZ7lqXwFbH2JPR0bSqh/5v//v/US64qIWxdqyux+R5LPOpjrvNUFa7eJIk&#10;OdRjfnvv0LX70dfbmdf3FAAAAAAAAAAAgC+SshgAAAAAAJ+l9ovt8VCqJZuu1k26WhZ7+UuS5MXf&#10;/jNJsnv2Y5Lkab38yVTqJ0PK9dbVEGUxAD61Y1nsdL78Y1XaakfH9bj9NXhYXb+Vvdr4eGxbtbqG&#10;tl491o7lWNrqJeOuzmvtc6rH5nksRbCplsduFsVOS2JLWaze3HH95ZloK1arrEu1bqasC2Pry893&#10;ZIr1ewQAvlxvPyLcLIw1x9JY2cL6iNWORa2muT42jV0phHVP/pAkGTYXSZKnT79OkmyePi0rXtTc&#10;Z6tsTq3uWY+ZtTSWvm6vFsZe/3n2tscIAAAAAAAAAADAF6BLlMUAAAAAAPj8tF9sT7VuMqRUTJJa&#10;Fnv2Q5Lkxbf/nSTZ1fHXfamcXExl/aFVUlaUxQD41NZlseOSdoxqJa467sq4b+N2ea2VpNZH2vVb&#10;2WvZXkt6pa7fqp37qyTJPJVj6H5bjqG73XWSZDqU5a0klqlsZ2jbq+P1sfNYDKvjen+OR+B1Waw4&#10;buVubZTplvXWx/w1ZTGAx6MdEdoh7HgMPnXbkWF9vVUU9MblY0oxbFc33PVPkiQXF2X+zTffJEmG&#10;b0ppLJtaGKvH2HFXjtlDLY+1imYrmLVjXdd1txwVAQAAAAAAAAAA+CIoiwEAAAAA8FlafrFdC2Hd&#10;VIti02WZ//p9kuTF939Nkhxe/pgk+aor1ZMnc1m/m8t4fXZ1q5CM9QzseamstIpLGa4rKQDwvk31&#10;2DPXeWo57FjcenMprBWx5povWUpfq/LYjXHLkNRj5vXzX5IkY615TodSLxnHWh6rlc6uq7dTa5xD&#10;X+ZzXf9YCju1Lnf1t/ZainY31yW19VH9tq0piwHQ3LUs1tx2hLjt+u3y9vNnP5SS2H4sd6Adw/tN&#10;+Xn0yVdPkyRfffWHcsWnZZx+ued13sZlO69XNt9+1AMAAAAAAAAAAOCLoCwGAAAAAMBnqtVQSvWk&#10;Fcaye1mGv/wjSfLix7+V1S5/TZJ83Zf1N7UsNrTrt9+Ur87sVhYD4NMpx5xWFluXs5YC17o0Vsfr&#10;y4+ZlNYUqcWvQ1l+2G/L0n253jyW8fWrZ0mSvq1ftZJYa5gs4zpvpbNpqsfOVha75dC5Lp6cq7a0&#10;Gkt3S1nspnNbBOCxO9Yq7+Z4jL6bc6WxuR67hielFNailvux/Lzaap7t59SntSj29R/+JUnSf/VN&#10;ucLFRZkvP6e29wB1PrdbAgAAAAAAAAAA4IumLAYAAAAAwGeqncFdKye1fpKr35Iku59LWezy51IW&#10;665LFeXr7rQsdqyu1Hk94/pYFitFsfX5162OoiwGwIdTy1yrsti6CLIudfVtvFQzWzazLqilr3lf&#10;jom7XalzHuq8jcdDObY+6WqNsyvH3L4v96AVxJr2Z+e5Hprn+o+2frO+v2vHTlj5V6uwtGPxcv32&#10;vCzltLuVy5TFADjnU5XFmrmu0A/l59Cu/jx6qD+vHg7l2N0O6cNFKYxtapHsm3/9H+WCvpax27xu&#10;J294HwEAAAAAAAAAAMAXSFkMAAAAAIDP1KosNl2X+YufkyTXP9Wy2D+/TZL02+dJkm/6sv5SFpvL&#10;mdkLZTEAfjda9bIdq95czlpKYmeMu3LMmw/lGDjWKklb3iolYy2NTbU81tVj7Fd9Wd7XsljTymJL&#10;Uaz92Xk6Xb4ui9309suneixuR/7j2kti7GS8fn6WAlkbrp+/W0pjb78UgC9LO8qcOzbd96jw9vXX&#10;pbFxPK1yDsNF8toRr5XHDjUtNtbi2FiXf/M/Slms3zxJkgwXmzov4264OPvIAAAAAAAAAAAA+IIo&#10;iwEAAAAA8JlalcXGyzJ/8VOSZPvjX5MkV//8Lkky7F4lr5XFhrnVUVq1pY3KedbzUhirdRRlMYBH&#10;bV2jatZFkNzaELnd8YhzWhbraj2kWYpi7c4t2ZG2RnH17LeyuNZK9ttS42wlsW5VANtsSoVkU4Je&#10;mfe13lmrnOdrK6eW8lgtjZ335u215/Z4DD4tiK3d+BqtimLNej1lMQCO1sekNn7o0eDt12vHunZs&#10;GoZy8G2FsaX2ObRjdCmEtWPjfqrH9loPTV+P4U9KkezJV18nSS6ePk2SdBdPbzxCAAAAAAAAAAAA&#10;vkDKYgAAAAAAfJbmeob2eChFsU1f6ih59n2S5J///j+TJN3lr0mSf/2qnKE9b0thbOhrLqUVxep8&#10;bBWUVQRlibe0eauwLGsA8CGta1Dr/fRt3t71OK/t54d2oFgdEKbX7suyymrVcVXCGuqVW3mrr/Om&#10;r5e3euVu+yJJctHX613UY9hyJ8oxcL6+SpJsr2s5bLdNkhy2Zd6nrDfUQlmrZB6f2zcf26a026vm&#10;9RofVqt93mb9PfLwrzoANO9aFrufc0e89a2vj42tNHZox/j6826rhQ61NHaxURYDAAAAAAAAAAB4&#10;FLooiwEAAAAA8FkpZ0q3stg0lorKMJdqSn4rZbHf/quWxa5+S5L8a62wTLtSW+mH07LY2JXxuKTD&#10;2u20cflXq5a0ubOyAT6OdTXqQ5fF2vbb7V68pSw21oPBuijWrtIKYk3782wrh60f27Aca8q97rux&#10;LJhrRXMqK4zjrsxbQWxf5mMtiU3jPkkyTHU7tSzWtdutz0q/Ko319fanWi2Z51IjmVLqJADAh3Hb&#10;z5fr9zPnCmPN8h5kKMsvNk9uvQ0AAAAAAAAAAAC+AMpiAAAAAAB8Zk7LYt1YSmEZL8vyn/6eJPnt&#10;b/8rSbLZPU+S/LGGxOZDqa10Xa2jnCuLVXMtjCmLAXze1iWO+xpaJmy155+7ZGo1ylYWW6XCWtWj&#10;/Vl2OZa0Y1kthTVDO/Qs97oUwdoxbL8tRbHdvhwDx10piLWSWJaSWJkP9X6dL4uVy9uztBwK51oW&#10;SyuLOeoBwO/JuizW159zp3qsn+p7gvYeZBg2juYAAAAAAAAAAACPgbIYAAAAAACfmVYWG5MkXUpl&#10;Ja+eJUmuf/hzmf9Y5heHUhz7pq6fsdRYbpbFyj/G1ZnZS1msWmosymIAn5WHl8XK8aGvla21qbt5&#10;rEg9VjRjLX719Vizqceafil8tRVrQaxWQLqpHLsO23IsOxzKMexQS2L7Whqbx3b7ZXubeldbUaxb&#10;imatHHa6/vGR1cvr3W+1kiktz/nm5wAAeL9arXQVK73hXFmsfRSslcVaaaxP72dYAAAAAAAAAACA&#10;x0BZDAAAAACAz0w5M3qcSl1l6Gsx7LefkiTPv/1TWev5d0mSrw5XSZInc626zKXaklp3meqZ2HPt&#10;upwriy3VF2UxgE9i3e66r4fur6flCFC30Opa9fgwv/bvo1YMq8trMayvB4+hHWvaweRQ19uXY9Vh&#10;W4phUy2S7bfX5fKpbGephNTyWLuHXd1eK5d1fRkfy2PrY9r6fhf1aot2rFQWA4APqxXF7loWW7/D&#10;6VoNtI3rz72LaX0NAAAAAAAAAAAAvkjKYgAAAAAAfGZqWexQqivDUKoq08/fJkn++bd/T5JcXP+W&#10;JPk6tUB2KFWWYVV/ub0sVuatDtPVX6k7Gxvg43pzA+vuHrzfrgeC9fFh8dpxpR0j2rJ+LvOhRT3m&#10;WsMc63q1OJZdOabtrsv8sCvHrHFfjmEXQ7vt02dh+TPv6s+9c7udal0VWSol7b6vamk3ymIPf/YA&#10;gDtYF8XOuVkaWx2j6zG9HfuHfvXzrbIYAAAAAAAAAADA46AsBgAAAADAZ6ZUT6b9ZZKkH8rS8ce/&#10;JEl++su/JUm+Hsvlfxj2ZYVtGW+G+ivxqZxp3cpiYz3zej5znnUrizV9/God4GNqe+Gl+HjP3fCb&#10;9+7nte2vy5Pr4kc5PpSV27FimGqh63ivy2xfj0lLSewqSTLV8XQopbFpqmWwWgh7sikHuzf3xY6F&#10;sfW8WZfFbjq3ZQDgY1iXxc4dkdfvZ7pWB12N27F/XQud55vbAAAAAAAAAAAA4AukLAYAAAAAwGem&#10;nmO9fVXmF+VX3OMPf06S/PinUhb7Q1cqLd8sZbGXSZLN0E7VVhYD+Bysi2LNRyuL1ds9HidOdZnP&#10;F8XmOq9FsWl7XYZXpXbZymJzvbyvN7rZbJIkF/WYNY+lOLZ2fE5WVZFVSWyq9+t4JLvvs3GubwIA&#10;vA/vqyzWp9RI20fBuum0OtrN3Y1tAAAAAAAAAAAA8AVSFgMAAAAA4Hdl/Svr9bifW12lzq+fJ0n2&#10;v3ybJHnx41/L8stfktfKYl/1bTvletNYz7CuZbGpnYF95jxrZTGAT2NdFmvz28pi68u7VtSo1a2h&#10;7v/XWoUrY5kfah1sHsr67fb78qfWUhGbxiRJVwtgx3lZ/uy3n5MkQ91WV48hy7jOlyJZtTyGrl7e&#10;xrUiUiOZb3B6X9v6zc3rnV6+PHX1dtv9AwA+jPX7nHbkXb9bufn+ZlUWW43X6/fKYgAAAAAAAAAA&#10;AI+DshgAAAAAAL8r619Zr8fHstiuzF7+miS5/vkfSZJXv/y9rHddlrey2NNaR8lUy2JLdeWuZbGm&#10;1V/8ah3gY3hfZbGhFsXacWV9+c3jTZm3CtdhKseTvi/HiaEVxrou874ckw7b6zK/LvNxt02SzGOZ&#10;37kotq5Zrh+rshgAfFHW73PW1u9bGmUxAAAAAAAAAAAA3khZDAAAAACA35X1r6zX46UsNpdKS579&#10;lCR5/tPfkiTXv36bJHlyeJEk+cOm1FA2tQgzHUr9pRsukrytLNbmtarSlra6yvoUbQA+iNa0mupu&#10;uY3XVYz1bnk9bmWxZh7LltpxptW7Wjls2fPXC6axFi3rPZhbqfIwZtyWY9JYy2L7Os+hHHuebMox&#10;Zl0MO1cWOz7KYl0NOedYI3nz+setvvny89b3DwD4EO5bFluXxNbH+JvXUxYDAAAAAAAAAAB4FJTF&#10;AAAAAAD4XVn/yno9XspiU6m2TP8sJbHffvhrkuTw8uckyTfTZZLk64uxXG+stZd9qb8Mm6/K9WtZ&#10;bK5lsSxnZp+ebz20oti6rnLzVG0A3qMPVRZbX74ep427eou1aDntynx7VY4zu+vrpSzW1WPWUG9q&#10;05d/tKJYK4nd0G5jcfooW/Xs6LR+2UxLDK1cvt7q0frZu835LQEA78+5I/S59z/Hn18bZTEAAAAA&#10;AAAAAACUxQAAAAAA+L1Z/8p6PV6Xxcaf/p4kefZjKYvNl78kSb7pS+Xlq66uP5f1D7UI0w9PkzeU&#10;xeZ6nnW3OkNbWQzg0zhXFltre+22W17vnlv1q+9rravu/+ufTJOpXmEsRcqpzudpV+a7F2X5vhxP&#10;trUmdtju0o3lXrV62cVmU8Y1MTYfyrZaQWx5DHW8PpLMpxG05Zh0fExvLou1660fOwDw+7Z+H7N2&#10;/hh/+nNr+3n2PGUxAAAAAAAAAACAR0FZDAAAAACA35X1r6zX437el3/sL5Mku59KUezFj/8ol29/&#10;S14ri12kFGFaWWwea2msu0juUBZrZ273x7ZNnVc3T+0G4D26b1lsGa9XnMqCVhYb2jVqDSy1/nXY&#10;l+PMblePH2M5nuxe/JwkGVIuH+pxo8uUvv17KttoYbB5ruN6G8diWLkvYx235dOqKJZ6LOpXtcv1&#10;akfrB104VAHA71s70g9vPpTffI+wuFtZbLn+rCwGAAAAAAAAAADwKCiLAQAAAADwu7L+lfV6vJTF&#10;Lp8nSa5rWezyl++TJN3+WZLkq1wlSTZzKcJ0KfM+ZXtzNskDymLdXOZLHUauBeCDaoGNQ81gtP3v&#10;eve7rmScK4u1ylcrd0x1+bgv5clWFNu3stihHE+663J8uehLLWzTl0Llpj8eM6ap1ivHss227W5T&#10;jzHd6Z1qZbGxPba6/FgPqRW0llWr43557OsHWa1uZ/1cdeeud86qbAYAvF/rstj62H2sk55qP882&#10;67LYjSKZshgAAAAAAAAAAMDjoCwGAAAAAMDD3Pab5fUZzHe0/pX1vDqFup9q6eXlj0mSq5//Ueb/&#10;/K5cvn+RvFYWy1Tmw1xqL8NwWhC7tSxW6yut4rKUxY5ZF4BHYV24uKtzJYy7ag2sFtdq41bFWN+v&#10;m/vtOp/qP+pxZjqUUuV0KMeH/b6M99tynDnU5TmUMuW/XNRK2FQLl7UaNs9zUrfdqmXLbdfxVEtf&#10;7blolY92188tb4+yHZOOh5726N9cCLutHHbb5TcoiwHAB3WuLLZ+H3WjFFavee5t2s3y2M0aKwAA&#10;AAAAAAAAAF8gZTEAAAAAAO5n/RvlNl6f4VwrKmtLRaVeoVvmK8cVy6xVWsZSeMn1T0mS3/78f5Xh&#10;81Ia+5dNWfHJeFnWP1wnSS6GJfOSJBlrSWxazsSuZbF65nUriLX71dfxjYQNwBeu7faW/eCdtYJj&#10;GbXKVpvfKGXUPW770+V6Xq92HM/jybiv198MdcW+zev9ePG8rL8vxbDdthwfWklsrqWxdsCpV8tQ&#10;n4Au5fba8eF1dy103LxmsX4ubndLWcyhCgA+S3d9T7H25ncEeeMWby4BAAAAAAAAAADgi9OlfNre&#10;Z8sBAAAAALibVfHrRllsqaO0ElcbF8er1cLMHctiy6nSrSx29V2S5Le//J9Jkt3zX5Ikf7goV2hl&#10;sbSyWF/KYa00M9WMy9jVolgrjK3KYq2QNrTbl2sBHpl3LYs1rTDWrGtarSy21k3lDsz1QNDXA8NQ&#10;99dLybLtnsdaCBtLQWyeShFsf1WOB1MtiE2HUhQb92Xe19tpGxpqWqyrT8BcS2YAAJ8zZTEAAAAA&#10;AAAAAIBHQFkMAAAAAID7WRe/zpbF3jw+Xq38695lsamUYfL8r0mSZ3/7X0mS3ctSFvuXTS3CjFdJ&#10;kn4qxZhNK4vVDU71fGplMYC3O18Wu1uX4kZRrP5pshUmz+m6enxoN7MvRbBld76Uxeod3JeS2LQr&#10;x4nr63IcOBbEyuWppbGu/Ym0joc6bttvt9/XwlgrkgEAfM7u9g4OAAAAAAAAAACAz5qyGAAAAAAA&#10;97Mufq2tQzF1vF794WWxyzL/5b+SJL9++6ckyXj1W5LkDzUBdqMsNtTzp1tI5r5lMb9KBx65dVix&#10;b/vTugNfj28z1fXbnyqXkthq3rftjWV/nrZ/nksRLGOZT7tS/tpuS1lsXwtjh1oWazfY1wNKX488&#10;Q91+Vx9gv7r9dgCax3VZDQDg86MsBgAAAAAAAAAA8AgoiwEAAAAAcD/r3yivx+uizDuXxVqqps1L&#10;Wezw3b8lSV789Ney2tXzJMnXQynM9LUstkkZDzVNM9ftTH0pik25b1mslWWcjw08UnPdb7cyWCtz&#10;3djTn2qlrrv+aXIpjLX9cUo5LPs635Vi2HZb9veHWhYbxzLvVvvtaapFsXVJrK7WtX9U65LachwC&#10;APiM+UkWAAAAAAAAAADgEVAWAwAAAADgfu76G+VVKmx9tbNlsRsrljLYuix2/df/mSS5/OffkyT9&#10;7lWS5GlfS2CHst6TVoppZbGxFmZqWWzsWllsU9arWsmmq0WafrljymLAI9USYuesUlw3ylwrrRzW&#10;tD9ZtnlX9/vdVEth47asuL9Okuyu67wWxsb9oazXimF92U/3Qz3OLGWw03LkTXX/v77/0y2PHwDg&#10;M+AnWQAAAAAAAAAAgEdAWQwAAAAAgPtZfqN8psiyhFdOz1de/yL6Zllstb12hRtlsaskyeWf/t9J&#10;kt1v/0iSdIdSmPmqlsXaeCmLDeX+zIeyvam/SJKMtWxz17JYWz53zscGHpdpnYxcORYYi3WZq+1/&#10;W1Gshr+Ol9c/WU5T2c+Oh1oKG0s5bHr5PEnSt3FbbyzrLWoxrJXFUo8DN+5PPb4sRbPl4dX9f72f&#10;3Vy3oywGAHwB/CQLAAAAAAAAAADwCCiLAQAAAADwQGfKYotbymJ1Qb8quaSWuxZtvJTFXiZJXv3n&#10;/ytJcvjthyRJP5aS2NNVWexiqDdQy2LTvhRo5uFJkmTMUMa1FNZufag316WsrywGPHbny2Jl/7je&#10;K7aSV1/3m/t9KXn19YJhKPvfZcWxrHeoRbE27w/bJMnlL98nSTZ1/YtaiOw25X4N9f6NOS2GTXXc&#10;SmFLSWw9XxXJlgJau95h/QgBAD4/3tEAAAAAAAAAAAA8AspiAAAAAAA8UGtwtfn6/OQyPvcL6Nan&#10;aeWYTSuAtWuMZfmy2amWYp79mCT555/+P0mSr8bnSZJu3CdJhqkUaIa5rL+pRZkMmzLvSslmP9dS&#10;TLuft5TF2vYaZTHgsVn3JFt5q1n2inV/3dUi5Fz3w30tOS7FyPonynEq++9xV+a73S5Jst+W+VzL&#10;Yl/PdT9f98vd3PbftShZ99tt3Ew3gmitELle/nbdVI8jAACfMT/JAgAAAAAAAAAAPALKYgAAAAAA&#10;3NO6KNacnp/cil3nnC2LtSLMoRRkls3U0tj47PskyW+1LPbN+CpJ0tUyzaaVZ+ZWnqnbq2Wxdr8O&#10;dT51Zfm0ur99fXx93U4ri7XlbX2FMeCxGNufFNt+upa9hpr0amWvtp9c1NJYWonsUMbToRbE9mW/&#10;fdiWglg7Lox13tf9+1f1doe2X7/hdPm6HDatimPry8+qj7OVzAAAPmfe0QAAAAAAAAAAADwCymIA&#10;AAAAANzT28tix184v/185RZ0GcdSmBna6ktZrBRm0rcSTRnv/vltkuTlX/9nkuTrQymLtZLYMJVS&#10;TRsvJZtaAJu7IUmyTy2N1eW3lcUuarGsURYDHptpqsXGlhCr+8H+tT1/knS1xLisVstiUy2Itfl+&#10;d13mdTzu6/ancsW+bqCVyy5yWoy8cxmsmm5Z/7Y/mCqLAQBfAu9oAAAAAAAAAAAAHgFlMQAAAAAA&#10;7mldFiu/Yp5Til13PU+5BV6mqRa82oJWBBtrWWxTL9hdJkmufvxLkuT6239PknwzluWtADbUok0b&#10;L6WyuZTEploCO3QXSZJxKYO1+1+LNspiAFUtebViWN+KX3X/1/7SWP/kOI9lfznvyv5zrmWxq1cv&#10;kiTToZbGDnW9uv5Qt9P3ZbubNh/KcWA6lHLkumzZimH1bp2lLAYAcNef2AEAAAAAAAAAAPisKYsB&#10;AAAAAHBPtTCzKosdy1zlPOXT7stRO4t5CYnVX1F3KaWZs2Wx65dJkuff/XeSZPqxzL8ZXyVJhnr9&#10;oV1/rvfgwWWxsp2+lnQu2nYrZTHg8Sj70a7tF5cdef1HV48D+3L5YXdd5ldlPz7uy3x31UqQZfW2&#10;n27joe1/6w0MdbtdV44Dh9V+uGmbuyUcliiDAQAoiwEAAAAAAAAAADwGymIAAAAAANzTu5XFmmEp&#10;y9R/dLUsNu3rvJXF6nqXpSD2y1//vSz+7a9Jkq/nUqoZ6nZaYWwpiy3jsqGxtmfG/kmZ1zLOXO9/&#10;pywGsFILYHU/vZQgq/lQ9tuHfZnvr6+SJON2V+aHMu/HVigr803dH3etMJZqqrczlf3xVJNh86Ye&#10;X+q4Bc3OuVEaUxYDAFAWAwAAAAAAAAAAeAyUxQAAAAAAuKc3l8WmVVnsNktZbFHLXWfKYvOr50mS&#10;n/7yb0mSp8//kST5eixlsYtWmmn3q5XFujofy/1qJbHbymJDLYm1UlkbN8piwOPRimClEDaPZX94&#10;2LWiWNlfj3XcSmJdXW8ea6Gx7i/7VhJbimJ1PrbSZN1v17LYXPfvh00tRNbdbn/jOHKqu6Uktr78&#10;tu1N7X4BAHzG3v4OCQAAAAAAAAAAgC+CshgAAAAAAA/UCmPnnJ6vfK7H0tZaimBjLYq1slgLlr36&#10;LUnyw5/+zyTJV6++S5J8XddbymJdvUetLFZ/Bd5+E34ovxrPPFyUeb0HrRR2vD+liNPVK67LYsei&#10;mPOy4bFY9mOtMNXKVKvxh94rHPendcdX98R3vd22mzw6t4cuWvkrUymGTfurJMn1VZnvrq6T14pi&#10;rQi26cr9G5anqe2fS2ms3Y+2/TbetHJYfXzTUOa7dvX2sM84Pr63PyPKYgDAY/T2d0gAAAAAAAAA&#10;AAB8EZTFAAAAAAB4N+vfMC/llTYv5y23glfpyRznLRDT1RJYV0thm76Vesp4/1Mpif32t/9Ikny9&#10;/SlJ8nQqZZtWkulqyabd/nFc70cdtpLYbYWaZTurpf2qSAN8udrebG77t1vKYuv9xTnrktW6dNW0&#10;/dTuUPac/aYkF4e+FBLb7c9jmU9TmdcgV/q+7n/3pfw11HvYli95iVb+qtefa1GxG/dJkmc/l/3w&#10;UMtgzfpxNMfn4bTIdbNsVhwf/ZsLXnfdb5/bPgAAymIAAAAAAAAAAACPgrIYAAAAAAAPc/Y3y6VE&#10;s6iJlzmlhNN6NId6PvNSFmsFr7GUby76uuZ0nSQZf6hlsX+Ustg31z+X9eZSFmtaSayVZ45lsVPT&#10;mxcvzj68ajhTAAK+POuyWJvfshs5Wwpr1kWuc+u3/dm+/kmv6zfJa2WwuZW+lrJYGW/q5a0w1i7v&#10;lvRWu6A+wlYU29ei474UxXIo++XDy2dJkr4WxwAA+Py8+R0nAAAAAAAAAAAAXxRlMQAAAAAAHubs&#10;b5bvVhYbV+cz93WD/VSKNkNb83CZJNn9+PckyfNv/ztJ8oftL4myGPARTa0sVse37EaSW/YTb7/0&#10;qJXNprZ/68u8lcmWP/XVcli7h5t6A0tZrBXI2hbbAxnLfnvalZLYflv2q7tdKYpNdX4xl8v7ud0O&#10;AACfm7u+BwUAAAAAAAAAAOAzpiwGAAAAAMDDrNM6y2+alwbOyeVzPX+5FcXWXZqulXBSyjXdXEo2&#10;uX6RJLn68R9Jkpff/SlJ8i+HX5MkF7VE1iiLAR9aK4z1dT/QxreVxNbuuva6LNb2X60s1vafNeSY&#10;of6jBsiOF4xl/5qxFMbmQ9nPHmpRbNyX/el+d13HpTg2H8r8q6Hc405ZDADgs3XX96AAAAAAAAAA&#10;AAB8xpTFAAAAAAB4mPdcFhuWeS3ftGLYq1/K7IdSFrv86S9Jkn8ZnyfKYsAn1NUdydwSX23Hc0e3&#10;7Yeattm5FsLG+qe9thfq6x5r6MuSoe3BWlGsjufrV0mSaV+KYuO2FMT2uzrel/3vNJeSWHtYy/bX&#10;mwUA4LPjJ1kAAAAAAAAAAIBHQFkMAAAAAID344FlsXa1TZ0PqaWwVgx7/mOS5MUP3yZJrn75e5Lk&#10;j9OLRFkM+IhaSew2dw2M3XFzS1FsWvZMZQ/aCl99/cemK/ulru1hp7HOSzFs++plkmQ8lJLYVIti&#10;h33dj461KFa3d9GX5mNfi2XToSxXFgMA+Hz5SRYAAAAAAAAAAOARUBYDAAAAAOD9aL9p7mrRZr5b&#10;WayFdTatlJNSwMl0Vea/fp8kefb9P5Ik23+W+R+7crmyGPDB1R1KV1/3/WoHcdv+pJnb/rG67Xqt&#10;KHZUrj+nFMPan/j6usfa1PlcC2Hjruwfp30piO2vLsvltTTW1fXmqRbF6n67Bsoy1H/0tTDWymKx&#10;/wMA+Gx5JwcAAAAAAAAAAPAIKIsBAAAAAPB+nC2LlfOWW1msdXXa6m1+LIvVUthYCjj59bskyW8/&#10;/D1JsqulsT+mlcVqiaxSFgPeu7pDGab2um/zu5bCahHszOU3r7faAy1FsrqduZTFuvonvq4Vwep8&#10;XJXE9rvrcu067+p2WolsqPO+7TeX21mXxEphTFkMAODz5Z0cAAAAAAAAAADAI6AsBgAAAADAgywh&#10;sRsL3lwWa+cvlx7Oa2Wx+o9+LkWxoa/X279Ikux++GuS5MXP35blr35NkvwxpZCzmU/LYs25gk9z&#10;s+Rz6rZfnCuLwSNytix2aloKYMuSk9FSPuzLHmb9J7rjeH29WgC7qGWvqZTDxl3Z/+23ZX+437Xl&#10;ZX86Hsp4Hg9Jkot6u33dPw+tSFb3ePVm0q9uv5lyUf5h/wcA8NnyTg4AAAAAAAAAAOAR8GExAAAA&#10;AADeydwqXN10rIq9RV+n7vUqWS3udF1XimTzlEyHZDpkzpg5Y7p5KlM/p6t1HICPaepOp+PyaVUV&#10;m07rYN18Ok1tGk+mtp/rM6fPnKFLhi7puzl9Nyf762R/nfG6TIdtmXbbq+y2V8t4POwyHnbL9pbt&#10;zGVa73+btn9u2t29eQkAAJ8r7+oAAAAAAAAAAAAegS7l/3/uFCwAAAAAAO5l/Yvl7vWKTl5bYcnX&#10;lPOX2+Jl7fqPodvXBbsy2/5WZj/8OUly+cu3SZLu+kWS5JtskySbaSzrr8xvyua85vUq0JusH9/a&#10;MDsfGx6NZYdy+rov1a037W/Kjq1d3v5xjCLWHV+tka3/VNctV2zKeturl0mSeSz7v/227C/3+7L/&#10;nA91fziX9fu6A97Uu90ty+v9W+23hza8cfvFlKH8w/4PAOCz5Z0cAAAAAAAAAADAI6AsBgAAAADA&#10;gxx/sdwKNSvLCi1pc7r4RlmsP9QVrsv81c9Jkqsfa1ns1++SJJvdZZLk67kUdZTFgI9lWvZ0p6//&#10;vha7FrXMdQx01f3kVJe3C5YV6vXrn+zmsezXxjrPVMphV5fP67gsn2pJbBxrmbHt2GqxbKj3t697&#10;tKFr939VPquWR7e638fR5mQMAMDnx0+yAAAAAAAAAAAAj4CyGAAAAAAADzKvijPHUFcr5LTzle9Y&#10;FutqWSy1LPbixzL7/k9Jkt2zH5IkT8Zy+dNJWQz4ONr+al7KXKe61Z/a+hvlrrqFqezn+rb76No/&#10;6oqHcvlhV/Zzu+ttkmTc13ld3rbfL3vedg/L9ua57BfbnwCXvXG94XVRrDm3HACAL4efZAEAAAAA&#10;AAAAAB4BZTEAAAAAAB7kZlnsdHxbWWys/ziuVcticy2LPftHmX3330mSw8ufkyRP6+VPD6UsNsyr&#10;262UxYD3pe1lplYWWyW4utV+qO0P+7pa20/NtSx2Y/czluXjfp8k2W+vkiTbbSuKlflQi2GbuvtZ&#10;SmH1frW7NdU92DyW252mMh+GoaywON2P3SyLtcuXZ+C1ywAA+Bz5SRYAAAAAAAAAAOARUBYDAAAA&#10;AOBB3rUsdqirD3X5uiw2//q3JMlv3/9XkmR8+UuS5KuU8o6yGPCxLF2t+rJf73X6uqSVuc6VxVLL&#10;YPNY5lPdjx32rSBW9m9jW36oJbJDWf9p3WDbfiuKtf1V261N7U9/dUfX9oddtyqL3bofa1s8vd2b&#10;zwAAAJ+L294BAgAAAAAAAAAA8AXwYTEAAAAAAD6sbirTWvdatCY1ydPNtVgzpZvHMk1zmeq477r0&#10;tabzId24e6sJ+FTKPuK4ryjT6fJ3c9tW+tXUdl9t/9DPZRrmqVbFVlucDsl0yLTbZtpts7++OpnG&#10;/T7jfp/NnDIN3enU9dl0feZ5LtM0ZZ6mTHXKPCfznK7r0nVd+pTphnP758V8h84iAACfEx8WAwAA&#10;AAAAAAAAeAS6JJnn9j8uBwAAAACAu2m/Wu6WWk6dr3/j3JXzlud6/vJc6zZzjdyMh22S5Mmmrj9d&#10;JUn23/1XkuTF9/+dJOm3z5MkF3Ndv67e37jB96s9Omdfw6dWXo2lInbUXptvXnpqrvujZjy3++jL&#10;DuqNNa4k3VSueNwPlnlf79uyX+zaDZT51bPfynA6lNn+usynsaw+luXNUK/f7sc8vq0C9i7e/Hzd&#10;9KFuHwCAj+Wu7/wAAAAAAAAAAAD4jCmLAQAAAADwMLWsk25dFFuVZ2qYZ05Jh7WiWCuMTYdSErtY&#10;lcUO3/5nkuR5LYsNuxdJkifTPkmyqdv50GUx4PfitCzWr7p/b25e1aJh3V903VDG9U9j67LYtNqf&#10;dF25YguEdYdyK5u+bLer80UthmUs+6lpv0uSzHW8217W9UpJrC2f636tFcvafrXt39r9mMvVAADg&#10;wZTFAAAAAAAAAAAAHgFlMQAAAAAAHuY9lcXm8TpJshnqBsZS3tn97d+TJC9++kuS5OLwKnmtLDbU&#10;G1QWg8ellcWO+5qbbYS2n1lf1gpd4/KnsbofquP1n8xaaWwpi40l7fWkr8WxoZTKlh3goZTF9ttS&#10;SNxel/3ZYbtNkmyGesdqWWwpkc1l3spifb3Bvt6/dr+n6c39NAAAuKub754BAAAAAAAAAAD44iiL&#10;AQAAAADwMO+pLJapFHeGtp398yTJ1d/+I0ly+fPfkiRPanHsYq7rl7WdFQ2PVtlndHPZC8zddOse&#10;4WaXa0mQvVH7E1orGHbjroxr3awVx6axFA8P+zLfbksx8bAt64+HMn+yKXuubq5lsbqdZXtl6fH2&#10;alGs8Sc9AADe1dvfMQMAAAAAAAAAAPBFUBYDAAAAAOBB2q+Wu9bquWdZrJmnUtwZukNZcF3KYq/+&#10;+u9JkqtfS1ns6VRKPU/mWvYpazsrGh6ptqfp605l6uZbS2HTVAtetdi1ng+r6x/3c6UE1tUSYg5l&#10;vruu810tiNWy2HQo81Zg7Ou97ev2l3JYCzSu9pvtfnT96Z/wRn/SAwDgHfkZGgAAAAAAAAAA4BFQ&#10;FgMAAAAA4EHWv1o+FsbOlcXK+ctzV+at8DO0Yk9qief6n0mSZ3/+tyTJ/rfvkiTfdKXgs5nLeq3I&#10;46xoeFymW+phbzOOZX/T92XP0Ypim7pfaua2Pyurp0sph3WHy7J4W+bb61I83G7L/qmVxdp2L/oh&#10;SbIZynw+1NuvO7C2H2tWIbEbxbFWZlztZQEA4M78DA0AAAAAAAAAAPAIKIsBAAAAAPAgx98s10LO&#10;unXTCmOrslizlMWWlE4p9+TlL0mSZ3/+v8rS5z8kSf6lr2WxqZZ5ytrAY1GzWlOtgL3pj1vr5li/&#10;Kh1Ocy0Z1vJXm/f1mu1PZuNYS4e1LDZPpSA2Xf1axmMZHw6Hun5dcSy317bX95vk9XJZ3X63ul9t&#10;f9bNp3u2birrT20/2pXrKYsBAPBQfpYGAAAAAAAAAAB4BJTFAAAAAAB4kBtlsTau5Zt1Waydv9xW&#10;ayWezVAXzK0s9mOS5NdaFhtflPEfu1L62cy1+ON8aHhUpmVn0vYl633AcY1mKYu1HVQtdS1FsXp5&#10;+1PZXIuHh0PZHx2LYaUktnv5c7leLSH2KTuwtr2mFcHadlsxrBXHjkWzU2295Xp1O2Pbc9YSo7IY&#10;AAAPtX4PCgAAAAAAAAAAwBdIWQwAAAAAgAcZa9qmr8WepSxWyzdLWWxpiZXzl6f6K+l2vaSWe1pZ&#10;7NkPSZJf//JvZf0X3ydJ/jgckiT9VOZd15JkwGPQumHjocyHi02SZLMp8ySZxlIebEWwVg4b+nKd&#10;w7bsZzabsj/qhloEq/uV/XabJLm+LiWxaV/W76ay3e7wssxTxv28bpkV66WtGNa03eS55a8tSZJM&#10;dYNzLTcqiwEA8FDKYgAAAAAAAAAAAI+AshgAAAAAAA/SymJdTeH0LXVz37LYXMtiqWWxf/4jSfLb&#10;3/5Xufjlz0mSPw617DPW9fpWFnNeNDwKteI1zvW1X2thXVfnmdL+5NVNZb/SimLdsh+q6uWpJbLD&#10;rpTEdts635X9zFwvz1zmF3U/1bci4kq3Ko0tAcWqX5XElMUAAPjY/AQNAAAAAAAAAADwCCiLAQAA&#10;AADwIO9aFutqG6frDuXiaVvW/uXbJMmvtSzWXZWy2P/Y1PUOZb10F2XuvGh4HGq1a65VwRYHm6ay&#10;L+kzpe/L/mCoJa6ulriO+6M6ryWx/dVVkmS7K/NxX8uFU91PtfJhV+abWhTrlrLY20tia+uy2Nq6&#10;NLbWwmXKYgAAPNTb33ECAAAAAAAAAADwRVAWAwAAAADgQZayWC3d9O1XzeuyWFve1bJYK/O0wlgt&#10;9uRQyj6Hn/6aJHn29/9Ikmx2z5Ik/1rLYlMtAKV/kiSZ63aBL1zLag2bJMk41n1H3Rn1mTMMpTrW&#10;9XXdsZbCxn2S5LCt+5ltKRReX71KkkxjGW/qbQybWihrZcRaKJvHWjhsxbKVYxlsSS2+dulx93he&#10;WX9dKFMUAwDgffETNAAAAAAAAAAAwCOgLAYAAAAAwIPcvyzWhrUo1oo9tTSWw8skyfaHUhZ7/u2/&#10;J0meHkr5539sShlovC7jbvg6URaDx6PltWoLYdmXtF1P/1pRbK77le1lkuSwryWxl8+TJOO+FMem&#10;Q5l3dT/0pC9lsmEo2+nrxtttjdNtba/TsthSGjtTIjvnXIFs0oEAAOAdeUcJAAAAAAAAAADwCCiL&#10;AQAAAADwIO+vLFaKYdmVstjVd/+dJHn+7X8mSf6lu0qS/GEo5Z/xuqynLAaPU9u1dHXn09edS9cl&#10;mQ5JknFXSmKH67L/GPfXSZJ9KxPW8thQ510tgbWS2FD3T3MtiU3L/u1JWd4iZ6uS2Fqrnh0XvHm9&#10;c9aFMWUxAADelXeUAAAAAAAAAAAAj4APiwEAAAAA8Pswzck0Z5qmTNOUeZ6XCllSEzv9XEpl/ocZ&#10;8Gh182qq4cLpcMju6jq7q+tsr15le/Uqu+vL7K4vc9hvc9hv081junnM0HcZ+i4Xmz4Xmz6boctm&#10;6DLMU4Z5yjyNmacx/TyXqevSt4xiUv/E1idzndp4Nc1dqZAtU/rVlLdOUzfVKZlev3kAAHggHxYD&#10;AAAAAAAAAAB4BHxYDAAAAACA92Luusxdd6zqdJuk22Tu+jLVks5NtaEzT8k8ZR4PmcfDUgBq9aBj&#10;wQdIkqlOn2r8sbV9wdBNGbopfQ7pc0im62S6Tre7zHT9ItP1ixyuXuVw9Srj7jrj7jo57MtU9zN9&#10;nbquS9d1GVKm124tSZe+79P3fS4uLnJxcfHa5R9Lq5QBAMD74d0lAAAAAAAAAADAI9AlyTzP8/oC&#10;AAAAAAB4myn1V8tzqfFMr0d53qKv1+unXVkwbcv8+fdJkhff/SVJcnj+Q5Lkq7lc/lVX5t14KFer&#10;50PPnfOieVxa3au+9Ep576OO7/hir/rVX6HGcUySDMNQ5n2Zz1N5ZO3y9uertl4/1NsdX5X59qrM&#10;r8r86uoq477uV6q+L/uHvj6I45/Eym21x9b0t7TT2n7nqI3ffj0AAPi9WL+jBQAAAAAAAAAA4Auk&#10;LAYAAAAAwIMsZbFlXKo/p92eo3b28rAui42XZf7sxyTJyx/+nCTZ1fHXKet91e2TJPPYykGbMr5f&#10;5Ag+W+vX1Kf73j+94XWda21dFmt/llpfb+hbuqzO25+v2ny8LvPr52W+L0WxeVf2CbvdbqmSNUtZ&#10;rM6nWi8DAIDHSlkMAAAAAAAAAADgEfBhMQAAAAAAHmh6Q+voLur1urlM8+k0TVOmaUo/z2XKlP61&#10;25nneSkTAZ/Q3Cdznzmn0w3ttV6noe8y9N1yjW6e0s1TMo9l6utfsOo0HnYZD7vsry+zv77M9tWL&#10;bF+9yP7yMvvLy+x2u6Uqdm7/cG45AAA8Nm94xw4AAAAAAAAAAMCXxofFAAAAAAB4R28ujLUwUNO1&#10;qQaGskylJjSN+zLVspgSEJxav6Y+vvoqrkWx+zrGxUpJrOvmdN2cvk/6Psedwn5XputXyfWrHNq0&#10;3dZpV6bDIYfDIeM4ZhzHchtddzK1/Yj9CQAAFPd/Jw8AAAAAAAAAAMBnp0v5/7Q7lQIAAAAAgHuZ&#10;51LymbsynjKU8esrvdYcK5cmQ71eN+/Lgt3zJMnhn98lSV5+/5ckyfTqn0mSPwxlvSddud502CZJ&#10;uu4iee324bG42fH7OOauvthqVWzuyrybT+9RV+9hX3cGXd0r9Mt6dd61vUXd7mFXLr0ur/HdrozH&#10;Q9kHzGMZZ3edJBlS9glNK4m9bj3uS8IMAAAeLe+IAQAAAAAAAAAAHgEfFgMAAAAA4J10c5n6zOkz&#10;pzt2gpL6i+i3/jJ6mpNpzjRNJ9M8zydVoHY73Tynm+daJ/pUjSVg/RrsMi1VsbKgvGj7eapVsTLN&#10;4z7zuE/GQ5kOu+Swy3R9nen6OtdXL3N99TLbyzKN28uM28t04yHdeMjQJ0NfSmJd16Xv+/R9v4y7&#10;VkB7zXp/AgAAj9Vbfz4HAAAAAAAAAADgy+DDYgAAAAAAfFzddDrNczIfy2KtAHSsFK0n4PdsqQzO&#10;U7r5tdd6fQ1305huGpPtNtlus3/5PPuXz3P9qkzHktgu3bjLMI8Z5jF9ytQqg03bZ7ytHHauOAYA&#10;AI+ND4sBAAAAAAAAAAA8Aj4sBgAAAADAPa0KX0s1qJmTzOmSvN7xOdaGahWoTfX6rTa0LgStK0LA&#10;p9HNc7p5Pr5ma/2vTeuiWJ8yZV5PpSa4311nv7vO1auXuXr1MturV9levco0HjKNh2z6OZt+ztAn&#10;Q5/X9hFtOhbF1tNyn2tRTFkMAAAKHxYDAAAAAAAAAAB4BLqU/5e7c7IAAAAAALij1ytix/GcTZJk&#10;TPuVc6n4tLWHufyrnw/l0nFbLti/SJK8+vbPSZKXP/41SfLVfJ0k+abbleuNV0mSoWbGpnp7c+e8&#10;aLiPvi+vmfbnofX8nFbm6jf1tTeOSZJpKq/toYa7uvaPqVye6/La3W3La/ry+a9lvbp3GOrt9nUf&#10;0Za3+Q2z1zwAADyUd9MAAAAAAAAAAACPgA+LAQAAAADwQNNJZazLlC5T+tUvn7u5TDfMdZrmZJoz&#10;z2U6p5vndG+5HLibc6+1ruveOi0O+zJNYzKNGeZDhvmQbh7TzWOy3yX7XabtVabtVXbb6+y21zns&#10;yrTsK+a5TlP6uSx7fWra5W0CAAAezofFAAAAAAAAAAAAHgEfFgMAAAAA4COrSbGWHJunZJ4yp0yt&#10;WNZ3c/puTrqpTKurA+/HuiB2bhq6ZOiSTIdkOqSf9umnfbr5kG4+ZD5sMx+2GbeXGbeX2b56ke2r&#10;F9ldlml//Sr761dLUWxdEFvr5zJ1KRMAAPDufFgMAAAAAAAAAADgEfBhMQAAAAAAHmYpfK1TX7UM&#10;ljl95mXczXVaV4KmKZmmTIcx02FcFi9FoxYgm+fM85x0XZmAB2mvpeU1Va1LYutpWS9juoxJm8Z9&#10;Mu4zbq8ybq+OJbGry+yvLnPYb3PYb5NxTMZxKYr1dbqtMHbU+9MWAAC8I++oAQAAAAAAAAAAHgEf&#10;FgMAAAAA4NNohbBWFqtT5jmZ5xs1o1YoS1cneKRabe9jTZnmOh3KtBTFrsu0v0r2VzlsX+WwfZX9&#10;9VX211cZD9uMh236eU4/zxn6ZHjrX6bqa7yNujKVRuFbrwgAANyRd9YAAAAAAAAAAACPgA+LAQAA&#10;AADwnpQq0FIjqvpzv4yuZbFWFBvHMeM4Lhf3fZ++P15znufM82sbBh7kttdSu3z92pwOZcpuW6er&#10;ZHeV7VWZxm2ZMo7JOGaTOZsci2J9mzKlf60gti6KAQAAH84bfz4HAAAAAAAAAADgy+LDYgAAAAAA&#10;fFLritFRqw3NSeZjsaxNwHvVXovr12Qri43jPuO4z+7qVXZXr3L96mWuX73MfnuV/fYq02Gf6bBf&#10;SmJPNn2ebPps+mTTJ90816m8lrt5SjffXhSbutMJAAB4OB8WAwAAAAAAAAAAeAS6lDNFnIMFAAAA&#10;AMAdtRLQughUzk+eavZrquP2K+ihFoT67Ov6ZT7+8o8kya9/+6+y/uWvSZJ/fVKu1x8uy/LtqyTJ&#10;xZNNkmSah7K8c140n0Z7BTz8O3C9hfVr6lR3619zTu/JXCtc6+u112TXlRX6daqvFv6m6ZAkORzK&#10;vBt3SZLds5+SJPPhuq5X1h+G8pq8uLhIkvR93SccxuT17azv0Mqt8bD54c84APf1qfa5q2NiV8ft&#10;GGD86cdvu+xdxvxOnPt61K/XHd+/3qp9/dd8P3xQnl0AAAAAAAAAAIBHQFkMAAAAAIB7Kmd/zym1&#10;oC6lJjS2ktjJWsdKUD+XqtAwlRpRpqsy++lvSZLn3/0lSTJe/jNJ8rQvW/hqKPOu/Sq7VozgU5nq&#10;d/Wx3PX2P7P0Z4sL7Xv7bmWGtlb7s86NtfvyWmxrzq0c1u5oNR5K1e9iqFsc6uVjWT5dlZrf7qq8&#10;RveHbZKkm8rl/b4Uxrqb9+CNbgmJAXfwqSuaXsfvppUc76++52rHmXMFng+hHpu6qR1bHqZVJu+v&#10;vd9sRdpzNaMPM57qcz3XY+i8rl994PHxGFvGfS30nru/H2rc96Xo++bL337d9ty1cde176XT9Y/F&#10;0Xb9Yj++247n4a+74nh/T60/XrMeNw+//fb8VB/zdZ/XvifTvvZrb/5633TXx3Fued2+wtgH4VkF&#10;AAAAAAAAAAB4BJTFAAAAAAC4p1YLaJWLctZ8K4u1c8PXv3jetLLYWKpFmUu1aP7hz0mSZ9+Xsth8&#10;9Tx5rSx20apHcymZtdsd/Gqbj+zYPTgti62/29cFntvKYmvL9VeVkbad9Z91ptYGWJXFxrreUhar&#10;G9609abymspYymHTrszHbXltHup4HktJrK/rz1N5La8fJ/DhKIs9Vuv3XG8+bnwQ9dgz5GJ1QTv4&#10;LQert46Ph6w3X35+XI9RXTnmnDtmfmhzvz7mfxztNdd/4tfe+j3HfZy77rq4tR43U9vvfbKy1Jtv&#10;d/241uPm4VW9pn7Pf8zXfV5/vmtZbPU+8rz1/VyNbzyO9Xi9D/jUX/8vm2cVAAAAAAAAAADgEehS&#10;Pul420cAAQAAAACgWlcuytnf9y6LTWU+fv/fSZLnP/y1LL9+kST5aihbGLpSlli6E8pifCI3+gd3&#10;DS2cc6OwUBwrIu3y8trq5jLu1kWLrhXFmvZarOtNp+tvLkopYt5dJ0n2Vy+TJIfrMp72Zd5KYsvt&#10;tvvTimTAR/Oxq0ZrD97PvTePtYGyfs/15uPG25yrNt1qKYu9+RizPkadG8/LN++bL791/Dspi30q&#10;n7osNk0Pf97PfQzl3Pfkevm8FFMf5tzt32opWZ3ud85t79zy91YW+2RqWeys2+7f6vIb+6/1eK0+&#10;f8piH4RnFQAAAAAAAAAA4BFQFgMAAAAA4J7WlYu7lcUu5l2SpB9LtSjjqyTJ/rs/JUle/fC3svxw&#10;Whbra9Uo9fb62hhrtSP42Jbv8Xcti63ctr2+vfbGMh/qiq0sdixylNdiV4tiy2t1Pi2F7bdXSZLt&#10;q/KaG3fbJMnQKoB1c+01ONfrAx+fstjn3UBZF5Puru5/8+n2vzfKYq3y0ypBt4y7dv0zl982Ph57&#10;Ps37vnYMnZZjYpl/6PGXYP0xlHOvg3PLp+7Tvu7n9kW5Zf+zfpzNucd1d5/me/74eN/+uG+/f6vL&#10;71wWUxT7GDy7AAAAAAAAAAAAj0CX8knHN3/UEQAAAAAAbmilh/qr5fuWxaZSM8rhZZJk+4//TJJc&#10;/vT3JMlwKJd/Xcti81QqR5nKlvu+VpP8aptP5FwHoblZALqx4I3ad/S5tZeyz6G8loa6ZntNtNfi&#10;or1GaomslcWuX5XX3lRLYvtdec11Y3mtXdQbGupm+6lcb6yFsVbKuO15AN6fm/uVj+vTl8U+b8t+&#10;+oHepSz2rh8FaKWr4/dAeyztKPD2cVfrl+cuv208Tvs6/jTa87c+Rn/o8e/Fu9Sx2nN3bhvnlrfn&#10;Yu5XVbt7etfXXX37c8O5+732rq+9T99+Wt/+be/8brn8RlnsFspiH5RnFwAAAAAAAAAA4BHoUj7R&#10;+K4faQQAAAAA4NEoZ4UfKxflrP91Waxp594P67LY/kWSZPu3/0iSvPy5lMWe1PVaWWysFaV5LLe3&#10;2WySKIvx6ay/x9duFoBuLEheK2fc9dz+rlVa9qUANtQt3Chn1NfGdCg1lvbaaeWwF89+S5L0rdpX&#10;i2Obur1NvZ2+ZWTq9dqfk6ahvOZvex6A9+fmfuXjUhZ7N3ctEd1QSzzv8uf8qZZZ76sVxTLVf7Qq&#10;UKv93HG81JnOXH7b+KH3/31Zf+3a8zLVxR96/Dk79327fk7X46ar72+Oz8Vpde628TBcvPXy8+Ni&#10;uf/1e/Ls/Tyz/Nzjv7u7vT/8cNa3f9tr8ZbLlcV+Vzy7AAAAAAAAAAAAj0CX8onGd/1IIwAAAAAA&#10;j0YrP9RURD2bfkwpfrWARNPOtV/KYmMtix1KWez6r/+evFYW+6orFaNWFjvsr5Mk81hu9+KiVgI+&#10;cWmCx+u277ybBaDTBfONc/lrOWO1dK2va2xq6WuYV9eo9Zep1vgOu22SZNyX+VSvd7gqr8FWEhvq&#10;3WlFsbkWx/olB1Nvp6+v9a7d3/XjAD6Y+xZZ3rOlMsWDvOuf44/Xv//3wVjrkg+23Habt2Pa3cZT&#10;K5Odufz28ac1rI7hrbLXjvUfevypC2Pv8r177rrnSlw3ltf3HYtzT9KZ8dCXn03OXX52vHjz+5z1&#10;/VyPm3PLb1dv9xOXtW7/3rv//ojfj0/73QUAAAAAAAAAAMBH0aV8ovPNH+kEAAAAAIAb3l4Wa79w&#10;buea961eNJXaUTeVUlj2z5MkV7UsdvnzP5IkT/t9kuTroWzhsC/Xmw7l9p48eZKywNnsfBq3fefd&#10;CFPcWhYrbit1tbLY01aJaWWx9meesbx29tvyGttvS0FsV8fzrryWLurd2QzlHxdLUaNsdz6U7bTC&#10;WKuqdJshSbKvr/nb7i/wHimLVcd3F5/TeBxvvju6z/hd/px/OJR9+UMd405vvm8fblw8vM70bpbv&#10;+aWM9mn8XgpjD3Hu+/bc13S9vF3/5vuqu1lv797qDR+3c/q92nXlfVHX3ketLh+GWkO+8b1927ip&#10;409UGLv9e67dbz5Hn+a7CgAAAAAAAAAAgI+qS/lE5ps/0gkAAAAAADfUs8jnUqpoZ/vPKWfXj/U8&#10;5anWiIZaFtvMpVaUqdSO8vKnJMmzv5Wy2O7XH5IkX/dluxcp6w/1bP5NPf15vy/L+76UzOBju62j&#10;cLOAcbqgFSraH2eOf6Yp3+Tn/mzT13LFk3Z5LYCNtRjWimLjrrzGxqXKV+b9VMphF0N5rQ61TNbV&#10;R9Qv46Ytr6N6waFvr3FNAvhYundMe03vWONsN78EdO6pr/uNB1vKau0OtD3V3cbj+G7Xn5a61Jsv&#10;v2388Nv/lMp9aVXLm/WjDz3+fWjf8+/4Ery3dsy9+Z7iy/due6v34dz34LnX6ZvHFxe1hnzm8vPj&#10;Yuif1n+duz9vd66sdu59ZtMuHVNLth/MbY/r038nfMlue/YBAAAAAAAAAAD4AnQpnxx8+0cHAQAA&#10;AABgUc/yPlMWa7WhuZ4d39Wz0jdzPTu9lcVe/Jgkef63/0iSbH9rZbFSQbqo1xtqymHTle0qi/Gp&#10;3dY5uFkBOV2wlMVqyas5/rmmvnbqem3evuPnq8syr+Ww3b4VxWpJrC7PVF6jrSDWCgLroti6INYK&#10;PuuC0Fy3MC5lMeCjWcpaH9e7FsXeWX3cUy0jPtS7ltXG8d1u/93dOLB8BOWLfrMs9rF92v6Nstin&#10;86m+447e7XvvXNnrdvV93/DVavm5Ct+bx8efld58+bnxvDrePPTrcPvHkN7+/Haf7MDzOLz92QcA&#10;AAAAAAAAAOCLoCwGAAAAAMA91fPLa1lsWdrdtyz2XZLk2V9LWWz3vJTGvulrUWwqBbGLelb5MJTt&#10;Hw7ldrt6e/CxTfV7+1zto7vjn12OtZbblPVaEezq2bOyuL4W9rtaFlsXxfpyB5/U+dAqJbWQ063K&#10;ZmvrispU637tcb/92sD71LVj6ANfeX0tAj7Umd3dnb1rmWsc23uOhz3+d/1z+MMLQcW7ls0+ZQNG&#10;WWy95OM6917jMZg+UVFxMb/b997D9zvldof+yRuXr0tg58bHn5VOx8diV1l/PV6/AWyVu1utnq+b&#10;j/+253N9/9fX53267asBAAAAAAAAAADAF0BZDAAAAACAe6pnr9+xLDbUslg/l1JYpm2ZP/tHkuS3&#10;v/1nWfzi5yTJV12tIk2lkrRpJ7nXeauTdN1FWQAfSes2zLcUZs6VxdYlsT5lvRvlhHr9aSyvmfY9&#10;P9eS2NWL50mSrpZ22npp5Z56/U29m8u8vobm8e2ljmPF5M3NgbdfG3ivalnnGHp52CvwXctYbb/y&#10;UK0Ken/ldse2n/tEWt30od61rHZuf/wxKIutl3xcj7Msdvq9duey1fv2jmWxd93vzuvbb+NWXLvn&#10;uEsti9UDyrnxopZp18//2cd1x7LY2evfKKU16zHvw7t9dwMAAAAAAAAAAPBZUBYDAAAAAOCe2tnq&#10;pfxVA2KZ69no41IWK/Ohrn8si12V+S9/T5L8+u2fyvovf0mSfN3XEtlYCmRDTTps6tntS52jVxbj&#10;42pdg1YWa9/j7ZLWSViXxVqVpZvbvNbx2tXr93YN6CRTLYpdl9fAdlvmh32Zz/v62pvqa+vG9msh&#10;oo3b5VNZPrRMX3V8HEWrA7bmwLpq0rYLfATvqSz2rqZ67D3ej/t5eFmr3OBcK6Wf6vG/65/Tz5d0&#10;blP3x+vC0EfUjiGfzqe9/fUx8GP71GWzT+Hmc/6pvgfe7XX3rq/7eZ30Wt5ptm+Kt4+n+r6v3Y2u&#10;vvE8N27Xn+v70uVt6bL+6f3palV6Ga/KZPPqC3nr9ZfLy9d7qu9zP93X/8v2bt/dAAAAAAAAAAAA&#10;fBa6lE9CP8LPowIAAAAA8DD17O4zZbFWKWp1oj6HMq81pVYWm376a5Lk+Xf/Xa53+WuS5Kuurl/L&#10;Yq2adDGU7SmL8alMrbhwprjVXht9/bPLuvjVxsfXUP3zTEv1jOV7f96Xstj+urxWttfXSZLDoSzv&#10;6/1o1b2+th+W7S+vtTqu81ZouBg2ZbUlQFH+MaUtr4+vvZbreu1uLqUyhTH48Jay2Lu93h5a9lp2&#10;E4eHXb95+J+jaxlnSZq92/PwUA+//+/LpyuMKYutl3xcj7Es1sx1//fpfPzX2+vW5a3l9d+el1vG&#10;42G1/6yXnxu3Mlh739e+99v733NlsGV5214r8NYN3LxeG5+uv15vmsr74k+9D/hSfdrvbgAAAAAA&#10;AAAAAD6KLuWT0I/486gAAAAAANxPO3u9lsWquZ5dftey2OGHPydJXv7wl3K9Whb7ui/rdYdSU+rm&#10;UlNaakj1V9pzV8bwsbSywlTLW+vi1p3LYq0A0YoJ+/JaGnelpneo48OhLj+U9VphYVhaP3X7ddTK&#10;Q10t8bTC2BKQaPerby2B9lqtBYhaFhtvlMXK5W07m7pdZTH4COr+Yq5lweX1fU8PLYs13fSw231f&#10;3rUs9q5/Dj/uNx+mlR0f7t1u/1100ye67aUq9a7P3btZ6kqn0aMPbql5vtu37mdNWWz9TdfuT3te&#10;3j5uZa9zl58bt1ErzbZxV8fNuizWymTN8faLdSltXRTr2v1Zvul/H/uAL9Wn/e4GAAAAAAAAAADg&#10;o1AWAwAAAADgnurZ3XOtIlVzPZt8fRb6UMtirRDWymLj96Us9rwWxrrL35Ik3wylfjKPtSw2lfGx&#10;LFYrSKuz2+F9W5ez2vfcoZYRjvW8sl7X5vXPLsNSFKuvlba9lgvZl5LYdF1eE7vr8j0/7sprZU4t&#10;g9XyV1dLC61Q0y7P2F6TrfhV1mulhk19qbQyTgvctKJYawu0ktixKNbGrfhw+rjWzw988VaVm/ZS&#10;nrrTf68ve5dxc9iX/UNzbv1z47afOHf5ufEnd6MstB7fzaf+c/jNQtB9fbr3PJ++LNasxx/Huix2&#10;7rXyvsfN4y6LtX+1r337XvzQ4/fjXV/3N/db5+7vm8et5DW3uvMt669LYIf6vq/Vo9va7f1wK93O&#10;fZkP9WfB9r08H9r1y4Lj9U/XP16/zP9v9v60uXGsS9T2FkAp6+nu47D9/3+VHQ6Hz/Sec3rufoaq&#10;HDSRBOAPey0wuSmmpBykVOq6IiqQGwRBEARBkSrequvXz69zngvGpc2Yh/no3/1l3zSOt6MeDwAA&#10;AAAAAAAAAH5hQ7T/I7H/XxIBAAAAAODL8lvq9RHzXN9Gz2+H17fpx64oFvurNvzL/4mIiPf/2spi&#10;cfM+IiL+4V1bXxXFxqozja0sNk1ZT8pvufP2nCtaHYIIfR3gy2WHMcsJpdZfxbBSJbHtkoWFi8uI&#10;iNjU6us5kcWwsY7hyoRs8jv8N58iImJ/ex0REXfXWdvbt+fKuvim3U5fpljm7dG4VNnsybKmsA67&#10;/dg7t//fhJPSzTPpHqNzj82PU8+J43Edm/0xWvpfQfbjp/u2+11Vvqdr17vIzEndj7rX87JErK+F&#10;eR9zWvd4WYuAzXraeGC8zqmCYB6DVRuq5+uPGvOyutDP157lv0o92xwLTf/c+NFjPldHfh2VP3r8&#10;k6qfBepnkR80XsY2rr3SH5tVFjt37D5+3P5Rh3yd7mr87rL9nF3jMUtkMS5H//78siXvy7xWzfJe&#10;ZK6sxkPd15NxW3zq3huU/uedfvzNnvHnvR+3ZgAAAAAAAAAAAH4aQ4SyGAAAAAAAX2FuHy3P+c3r&#10;pb6Knd/wPimLTa0otpbF/pxlsf/4X2256w8REfH3l/W18/ymuLIYnU3VgaoekN+NPxRY2vhQROgq&#10;AN1vRQ5lsaoL1PwqLeTtZElhP1bpoI3XYzTXs8nCWJXGIothMe8jImL38Y82nNp43rVpPafK2VpB&#10;rfdZGzNEHI65Z7eWJl6qA1HPjTq/f/lY7X/1uJa4zh3Tj/St5/1vLYst+Ryuzkndr2VZzt7n72Xz&#10;lot+b9jhda15iaNg830PZeCxTipTz2M976w/Z7+MMX/eLp/XTM+VTWvcvwb3y51T16r3tRkkO/HY&#10;9X21Z/i578etGQAAAAAAAAAAgJ/GEO3/qvP/AwMAAAAA8DT5yfK81k6q7pQFmgfKYvssin34z/8d&#10;EREXt58iIuLvLqrm1G5AWYzeWhZLVfxaSwhdDaAKYCfqWK1jrSuLVUuh5q8Fs827iIiYplq+lmtX&#10;3GRdL7IcFrfXERGxu72JiIjrD+8jIuJibBu4ye0f84Y/rxXd76UaD7y8M8fyD3f8XFnHD5Q1+mN5&#10;HL9t+x+6vYfs91UG+zrzlK9nXVns83+ff95+m8tvu+u8Uspi8Ia98bLY0t3/z38GOFcWK5vN8fvE&#10;frlz16/T3UNlsR/uGR77H38LAAAAAAAAAAAAvLgh2v/h7v8HBgAAAADgafKT5WUtrLSvXp8ti+1b&#10;OazKYtt//78iIuLjn/9PRERc3rX5f3+Z68t61DC3kthmcxmhLMb3LIulYW0mZP1orSjl/Dym61v+&#10;w6ZV7uqYH/OYjLWi1+pFy+42IiK2160stt+28e6mFcYuL9r6LnN9Q5bFpqlN53oO1HMpq0zLkrfH&#10;G/TlY/nHqXre8XOvL3KUvrL1vcpih19p1nbU+h433m6rLHb/5Q+NN1kDLPeVxXr9PvhaymJvk7IY&#10;vGHPUJe6z89SFqsfr+/7WaOf14/7nzf6kti5aZ3u6n3mubLYt76mP+gZHvsffwsAAAAAAAAAAAC8&#10;uCHa//X2g/+3NwAAAAAAfjn5yXJfFovx+CPnYd626dTKYVUWu/mX/x4REVd//aeIiHi3bfWlf3jX&#10;Fpv2rQDTl8UOH2n7PvRbtekSB3P7dcdnBZZ2bPRlscPlXR1pLYnlsZUlhbEri2X4K8b6tn9VDGq5&#10;XTvWt7etHLa7aTW9JecPUyuP1e1tsohW9YMhi2F9WWyzaXWDWm7fldV4Ti993nnZx36TT4J6Lqwl&#10;ju5XjX1Nq6Z9+eOppjnrfYf2x5PG+31V+e6//KFxPRd7/f2/z2OW+ZJNnWd4U5TF4A17hrrUfX6W&#10;sth8Juv1pZ8lzv1c0hfEzk3rWvW+88wm/HjP8Nj/+FsAAAAAAAAAAADgxQ3R/q86/z8wAAAAAABP&#10;04VX6pPmpZIzdXGVxfatslRlsat//m8REXHz+79ERMRvu1Zj+vvLdv0qi8XUphcXLTmmLMZjy2JT&#10;N36oLFYH9WGchbG1PJazd61ONFbZIOt3012r491ctWN9urtty83tGN7kIfvuMkthWQqqKt80tfVU&#10;UaxUUWwcLyKUxV7YS593Xuaxr+fAuJa27teXxPrpV8u6yX5fZbHaD/V4PG48DFUGu//y8+Pm3P04&#10;N/9z9Tz+WmOeZ3hblMXgDXuGutR9fpay2Fqtvudnjy/VxeKen6VLXxLr55dNvu/sy2L9cv34u3mG&#10;x/7H3wIAAAAAAAAAAAAvboj2f7v7/4EBAAAAAHiabyyLffqn/xrxWVnsT/tWYfqH9kXu2O+yIKMs&#10;RmfTfc1/7sth+W38qTtEvr0sltPbdmzOeWxWQWyX02l3166XRbExnxNVFrtYtzOLDXP3nOkqBXVp&#10;FRbq/vL8xmcoPXxRVj76Y/i5LFM+B8bjY7YviJ2b9sf2U81zvi7UfqjH45HjIbIsdubys+N0JlTy&#10;KMpifA1lMXjDXuhnjp+lLPal93rf+39x6n8+GcYqkea4K5I9NP3W7ZuH8/f9e/nxtwAAAAAAAAAA&#10;AMCLG6L9X23f9r+1AQAAAADw9tQny/lF7EeXxXZt+rEri/3d1GpMfVls2bfp5eVvbaws9uYNXVms&#10;joUqIfTlrZq/rFWm5qlFsbEqSbftmN7dXEdExO11q+VVUewynwMXm3bDVRQbqgyU65umNq5jerNp&#10;FYPN5qItn3WCfS6337dS2bBpzwWe34uVxU6KYjWt7Xme8VTH4JlyRl8SmzPF1R/jT1e3k9vVPZcf&#10;q7bna61lsie8/pzbV0+1yfMGb4uyGLxhL/Qzx89WFvua18++FPaQk9voyl5VB6319uN+erK+J1IW&#10;AwAAAAAAAAAA4LtQFgMAAAAA4OvUJ8tVc8qvnU9LK89UQWaMNo6p1Zfi9n1ERPz5v/+/IiJiuPs9&#10;IiLebVul6d3QSmKb+sZ21piGoapLbTpNPtp+q5Z9e+wP3+5vJa4Y89v8OS1zVzuqY2ifJbB9Vu02&#10;eVBfXrRjb8ySz37XSmLzti13/ccfbfm8vGJ641ooy/pSFcpqufVJ01S5rC82LH1NoEvLzJH3l2dX&#10;ZbGn9SoOvv5Xcu0o2VzU9bsTcI4Pq7//8t0uz8dnLj8/zrn7rOM9u9yeoba/f9b8aO1xP1QLn7/H&#10;oSz2NimLwRv25stiL6H2+df+pNdcXBz/rN6Xx/rpKse7+dtOvCfrvcfLHF0AAAAAAAAAAAA8qyHa&#10;txi+7X9LAwAAAADg7enCM48ui920KtOf/8f/OyJOy2K/jW35sb5x3ZXFxiyO1e3x9lRZrMoHh2/n&#10;t2OkL4sdfg1yfNAMeawOWezZrF+xz5LCthXFtrft2JzubiMiYp/TTa53rOhRXq/WV8f+YWty+bNF&#10;sfrX/WWxuYpjL1Sa+BV866/ELk5KE/VY1KP5Y8fDWGWvfA501bxz0zJ/44kzIyMvoJ5kymK8Lcpi&#10;8Ia90M97b7ssVmrf9z/3PU69Dy59Sawvf9X4cLrNnzu6m+9/ruvHpW7/3OXxIj/JAAAAAAAAAAAA&#10;8OyGaP832fn/nQwAAAAAAO4z50fLWXGqYM0crXxTBbC1LLb/1KZZFvvPLIuN2zbuy2KbvH5MVZJp&#10;4/qm9DcGcnjFzlaTum//99/eH/P7+vN+FxERl5tcvisoxPYuIiKmLIrdXLdjd3vb5r+rY7tiRzVd&#10;2wtteq4sdtpoaOtbSw5rSez48tULlSZ+Bf0x81SHstj95a8fPV7ymFqWdp6t+1PFsHPj0pcsnmoT&#10;x6WMZ7eWxV6GshjPTVkM3rAX+nlPWSy++XW+fw/y2Pm17zfjRURETJ+1xj7X/3zXj/uyWfl8uW+7&#10;hwAAAAAAAAAAALwKQ7T/e+z+/x0NAAAAAADOeWpZbPexTa9/j4iI//y//j/t8iyL/ba7adMsi431&#10;jeuuLFbrXfrcBm9Gfft+ymNtbpMTtdymK4vFXMWv+vVIrmDfymHzTSuKbW/aMbnb3rb5u3a9y8vf&#10;Ir5YFCttfLi8qwBUySyvcSg3HNcF+rLE8EKlibek/9XZoSdVD3o+WvVYdOOljqnu8qVycQ9c/9x4&#10;mrZtnPrK3rlp6UsWT3UxtNLFi1mfM8/dOann6Ms995TF3qb+R52XOAqUxeCFvNDPe8pi8d27W/3P&#10;Xw+Oxyxpd68B/XKln1/vl8t9Pxd+33sIAAAAAAAAAADAT2mI9n+P+f+BAQAAAAB4kmXK75lnWaxq&#10;SNNypiy2/dCmWRb7j64s9qd9qzdVWWxT34jOsliVxJTFGC7aY7/ksVZVu/7XHZs8JsecDpUCq0LP&#10;ftem21YQ2958arNv27G47Nq0ymBDtG/5R37bv4oPTy2LnRy6OaPqAUuuoZarmlGtdy2a+e3Ok50r&#10;LTw0HuuxzZ0+roWGdclHjecqMq6VuToYHjee5jxm69g6U5g4p79/j5fH4JLH/ktZy2LPq38uvgRl&#10;sbepf714iaNAWQxeyFsvi73Ea37u8/GZ9n3/c1y9F6gfF5d8n13L1c+x58Y1PffznrIYAAAAAAAA&#10;AADAGzNE+7/H7v/fygAAAAAA4Iwnl8Xu3kdExHL1t4iI+M///f9tl3dlsT9t8vr1TeuuLHb4Brbv&#10;Q781cxYGxrUslr/eWGtNzVqDytlVGFuLYnlMxd1dRETcXrXq3e72KiIihl2bXzWpy4s8loeLtlzW&#10;BqoAdiiHNXW907JYs3RJsDm371xRrMZ1taq8KIs93bmyWP+rsn481Hktj8EaV4FiiTZeKgmRy/Xj&#10;aV8PXh4TVa547PhM36MvSvSlijJXhu8rDbU9z1TcOPESlZHPnoN1v+thfU7KYm+Tshi8YS/0Wvum&#10;y2JpLYs982NQP19M+d7mXFmsL4r1P98+xtOvAQAAAAAAAAAAwKszRPt2hP8fGAAAAACAJzlXFpur&#10;plTfdK6y2G0riM1dWWyza8Wxviy2yW9IL/tdmyqLvXlVFqtk2LJWntrsvrQ1VGFsatNhbsfW7uYm&#10;IiKmu3bM7W4+tSvstxERcZmVqMs81OpIW/LY2y+XERExDfmt/gfKYg81GeZcT21+rXfJae8i61D9&#10;/eXp+rJY/yuztVKXj2GVxeq8VuelJUtjNa7H/KHx4eh63PhcMaw8dHl//55qLYu9lBe6/ZO605d3&#10;8w+hLPY2nRx7x8NnoSwGL+SlX/OUxZ7d4Z1Dva9u+p/v+pJsf3lfGrtvuZe5hwAAAAAAAAAAADyr&#10;Idq3CPz/wAAAAAAAPMk0tZJOfXN5yW9AL1XgyU7SEK0MVmWx5fr3iIj4c5bFLrYfIyLicrqOiIg/&#10;ZcLiUBZrt7PPqso4XLRp8JL6qlVfP2mO60hVBjt8W//+etJD4/2Qx1RXWxprupbEciPzWB2y/vTp&#10;j1azm7atMBb7Vom6yKLYb5t2ezmJ2LXLd7me+eLvIiJiye06XxYr/bjp60S1vprW5f3tVGGofwye&#10;XRUf6vF8rnEnQ3MxD8f/7i+LiIgsIta4jpGpzlfduK5f5bB3mzaux7QvkvXTshbKutLDU63n2zPr&#10;Pzf+XsZYd8DLeKHSR6nz3H3HV3+sfa9x6c8zvC3rsZfjeibM3b/7y75lXF78tQbeqpd+zRvzZ6Yc&#10;nztX/Lhx3v49r5PnXjO/dXzwsvt+HtvPW7Uvqpbc76tpLeA2dflvl62CXONNvkeqSvLFOL7wPQQA&#10;AAAAAAAAAOBZDNG+XXDy/8kBAAAAAMCXzHOrLQ1ZutllAezioo3n3baNo01j05bf/+v/ioiIv/7j&#10;f4uIiD8ttxER8Vu06WatT7Wr1Te+lyzarIWeNtu3op9ZFUbGrFuVepziswJKfZ99HtqjtORjm5Gm&#10;qMjSZtO+/V71pgx8reNN1uSGTVvx7f6qLZDXv8gbvNhk9WjO27m9i4iIm48f2vT6U0REvBvackPe&#10;UJULhip2rd/DL/VrlDoY2/Y8/ujr13dO7ad+/rHaznOlrYdUie1rrcW2rm+wPn5nxrV8Pd799Wu8&#10;rDvg/vGYx8H6662qgS3z+u+5SmG5SK1iybJYjfvLz43L4Vg5ns/b0h8fy3D+2PnWMXyuPz4ce8CP&#10;1p8bfobxly77lvFLq+2pn5D77XvqOMY2Y6z3MDneDMpiAAAAAAAAAAAAb8IQoSwGAAAAAMDT7edd&#10;RERsxlZpusuy2Lssiy37VhTbRKs7xdAun/71f0ZExF//6bgs9i4LZCdlsbW21L4JfSiL1TelfcT9&#10;nOqb6veVxerb7Id5xxWnsj6GmRarx7LmL3ksVSXqYk2QtUkde2N9Wz43ati325vu2jG1z7LY7vYm&#10;IiLmXbveRR0zuX2HmsD9xa6l+7r+OD+1LPa93L99z21z5jl37tdN/fxzZbN+uX5cD9T6cGS5bD1u&#10;luX0Op2HLn/I5tuuDgAA9+rfM33tT/z1827/M3e99xqG4dnfxQAAAAAAAAAAAPAClMUAAAAAAPgq&#10;ymJv26HGdbB0xas5v8zeL1rfcl+n+b35ec4SWR5LdRubdfksSG3yGKk1Z4Fsd9eOtburTxERsb9p&#10;43Fu68sQ2VpFq9s9uL/c1W//oSz2Qn5QWeyxvy66rB3Z6a/fj0s9zuXccifz6/Gf8jjJslg5Wf6e&#10;Y+2+ZZ5CWQwAgB/he5fFep+XxpTFAAAAAAAAAAAA3gBlMQAAAAAAvspuaiWwi02rLFVZ7LeLVhpb&#10;8vIxy2FVFtv/y/+IiIi//fN/j1AWe7Wq+vX5N+D7b7/3pbHy+bfa47PC15CFsCqF1WO9lsXqsc5j&#10;aZla3W5/146du9vriIjYXecxt6/6Xbv+ZVbwYi1S1fZ12/mLl8UeW9k6d/lFVz3ol+vHvWn6chGs&#10;H6+6slg9bp8v35fE+mPt7LofSVkMAIAf4XuVxc75/OdgZTEAAAAAAAAAAIA3wP8sBgAAAAAAAAAA&#10;8Ab4M5QAAAAAAHyVr/0zlLv885O/55+j9GcoX6n+76RExNz/ecL6W5XruE2H5fiPqtTVNvmvunxd&#10;Xf15yvpjLNv25yanu3bs3NzcRETEftv+7OSwHiNtullvt03rzziu29H/2cl+fDR6/X+GchyPWwL9&#10;r4keGg9zey7X49Nf3o9783z/9vfX68enj8Tpevo/P9lP+z+B+VT+DCUAAD9C//bq9Cfdx+n/DHtv&#10;WRZlMQAAAAAAAAAAgLdgiPZ/jfkeBAAAAAAAT7Ld30VExOXFZRtP7bvP7zb5PeW5Kk9ZFot9hLLY&#10;ryO/+v55Taz/NnzpC2PRlamqKFYFsKhvw+cxtVQNKo+56fqqDW9bUezurs0flrbcZtPqdhd9QWtu&#10;x+DJ9/T7klg/zum6eUuut6bP5RuLYuVcbaCeW/20jFlim7s6V79cOTf/nHPLH+bnc/8Lu70vifX3&#10;VVkMAICfUf9e6mt/8n+oIhwRymIAAAAAAAAAAABvgbIYAAAAAABf5WvLYtt/+m8REfHHv/7PCGWx&#10;V2vO/b/c9730fAzXR6Yriy1TOxbGfEw3ueRmqGJXLrhvx8TuNotid+1Y2V99astP7Rhbf82Rt3Ou&#10;KlVlrL7QNZ8pia26y6ssVsfoy/m63kD/a6FzJbFz86MrfZ1cns7N7x+X0i/fj8tmTdA19y137hiY&#10;56/bZ0VZDACAH+F7lcV6/c/DoSwGAAAAAAAAAADwNvifxQAAAAAA+CrLstxb9CnDMBx/i3lZPisS&#10;8VrN67fcx9NfMwxzxDDHUs2pYTmqig3LHMMyxzgM7b9ljnGZD4stc/43RSxTLPtdLPtdTHfbmO62&#10;sbu9jd3tbUw3NzHd3MQ4zzHOc/y22cRvm02821zEu81FjEurftX1Y9pHTPvTY/KJajtr/S/n8Ch8&#10;jXmev/jfNE1H//Xz26P7ojvgXnVO+vy/2vaHzlcAAPAreOjn4WW5tw0NAAAAAAAAAADAr2aI9n+V&#10;+SoFAAAAAABPsmTZaF6ycDRctElM7fL9NiIiNhdtHNcfIiLi7j/+d0REfPj3/xUREb/NNxERcbnc&#10;teWH7FblJ9fLsMnpcRGqglXjT1g4+pVVz2qzedfG+SuGedmv5abDrx3atGpeYz5o9dhu6iGd2zEy&#10;79oxsL1ux8T2pk2XXR0T+4iI+G1py29yWuaTaFi73tLN7+ticx5zjzXMeb+6Q6//dUs/Lv3tP9Wc&#10;+6Ff/0Pjcm7+Y411/Sfut+/lZW612XzbrgMAgHv171l+5M+8ymIAAAAAAAAAAABvgLIYAAAAAABf&#10;5WvLYrdZFPuYhTFlsddpGdr30efc/8uyxFLHQqqSWNnkspu8bkytkDXnsbK/vc1pOxb22zYdprbe&#10;Ta7/MqebKmzV+uqY7L6V339Lv/fYslgdk2P79cqJc79u6ef340fL7ZznLKadWU8/vx9/vbae8Yd2&#10;Dh72kreuLAYAwI/Qv2f5kT/zKosBAAAAAAAAAAC8AcpiAAAAAAB8lXNlsaoOLVOrRY2bVn+Kq/cR&#10;EXGTZbFP//l/IpTFXq3p3t1+PLOOhSEfrCHHYz6U8117zHc31xERsb9tx8Kyy2NmzpLV3Op0Q67/&#10;3VLjPNbW78Z/uSxW8x/6tUgde7065jYXjyuL9eOy3+f9+0pVFuv397nb6+cP3XPpqZTFAADg+1IW&#10;AwAAAAAAAAAA4LtSFgMAAAAA4KtUWWyq6tN4GfGlstinPyIi4urf/q+IiLj+yz9FKIu9WvusW1Wl&#10;ahiGk+LUkNW5JdoxssnxtNtFfFYSq7LYvM1joApebXIofWVRbJPr6z1YFMv5fVer/zVJ3V4dY/3l&#10;fVmsv7wf93Z5/7/WnM+5r6Us9vWUxQAA+BGUxQAAAAAAAAAAAPiulMUAAAAAAPgqc9ad5ipMnSuL&#10;jVlRyrLYpyyL3fz1nyOUxV6t+tXCkA9EK4u1f6+/dphbVW6e8hjIY+Umj4Vl146RZdsuH7OYdTm2&#10;x/wi1zfMud5cX9SxkMdKXw4rh/ntu/P1bf0x22Lrfcjla7yWzPJ2x6W+e5/f78/bLf2vWfpxb5q+&#10;rQx2riz22GLYY5c7Z1g7Bz+yd3BqLcW9YAtBWQwAgB9BWQwAAAAAAAAAAIDvSlkMAAAAAICv8uSy&#10;2MffIyLiw7/+z4iIuPv9XyOUxV6tZWmP/6YiX8MQSx4TMbXHcNq3Y2C/zYJYFsbuPr1vy+Wxc5nT&#10;TT6Wl0P7rnuNq/AVeZtTPvh9UazGpb6dX2WxXl8Sq4JZHVs1XldcJbO6n+ncr1nOzf96eb9zf/XO&#10;FcPOzX+yvP/Dcv/t/2iH2kJ7PF9iK5TFAAD4EZTFAAAAAAAAAAAA+K6UxQAAAAAA+CpPLot9+FtE&#10;RLzPstj2j3+LUBZ7veYqix32f9XGqii23bbHdH/bHuOaP+zaMdEe2YjLfAw3Wawap1x3Fazqsc+M&#10;2ZS3PdVX4vNr+GtprCuOlfXy/fElVRCrY65KZufKYocF2/Tcr1nOzf/W0tfhOfe49ffjc9v1WMpi&#10;AADwfSmLAQAAAAAAAAAA8F0piwEAAAAA8FWqbjRXFWqsTlRWj7IsFpHTT3+N+Kwsts+y2OV8GxER&#10;77IsdpHFsvq+c1WRpiyMlaH7aLu+HV3fwP5R49fi3DfR6xvrhyDY4ypXa8Qqr1iP71p2G+b1mNhv&#10;syx2ex0REXc5XXZt/t9dtArdRV53zFLVMO2Plqt1r8fW5UVEREy5XF8SK3Pep2W9k8cL7LJsVhev&#10;BbE8pg5Fsbp+e/SrnLa5PD4Wz/2a5dz8vvT1VMv6HDnWr/fcuB6nr/VSZbGyDMdlsc+fq+eet986&#10;Lp+F9AAA4Lur9zb9z6Pfc9z/jAsAAAAAAAAAAMAvSFkMAAAAAIBvUpGicf16cs7IClMsN236x79H&#10;RMSf//G/RkTE5e37iIh4l5dfZllss7RqVCzH33eehlaVWrKOVGWxvpT1o8er4WXqSmvh64y1tlU1&#10;rPWb6e0fNR5zPHTFtlr/kguu9zsrW8PSqlyx/xgRERd19WmO29tWibu+apdN2/aYXuZCf5dlsH3O&#10;32ShapO3MeSxM05tRpXFDr/GaJdPOb+qdr0ld8LUVepKlbXO7cuTx7qzjO36z30E9AWAh7bzV9c/&#10;N5fh/PP2W8cAAPCc+p9Hv+e4f18BAAAAAAAAAADAL2iI9o0c34sAAAAAAOBp6hvKmVc6BKrOlMV+&#10;/9eIiPjrP/23iIjY3P0RERG/ze3yd3MrVq1lsTSvhaxWpToUsl72o+2qYL2Uvop1KIrldGj7rbay&#10;imw1Xr9N3hXcIn9lsIn2gFaBrKb1+Mzb9vjF1Cph03YXu137937XHstlasfAWMWw3LpxbvPXkti6&#10;0f04r9/d111ev9f/uqMff6v6Nn55qSOgSmwAAABPpSwGAAAAAAAAAADwBiiLAQAAAADwdR4qi81V&#10;CLttkyyL/eUf/2tERFxs30e85rLYy978ybfBDwWx42lfv1rrWHPdgSyH5bAuHrI4tqmiWJbKIrIa&#10;dtMev+3th4iIuLu9XUtim007GDa5k+Z9mz9leWyTN1JlsSG3ZajyWB1bkQWydV+35afpcQWxc/PH&#10;sd97j6MsBgAAvHZf924IAAAAAAAAAACAV0VZDAAAAACAr5OfLM8t/hRjC3+dL4v97V8iIuIv//Tf&#10;IpTFvru+etWPe8vSHrixymJDVxjLslhM7fFccjourQ62vfo9IiJ22/b47W7vIoa2zMXYymIV8Kri&#10;2LTbtvm588b1IKqdmaWx9dcWNc5hzT2T9HrsrzuUxQAAgLfq694NAQAAAAAAAAAA8KooiwEAAAAA&#10;8HW6stjQYlIxZF0qplYKW8tiv/9rxHcsi60b8EKWLHH9PB7aH8cdrCHHF0Pbvzk5rGafNbBtq4Ht&#10;79p02bWy2P6mPX7DnPOn+aTsNWQSrG5rWNp0zjRYjcsSWTvL1VT97CC3tapnDxi+82OkLAYAALx2&#10;j3s3BQAAAAAAAAAAwKumLAYAAAAAwNfJT5anDIGNLfz1YFnsz//4XyMi4nL3IUJZ7Du6f39U1auM&#10;WfOq+WN/vfqVwbY9Hrvb64iIuLtpj+O8bY/Xsm3jzdjWs4lhLYFNU5vWrx/GTdtXF2Ob7vf5GNex&#10;kur6VRY7zD+eMUZm7Ko0duaxODe/X99jKYsBAACvnbIYAAAAAAAAAADAG6AsBgAAAADA13lsWWxp&#10;Jaq1LPZP/y1CWey7G/qP+vNxOCmJ5TjWaat51QO57Np02t5FRMTuthXE7u7aeNltIyJik4/XZe6G&#10;YRhiyXXuc7qWxfKr6xf5j3muJlebzrmOKouVWl8ZM+3Vl8VKXxLrx+Vrfy2iLAYAALx2ymIAAAAA&#10;AAAAAABvgLIYAAAAAABfpyuLDRl7GoesQ815wS9aFiuH2lS/Xc8z7otiY/auhqxy1XjtYNXy+yy/&#10;5eO0ZEls2rWS2O6uFcSmXc3P5XL5d7meuv1lWWIYj7elL3Gda3HNWUE7/LrisM5jbYWbub4L/3Vl&#10;sa/V35/7782PpywGAAB8LWUxAAAAAAAAAACAN0BZDAAAAACAr5OfLFdZbGzhrxiyEhVTlquyLLb8&#10;7V8iIuI///G/RkTEb9OnNv3Kstj4jWWx/qPxx1aollxuv6+kWpa8ItNq3bhqW/3l0z5v/4Hl11rX&#10;0vZDjev6c+2v6bgothlyPXMrvc37Vgib83EZc/7urs3f3VxHRMS0y8er1teVymr+nzaXEUflsjhp&#10;bc1ndumh0NWWP7fcQT1WXy6L/WjKYgAAwGv3vO+iAAAAAAAAAAAAeBHKYgAAAAAAfJ1XXhY759xH&#10;5v38zaZtx7K0Qtfh+9nVmzoeL2uWqo3H2mFnLq/rn1v/NLX5NV3mtt8ucj1jlsU2df28fNm3/by/&#10;vW2zd9uIiNhtW1msymN59w5Fsbz/Q043Q9ueCp/d19k6Vwxb6hhJ55Y7R1msnwMAAPA4z/suCgAA&#10;AAAAAAAAgBehLAYAAAAAwNd55WWxYagy2PF6anxufvWk3l1s2vzIcteS38+u+9+Nl8pn5XjM+1PX&#10;r8trPNdqz1y+37ciWEx1e2160e2fMVc05AO15H6+/fQx4rOSWD2QQ10vN3+ThbKy7of56fu/L3OV&#10;ry+LPa9++5XFAACA1+Zl3k0BAAAAAAAAAADwrJTFAAAAAAD4Oq+8LPZY/UfoQxa8NkOmv6ovVSWx&#10;MZd/qDS2b8vNVSbLvFaNl5rdXV5lsd2ulcXGLH9tcn9UWaxWsGzbfl1y+WXfxnc3VxERMeT2Z2ht&#10;LYkN67QKbHV/m6XPbH2Dk7LYuX2XXqqs1d9lZTEAAOC1URYDAAAAAAAAAAB4A5TFAAAAAAD4Oj9J&#10;WSwDWE/WfzReBa2Hx3X/WqkrqjBWmanaoBzPh39ERMSSl++37X7WeMhs1bnl6/Ily2bz/jYiIi42&#10;bf7F0PbTkPulSmLTbZvubvNxyPlDlsLqbtX9q1JZbUCVzOZufy3jpv5xNP/7qHXWTj0ev1RZS1kM&#10;AAB47X7EOzgAAAAAAAAAAAB+MspiAAAAAAB8nRcui22+8aPt/qPxviRW+vlDlr1iucs5ub1zW27K&#10;+5FBrth14yn/MWaRa8799dB4E1nyytubc/9ejO1+bLIsFvu2/umulcd2OZ2zMBZzu/6mSmK52r6c&#10;NufjMM9VGGuWsVJkl+3yHOZmfNH5CtzjvttetzG8UNNLWQwAAHjtHvfuCwAAAAAAAAAAgFdNWQwA&#10;AAAAgK/zystivfqo/Ny0DEuVwlpZbOzLYrn9S5bE5kqK5eU13uT9WXJ/DVkSe2gcQ1v/mA/AULe/&#10;a+vd79p27W/adNq3othlPixVFKv7dVGrXee39ezyfq73v8pjm3aFfZbOau8cRbdqWzv3z40Y+mRX&#10;51Atq/v8Mk2vfjNfZiuUxQAAgK937n0ZAAAAAAAAAAAAvxBlMQAAAACAn8FDn9JWrWutS1XTqL4T&#10;3I9/vNrkfYatNi00FWPVl+ZWtqrp9Hsri/3lf///IiLit/ljTp9WFqu809DttEN96iG5r8bcV1UQ&#10;m9v8uZtOuV3rR+lzK29Nt62MthnaeC1z5Q6o8TC0HbNeHs25llbdTt2f/iP8qmqNdQzssyR21wpi&#10;27u2P7e3WT7Lq/+WD9C7i8u2/NSWP2zncVlsmtp0zi3e5PWHizbd7XM/3XNHxjNlsTI88FiNa8Kr&#10;31tt/FJlsVKb1z/rfvS4PLT/AAAAzunfXwAAAAAAAAAAAPALUhYDAAAAAPie+hBS78FPY88Vk/rG&#10;UI3XjFd3+anl5LJzG9mc29S6paor1XI1rZLVZZWvtq0gdv0f/yciIv74l/8RERH/ZbmOiIjfllbC&#10;uswC2biWxWp7syw2tqLVkts9znlDWcQ62eD+7q3psbZdtx/fH108ZDGsPjKvstiSy9f8YWnjd5sa&#10;t+m6P7rqVG3Iyfx2c2ux62Jsxa9a37Rr+6G2YzO0/XC5yfVtW9lst237cZclsWk+LrPV9dbtz/1W&#10;JbETa7WuOXdE9kfT9zTMufazRb2fQz2mVfr60WMAAIBv9SPfywEAAAAAAAAAAPCTGKJ9m8h3UgAA&#10;AAAAvsW5T1n7eNO55U5UUSmHJ4WlnP+IFZ4WxUq3cd2qqmrUq7bTLpcfu9VXBeldVxa7+vf/HRER&#10;7/+5lcX+frmKiIjfajrtIiJiHDK5lZYsY81xERERQ96fsW64CmNV+MpCWI3nLG0tS5bDMuk177Zt&#10;udrgXE8tV2r5+ih9zLLYRZW58n7W7jsUxI53zJLL1/5bcsEKno15+UXe3zHrWlUCm6a2HcPctnu+&#10;a/t12rei2G7X9t9aEMv1rfspfa9fCWxyPwAAAPB6nPuEAAAAAAAAAAAAgF+IshgAAAAAwHP62k9j&#10;+7JYqZrWmQpYc3zh125CmXN120yLDRdtxiYvH7PMdTFWWayVw67/7f+KiIj3//zfIyLiH4bbiHvK&#10;YhGtBHbQ7vOSZbE5y1tV3FqLYHO7vSqJzd04clzlsKGKYjmt4aH9lWrfpyqLDWf25KEs1u337jGq&#10;8tcy5fryflxs2p68GC7bgnn59q4VxKa7m4iI2GdZbJmPi2KlimJ1O9+bshgAAMDroywGAAAAAAAA&#10;AADwBiiLAQAAAAA8p3Ofxlb8qS5/ZAzq3rjTmXWdu+kTldiqFNYhuXXkbtcKXZtNW66+nTxkGWxT&#10;Ra67TxERcZtlsb/98/+IiIj/58U2IiJ+W1phbJxaMSuWLIHl7dcn2FO2y5ZMm+227fqrKo2dKYON&#10;dbeyLLasy2XZq0JjtWBaC2TpsJ7790upAts5Vfwa8kEc84Fap3l/pm0rh21vW1lst237a95ft+t3&#10;j2ytt8pipd/eby2OKYsBAAC8PspiAAAAAAAAAAAAb4CyGAAAAADAt+g/XX1qrOlMxKvGD/kun+6e&#10;lMOqGFXfN76/ILXMWRAbW/HrcEGVwXK6u2qTf21lsT/+pZXF/svYClnvplbI2kytnBVzK4bNLQAW&#10;U27efmnbs+TO2e/b+ocqg1WpK+/PoZzVxpt13Jafdrl9WR7rr18FsSF3w7q+vP35/t1yT1HseMGx&#10;O2gyzBabuqF9u+P721Zau7tr+2WfhbHI/X643232uZJYPy398k+lLAYAAPD6fNs7QQAAAAAAAAAA&#10;AF4FZTEAAAAAgG/Rf7p6UpW6X3+13mObTRnF6mb2M85Yi2L9SvpxM3RbfRh3y09ZwFoyDbb91Gb/&#10;+/+KiIg//vl/RkTEu+l9RERcZlnsIotiMbVy1pzprv1aFrto8/N2LzdtfKrbu7mTqhS2bu/60fjx&#10;9q+lrnXc7dAsi1XhbO6/l909KGNX4Fr3W+6fi1x9PRz7bSuu3V23stj+ro3ro/xNFsH6olhtZy1X&#10;+6+m5VBQe+yBcj9lMQAAgNdHWQwAAAAAAAAAAOANUBYDAAAAAPgW/aerD8Sa+sXLQ42m/np1M08p&#10;ix1md0WtdSX9rfRFrBrntIpVNd1lUWzfSljrclkWu/33f4yIiN//Ncti+zb/t7kVtN4trSw2RCtu&#10;Lfl95yW3fBreRXy2VZvNpl2eH3Efvh3dljh89J3X6MepCltreWwtrpV++Xa703yubNaM3f5aH7Pc&#10;jqHKa/u236Zdu/+7LIvNOX+Z2vU3uV21vVOWzc6VxaYp92Ptn1yupt/6qwFlMQAAgNdHWQwAAAAA&#10;AAAAAOANUBYDAAAAAPgW/aerZ6pepV+8PNRoWqNX3fyKgvXzj+SFVbSKYX90cQxZuOrLYatuq6so&#10;dd3KYFXsmrfHZayLLIXF7ioiIj78xz+36b/9r4iI+L+N7fJ3y12bRhtf1J3ZtHLXMrTpPF628dgW&#10;2FXJLLd3XOr70f32N2NXDOs/Gh/7+3lmPfU97HnJ7Rmy7JX7pS+cVZGt9n8Vx8a57fftbSur3d60&#10;/VRFsdqey00WxPKBnHP+fp/bN7b9U8WwOUtvNS1VYqtplce+lrIYAADA66MsBgAAAAAAAAAA8AYo&#10;iwEAAAAAb9q3fjw6dLWqU+07u/3tVB1qzCpVqcX6zapoVmtCfeaestjhunVhFa7ygrUkVsmxKo3l&#10;5XOO9630tZ/adNq1+fPUpvurVsJaclw3vMn1/HbRpsO2LXf1l3+LiIhPf/nHiIj4vw2toHW5tLLW&#10;xdK2a8xi1Zz7Zsl9OA3t3te4v3/rTqr7+8BDc1oSO1alsN5aEhv/FPF54av2W7oc2v7d1Ibk+pYs&#10;h318/9eIz+5vbfChUFaP2/F2HLY6i2sv9L1wZTEAAIDX52XeQQIAAAAAAAAAAPCslMUAAAAAgDft&#10;Wz8ePVcWO6z33Hd2sxqVtaxeXb+flrrZIecPWbGKYfzswipeVQGqFa1izrJYlrwiy2DzfNemWb7a&#10;V1ksp3OuZ8zrDzWtbZza5ZvclHebvI+7Vg67+su/HE3/YWi3925p04u1zNWudyiLtYLWoSzWqfvZ&#10;OfPQrB4ui9W/av3Hj+U0Hz92Y5ba6pi4qPVXKW2X+3Fq+/f208e2fFTp7VxR7Hg7l7ydOfdLv13P&#10;RVkMAADg9XmZd5AAAAAAAAAAAAA8K2UxAAAAAOBN+9aPR+eu+jRkbWktfXUOc7ta1bkMVtWb+u2c&#10;c5w1r0NN7LOyWBWr9lnsmlrZqkpiu30resXUlttPt3nxcUlsqQJZGvNOVDlrrIBWbmMVu95VeOuu&#10;FbSu/vbvbfqXf42IiL8f2u08VBabhyyLxf0VtkOB68tqO8+5/xGLtew1LMdLbHdtv2w2bbsuN207&#10;x9r/+3b5tM1C2y7399zGu23b32M9tllIq2PoUExrl3c3H/Nymf96me+FK4sBAAC8Pi/zDhIAAAAA&#10;AAAAAIBnpSwGAAAAALyob/148lzB67G+9fb7slhVtcph+/oKUy6XVa+1a3XyFd/uerW9c15vvX6a&#10;9xFZBIsshFXRatrvIiJiybLYNLfxmIWoJbLslSWx2vZNlbVyXNNp15Yf1rRY2/gqfV2uha2riIi4&#10;/kuWxf6WZbFo23W5tO24yOJWOVcWq/m13T+sLJb3Zy1+zcfjad9WeLlp1xyzMFaPzf6m3b/t3U1E&#10;RCxTu591+VD7uQpwq+Oy2NJV59Z7qywGAADAE73MO0gAAAAAAAAAAACelbIYAAAAAPCivvXjyZcu&#10;iy1589VY2qx9qqpelVqibi/HWZdal+xrTTWes/pV1bAaZyWsalXL9i72+zZvzrLYVEWr9bayFJb3&#10;vWpoY369eFMBrSqJdbW0crdt6x/zikMVv2p9Q23TdURE3Pz1PyIi4vr3f4uIiL9bbiMi4nJpBa5x&#10;yfuSllzfFFkWG1pJq7amylaHstjx96MfLIk9eHmtr19/G29yBeshOLX5+227X7vrnOZ4yMdozOuN&#10;Y14xC2IHVRRr0/lkQ+tYafulv9/PRVkMAADg9XmZd5AAAAAAAAAAAAA8K2UxAAAAAOBFzVXK+kpV&#10;tfpaX/vxaBXF1nHWng5b05fFqupV97fKYt0061RRNbB9TasSlrWuuc1f5ja/SmPTbh9T1saqHDZk&#10;mWpTIatMYY1VulrLYO3yk+RWVcz2bfk5215Tlr9ibIWrdb1538a8T/OulcVuf//3iIi4+f0/IyLi&#10;T/NNxJfKYlkU2+f2TdHKYuX7l8WOr396ebPev03OyMdon6W17W27X9NdGy95eRXFaj9dVFks1zdn&#10;SWyt1XXj3jAriwEAAPA0L/MOEgAAAAAAAAAAgGelLAYAAAAAvKhXXxbLf1Q3rKpTa1ksVz/kEsNy&#10;XBib71qFaskaWFWqliyLzTl/zrrXkuWxYcniWNa4ajzP82e3mdOcUSWrKlsNWQiL2gdrKSq3ce4u&#10;z/GS19sPrWw1XrTE1piFsfW+V/3s7ioiIm7e/7lNT8piWd5ay2JV2mrrm4a2/ineRXy27y/y2DmU&#10;xY71ZbFh+fKx8tDlZYzc5/kY7XftfuyyJDZnBW7Y1/Y19TjUdtX+X7Ig1pfE5pzW5avczsP2Pm67&#10;vzdlMQAAgNfnZd5BAgAAAAAAAAAA8KyUxQAAAADgF1Ef8lXF6Ns9shr0yBrTuQ3ry2LLU7/jembx&#10;M7NXaxhs/Xj0eDvObO6JqbY/609V9VqyujTOWRSr9Vc9Ky+//uP3Nq4KVxbEIgtkdf3avk1tWd1Q&#10;Xm+s8WfG9ahI67qacdOKXVFVs7wvtU/Wbc4SWQy5V8d2vd0+S1lrWayKV3Vfj8ti13+0otj2/V8i&#10;IuLd/jYiIi6XVuIa1z5bM+ftTXn7U1S5rLmofXxSuDr36B/Pv2eXRXxh/qEI1vbX7vZjRETM27s2&#10;3rVpldgucvs3OR3WMlvt5/7+5vyuLFb6zerLYrV9db0fNS7nim4AAAD8vM69YwYAAAAAAAAAAOAX&#10;oiwGAAAAAK9cfbhXjZ+HviH6+BrQmeX6TxMrg3TW8RYtVakq3bButW5mnXaVo4fUYnXrVXOqatTY&#10;jasMdrL/TqpVpepZtWFZ58pK137falnLrk33WZ1a9u3yZc6aVlceq7pW1bk2dfu5oX316ku7v1/2&#10;nMcfEymLVku0otiS5awlS2JD3odxaOPYXkdExM3f/iMiIq5+/3NERPxdVtbe5T7YVHUtTflgTGth&#10;7Oji+G3K28ntn/PRW4+x2s4qouW4jqEqf+2n9ljM+9yOuvyyXV41t30+lvP2JiIi7q4+tMvPfMR+&#10;dv/nsfaQLz2291mrdnm9HzUGAADg9Tr53AMAAAAAAAAAAIBfzxChLAYAAAAAr1l9uHeuVdR/Y/Th&#10;itS5y7vM0Dq7Kk7Hsw/FsG8ri/XzS13eL9fHmFr7KmLJJcel1aOWnF6M3R7KytVaf5rzFmp+yeLX&#10;/vpTG9Z6szA25/LL1OpaSxbHhpxG3X4VzqoslusdcnsPj1dO6w53+3c5eaR/pHbjy/LuaO4SVRZr&#10;00NZrO2jm7+1oliVxf4h99VF7otN3dXc9+s9z7u2y2mVxC6rSLbumiqH5fatpbGcf2YfDXn79Rhv&#10;crH12Mnt3G9vIyJi2mYl7rYVxh5+TgEAAMDP4f53xgAAAAAAAAAAAPxSlMUAAAAA4JX79g/3jqtI&#10;fZnroJbrS1y1BY/7bupJmOzMLc45uy49dz/3a5mrLbnpltz09y/LXUu0itQaOquPSfdZ/sqa1LJv&#10;y01ZCIs515cVqpurj21ct5tVrLqdWm8Vw6ooNubym/V+tsuVxQ77cL3n58piU+3bXDA9tixWRbEh&#10;l6/HZN3n+21EREy7VhLbZkls2bX5m3xslcUAAAB4LZ7z0wMAAAAAAAAAAABeiLIYAAAAALxy3+/D&#10;vaoj1XdMq3BV5apja9hqLYuVL7fA+rLYnKWumj/U1cb7i2NlyAXnrFNlPCo23fYfHJe+YsqCWDdd&#10;piyJZT1qn6WxuSpTefmSZbG1IDbketIm90NVp/p6VU3X0lhXFCsn1ar19l6iKFZeuCyWu+ii9ll3&#10;qPVFsYf0RbF517Z73rWS2O7uNiIipjwG6jG/qOvdf6gDAADAT+dx75QBAAAAAAAAAAB41ZTFAAAA&#10;AODV6wtaxx4qT3352n1n7FRVldYOWH3aeDYMdvxx5OHjySpr9Y5vOQNda33qsL4zBa4sgcW+1aKW&#10;Kedn1Wp71+pRQxbO1tJZXt4vX5fX7V1sjothB3l/av+sG358P5e1LJbLnVlP6ffPQ4/vj/GyZbFy&#10;mQv0Za+HimJVBlsfk7z9ZXcXERH7bSuJ7bdtXEWxvgpXt9LfPgAAAPysvvyOGQAAAAAAAAAAgF+C&#10;shgAAAAAvHpdUavzUHnqy9c+1X+YWEWsslaW+gRWd82hbrmusF6vK4XNldzqtnTOYtgmpzWukti2&#10;Va2mfatX7XetDrXs8/KsSe2yIrXptm/M6lTNrwrVOs35cxbLDtvXlcBq+3t5P4d6fGp8sriy2Lmy&#10;2CYveHgPZEmsDqVun867tp37u6s2zaLYPOX96IpimyqSnXtsAQAA4Cf18HtoAAAAAAAAAAAAXj1l&#10;MQAAAAB49fqi1Ze/I9qXqPqy2FM/LDwpix0PY6iPH0/KW3XFbgVZmVqnVW9a59dyWa3a3+RyrVJV&#10;JbFp30piU5bGlqndbm1v1aXmOeev9agshy1Zo6rCWNWkuvLZWhY72ZPl3ONR69/0F7wCP0dZbFza&#10;jCGn6/y+xlaPZT10uf7prh07066VxHZ3rTK31Hblei5y9etH6WtR7NxjCwAAAD8n72QBAAAAAAAA&#10;AADeAGUxAAAAAHi1+pJVjb/8HdG+LFb6ta0RpjPjUrWmw/w2o684Rdad1jUNrd4U+5qf47kKYjWu&#10;mlOO148z23I3H/6al7dxlcLWYlhuyMXQ7vfF2Epe45hVqrzn9THpsN5+G9d6htyOGtf92FzU/ck9&#10;0O+oh8pheTt1tYcev5/Dz1IWu4j4/Fir+VVtq6JYd3SPuc/vrj9ERMR+28pi+yyMbfKxu9zUMdPG&#10;89Tuzz7rdeNwfP8BAADgZ/caPnUAAAAAAAAAAADgGymLAQAAAMB38DIfsVU16Xi8Fq5WX/7O6Fri&#10;WmtRWdDKyy+ywBVZ5jpZWxW/DjMiImI4aZIdF7liyILXrkpe2zbdt+mybdMpx/uczlNbflha5WmT&#10;VaqqSK0ls3RSnerGw2dNr7hn+fPW7lWbrAW1nL3e/ZM91qwP0/Hl58pvZenabv32P4+2DfN82UZ1&#10;zGUtrspiQ5XF7j5GfFYW+/S3/4yIiL/PUtdl7sMqiw35INUenvJBqbJYHaOX429tPOWSeSzW9oy5&#10;b5acP29vc7F2LO3u2rjKY7V8HUtVKCt9oSyybAYAAACvxZc/dQAAAAAAAAAAAOCXoCwGAAAAAN/B&#10;S37ENqwprL56lFWlvlxV25olrDGLYUsVqrKE1d+ntR5V4/72+nEWv6KrPsWctalcfr65joiIJWtO&#10;y75dPmdpbMn6VBXQIqdDrv9iLYm17T3c25pfc+p63ThHq4ceyrUc9sD9VxZ7sCz2D3lMXNRjudR6&#10;8thoo5hzl2y77NvFsomIiKE/Vqsyl+udd207pm071qZdHlt5+31RrPRlsXLYjC8/VgAAAPCz8U4W&#10;AAAAAAAAAADgDVAWAwAAAIDv4CU/YjuUxVIVvWpYhbGTbcwS16bVmc5aK01VHuumY5Wucrkpbz9r&#10;TsvUKk5rzSlLYVUS29/dtuWzSjXO7fp1eRXEylqBytvbrKGtWj6HVf6qsleO+7LYjw9z1e33848d&#10;NuPL3/Gt+FbpH/7n8X3KYv9lLYp9XVlsnNv4sttnc9Xotu3YmnZ3ERGx37ZpFcXq2HlsUeyg3d7L&#10;7HsAAAD4el/+1AEAAAAAAAAAAIBfgrIYAAAAAHwHL/sR23EFqYpbp7ptzILXoRCW0+FMeauWm2t+&#10;TqsMlnWoJctiU9adpn2b7vdZFsuqU0xZd1q/0trWX1Wnqj2NWa2qglpVrKowtuR61pLYA05qUP34&#10;IWuprJvfjzt1M7XY+Zv98nd8f8Wy2GVV4vIhHPJYrEd0yju5y11Tz7fLXGBTx0LO39+1gtju9lMb&#10;Z1GsjtGLrOE9tig2n3lMau7LPAYAAADwdPe/wwUAAAAAAAAAAOCXoiwGAAAAAN/BS37EtmQtqVTl&#10;aS2MVfWpWlZrTSmna5mrLs+L6/IqiWUhLLIcFlkIu/30IeKzb6bWvqjtqpJYjYc5byBv793F5vjy&#10;te7ULl/rTbV9dX/Wu5PbdU6VwNIDAbDz1v1yvL6+9HVOLbfu5jPXex2Vqpcti9UxdFH1ualN97ss&#10;it3dRETE3c11xGfH4Lu8/sXFRftHVe7OqKLYstb2jm3y9l/HYwYAAAD9pxoAAAAAAAAAAAD8kpTF&#10;AAAAAOA7eMmP2Pqy2GrI6tKasKrlstdUhbE559d6qra037bZuzaesiw25TjmdvmUy41rsayp2tS4&#10;FrRye6rtldtXxbChu/66XWVd/jjJ9eC+/9qyWHe9U1nXyhXWdMzrzev+z8V7Z3JUZ2b/ZL5vWexi&#10;nR4fG3VEzPlQbHPnjHnJcJfrz2Nzv72NiIjdXZvWsbnJ1b7LB6PKYlNV8jp9UWzujpp6TDd57B1q&#10;eAAAAPBze+jTDgAAAAAAAAAAAH4BymIAAAAA8B285Edsc3S3nUWuJUtim4oeLVl9qoJYlrymu+s2&#10;rutNWRDLWtNcRbE5K05TVp2ypnR5pgxWtalhTWu1yzdrWazNX/dd3X6Oqx51kONc7xpMqwrUme/G&#10;npa67l/u1OMaZFPWp+pmhiyLLVVCW5fs3V8eG/rH80S/Xx57f76n71MW+4es2H1tWWz3qa133FVZ&#10;7C4iIpZcbxXFDtPjElgda/2xc64sVsvVY3qZx6yyGAAAAK/FS3yKAAAAAAAAAAAAwDNTFgMAAADg&#10;J/OjCz3f9v3JtR7Vje/9hK1LWp0Wru6/r4cS1f2XH+QKq+pUxbAsfy1ZEoupTeecjllDqpLX9af3&#10;bfmsMQ21fNWZumLYuIbB2vx3F7VP63brHpzZ/pMCWb+fapzL1f0rtfy4ifjsbh9KY8dO9/tDx8CZ&#10;FXXWrcz61MPqfrflx24/lFdVFlvaYzBEm1ZZbMyyWNT07ioiIm5//4+IiLj6ayuLvcsH77fcF5uq&#10;33UP2r4qdDU/j92r33/PBdrt1DF8kQdpTccxi2B5e1PW88bc7jp2qihWzpfF2vZezm17lMUAAAB4&#10;LV7iUwQAAAAAAAAAAACembIYAAAAAC/kTInnTG3pQec+4uoTYGcqUHOmhYaqWPU1q3TchjqM991m&#10;L/Py2aVtepF1ozE3Zhhz2m97pbK666/btN6nnL+7y8XyevtWV1p2rZ6027fLp902F8vaU5XDcp/U&#10;do1z3V7Vno7vXL+9p0Wvfqd/rcceC/c/ps9leWSJbE2c1bH2zfvnJVVp66KN1rpdO7aq4BVLO+Zi&#10;ex0REXd/a0Wxjzn9LdoxeJnH7iba9DJDZes+27f1XF9/ioiIu9u2vnrk+yOgqndn5bE9LlUO+7Iq&#10;jJU1bpfXPK3XAQAAwM+pfw8NAAAAAAAAAADAL0hZDAAAAIAXcpLiOh6XrsZ0dlxXP7k859cnYF0h&#10;6PDBWJtfhaT+A7Nafc2vT9TWT9YqrJTjIZaoj902a3Yoa0Y5rkLXcFIQW2+lTaZWX4olp/uqNrXx&#10;9qrVloa5VZ3qdqvuNFcpLKdr9Wluy9X21O1vuo8L1+1bZ/ePVatLnRbG+HXV8+uym1vHah2jOb27&#10;ioiI3e9/joiIj7//e0REXOaxfTm25d4NbTxm9W7JGt5+dxMREdO2HeNTXV7PjRey6U8UAAAA8JNT&#10;FgMAAAAAAAAAAHgDlMUAAAAAeCF9neqcqlrl9x6Hc+PKWtV62+Vd+CuW7vuThwDZl7NYS66pPkrr&#10;p6XKZGMs678P5bDjgtdaXcp60mHTarm8fN9qSvspq0pZV5pz/va6VZs2XZ1tLZh9tk1tXOWxtlxf&#10;NjtbFlsdj5csi/F2LPl8mZZNREQMQ5tusnY3ZCFsPca31xERsfvbf0ZExKc//iPinrLYZeSxvb2N&#10;iIj9bSuK7fL6Yx6aF5v2ZNnt7tqMF6IsBgAAwGujLAYAAAAAAAAAAPAGKIsBAAAA8EL6WlVnLYf1&#10;F9xvXmtc3+a0MHZcKqvKVl8WW+ZWSNrU1cfxs0JYqsrSOm3rmm5aNakqacPcLp9zuSqI7fftNpYs&#10;jM37dnkVxWrbqr60psPWYb/Pc/luubVAts7urtfX3Xwn9c2psthuaVW5qtdVWWxTx3iWwuKuHePb&#10;3/8cERFXv7ey2G9ZFLuYW11vyFLYdNeKYvu7VhhbpjZ/zOfXOLZjbsrnwktRFgMAAOC18SkOAAAA&#10;AAAAAADAG6AsBgAAAMB30lervu57imsUqxufU7fa33qv74UdVEUrp5nTGtdrHJfFTm8ptzCLSlUL&#10;i4iILITFnPOygrTsW0WpCmO7XY6zTlbFsLWalMstOa0tqfLX5bg5Gq8f9+WMGldZ7HB5Fsm6sljd&#10;p8Mj2N/nY8NaGOOtWMtiw2VERAx5tIx5jG6yKDYseQxvW1lsl0WxT3/9z4iI+PuxHVvz3VVEROxv&#10;23TeteWrsjfW86oqenMe22tG72UoiwEAAPDa+BQHAAAAAAAAAADgDVAWAwAAAOA76etTj/ue4kMf&#10;TPVr7dX1s+F1Vr811Q0bcw1rtSsrW8NDbbO1IJbTqohVSWmaIqogtmvz9lkQ2+f8OUtim9y4Kokt&#10;U1vXvK6zTYehbVOVxDZDu2JeHCeRpbUc1q637sucf9CPuxWdLH9szLLYSaCMX9aUx1SMfxcREcvY&#10;xpt6Hs1Vz8vnw93HiIjYZ1Hs49/+PSIi3k13ERExZ1Fsl9Nhate/zGNvrNvL58aU0+HifDPwOSiL&#10;AQAA8Nr0n5EBAAAAAAAAAADwC1IWAwAAAOA76etTX/6e4rkPpPq19M5drzW6Th0KYv38tqYxb7EK&#10;Y4dbqGJYjivfVR+lZRVsHd+1IlLMh7LYnAWxqiDNWQ6b57buqpldZlqsxst0fPmQ21KFsIosbfJe&#10;LVN/75pavixnCmFLlyRb+kTYmeuVzaws9tb0ZbG5hlkU2+TzY1hu2wW3rSy2zbLYpyyLLdfv2/Xy&#10;uTLkc2TIItmYdb3W0ovoP8ruj93npiwGAADAa3P/p0gAAAAAAAAAAAD8UpTFAAAAAPhO+vrUl7+n&#10;eO4DqX4tvbpeNbNq3JfFjptah63pi2JDVL2rrpFryqLRukW7HGcxac5a2JgFpLv3f2vjvN4879cK&#10;Ut3moQx2PF6rZd2939TF68d3Xe0s79U4vsv5/b0+rqFNOa31VWlsuKhuU/NQWax/DJTF3p4lH/3d&#10;cHk0f5jvIiJiM9U0S3u3HyIi4vqv/xYREZ9yuv/UymK/je0Yeze29Y5Z6Ft2Oc1jdjPkMZ/H7Lzk&#10;8zFehrIYAAAAr82XP7EDAAAAAAAAAADgl6AsBgAAAMCLWptZXRqools1LbVYfQuyxv10rJrXOq6S&#10;WE7Xj8SyJFY3NG3b9K6VkXb7Np23bTpNbfkh615jXn/Y3rZxXwGL0zLXuPR39p7r3FfqqhLYOj/3&#10;wlxlsO67oX0RrNuX662u86s4VuOc2wfLUm1H1ZVOtpef3pSFvM2mHUPDmMfQWr3LB7X7CLnKYje7&#10;PP5z+Xd5KG7GrNptryMiYv79PyIi4o9/+8eIiPj013+PiIg/5cFzmYWwem5sclrPp8Ox1W5nrd/l&#10;Md49o56NshgAAACvjbIYAAAAAAAAAADAG6AsBgAAAMB3UR8xVWHoW9X6zn101d/Osla0usZQForW&#10;EFFdvuxqgYiI2F9dteHcCkdTFcX2rTS2ZFFsiVZMOlS1soSUl1fBrLm/dzSsTa/Sl8YeKIz1fbXl&#10;Iqdn9v0DpbCqNPVbe7rc8VhZ7PXrn7drWeywQEREzF36r46FKS/f5IO/qWN734picf0xIiJufv/P&#10;iIi4+su/RkTE9uNfIyLitzzWLx4sipUqi9U4t697zjwXZTEAAABeG2UxAAAAAAAAAACAN0BZDAAA&#10;AIDvYu4/YcpC0Dlr4avGXdFoyZJRfXQ11vqqKFbTutrSil81Xa+fpbC1DFbTnD/MbfmbLCANtZ5c&#10;rsbrdrRLY5O3P2bZqIpI/f061u+k8uWy2DlrdanKYo/UF8Jq3N9qv1yvbr/2yWkFip9dX+grfdmv&#10;/wh5yefFxbtNzshS37ZN56s/2vDj3yIi4u79XyIiYp/j+a6V/C6jLX+RJ5Axb6Y/tsqsLAYAAADf&#10;pH+vDQAAAAAAAAAAwC9IWQwAAACA76Ivix16RfeXiarANfQFsj50tJaPzpWDcv62lYqWpRXB5n0r&#10;H+33Od5t2ziny9SKRlUa24zH21OlsFr/WjrKkNKYG1plpmE6t32x7oOH9fsix0t+57Mfp0Nk6XHf&#10;De2LYf249PeolusLYspir9da9Mvn55xFvvXyrjxWz+Mq7g2X+aDffYqIiN2nVujbZllsum7T5arN&#10;n28/tOvd3kRExEUWyer5VmWxw1FV29e2Yx7aeMnnwrwedP3R+jyUxQAAAHhtHvfpEQAAAAAAAAAA&#10;AK+ashgAAAAA30Xf9zn5lmL/EVSVidaCV6W7atiXgnKcpbCY2vUjS2K721YuGrJUtGTpa8rlpv1x&#10;UWye6/pt+qfLi4j4vHjWLh5zuw7VrLz8pLhU4zOZrnu1lZ4re53uzeNx7buzVz/j9MPAk0cr4p7t&#10;6remKIq9XlUWW7IotpbDqphX5bFSz+O5PZ9ivo2IiN3Hv0ZExNWHv7XZN6009m6+i4iIi11bbr5u&#10;ZbH9TXu+Xub6xu55V0fZEu15eVIWy6XmMZ/HymIAAADwKP3nOgAAAAAAAAAAAPyClMUAAAAA+Cb9&#10;B0vn6lNVJKpyV1TZ66RJ1o2rIJZlsNi1UtFu28bz1KbT/joiIsaoYllbPIa2nrEvg/Uloiwr9YWj&#10;k+WyRNZbht/yX4/vfPX77qFE17l9+9TC2Omt9Gu8X5XGHthMXpEqiM1dWWzMotiw2bQFc/6cz8d5&#10;d9Vm3/wRERG3n1pZ7Pbj7xERMU7tefpf8on3bm5Fv/1VK4ttP72PiIiLPKoPz8+0tNutstg01Pi4&#10;sqcsBgAAAE/zuE+BAAAAAAAAAAAAeNWUxQAAAAD4Jv0HS339av3kKetXVeYasiw25BqW3W0utm/L&#10;ZUlsmVqRaNplQSzLRkuVyeY2f1za9cfhuCxW5aTDtM0fuzzWnLc31nbWgn2xqC5fteWW4e/aNLLE&#10;9AhzVs8e67Ts1f6xWbf5zPqWh74zenz5uXJYf/s15vV6sCyW0yqK3d21Yti0/RQREbsP/96ud9uK&#10;YfNdm/8un4f/kE+HTZbG9h9biWx79TEiIi7qGF4P3by9el7Fu4h7ymJzHXtDOz+cPE+fibIYAAAA&#10;r81DnxIBAAAAAAAAAADwC1AWAwAAAH4xX6rL1Pfm+vbV05z7IOXHRZb67e3Hzbnteqzz2/+lfXpw&#10;8hFTjpcsiY1ZLlrXV2WwpZXE7j62MlGVwvZZEpv3rRw0TG25YWzrvRja/d/kOJZWLhrP7onjctJa&#10;z8oaV61mdUiT5YxuP6zLHxeQlnVPjvc8VsfjKovVbVctqR+f1xYcc71Drf/BkljvcWWxcxTGXq8h&#10;H+wqiw1V/qvjvi7ft+ff9XUrh+1vWhns7o//iIiIzdzKfu/yGPxtbOupwthw1y7fXb3P61/n9fL5&#10;GMeq0LfERUR8Xhrry2J5Hsnbvf+Z9v3H5anPFQAAAHhp/XtbAAAAAAAAAAAAfkHKYgAAAMAvoopK&#10;Xf0pPk/WPNSIaR76oORwC8fXP9SdvtLZj2j67T0e17XuMu+0ZHHrosJAefmpds36aKiWXy/N0tAS&#10;x6WhdbquObdg38pB62NQ07kViZYshe13rQA271oxbJ7aNKogFm35KoQNWR7b1Poy5fP9ij73HDNf&#10;3G/3q+LRwfDZo9Ptq6okdfelCl39+CGHfdEfK/wa7j9GyzC0+lbkc3Zf1b6IGMZW6BrHdkzk6WEt&#10;+01zPu9yPGbtLvJ5WM/Lu+tWEvvw/vc2zhLgP1y0g+9dHtv1PB1zvZuq5+V4f92KYndXbX1ryax7&#10;Pg9D2+7DjG6c6vxU+ufOjxoDAADAa+VTIwAAAAAAAAAAgDdgiFAWAwAAAH4FXc3qPg9Wmo5LXb1+&#10;zVWSqtV+/7JYf4v3mzMVtFvadO62YC10ZRGs1juuy7Xxpru9oduek4LPXMmdLBTdfGrjKonldJpy&#10;nAWxJcdDTWt7cvl1nI/lUNu/bl891jlc7249fr4fya+qngNfPsaPPu6tlFgmseqyoQpgVRCrotiS&#10;pb9tK4Dt83l9d3XVpjetCDZtWyHwT23puMz1b+qmcz21pVUW29209d5kqWys88h6XmoO56v7x6v1&#10;+gAAAMBjfPlTBQAAAAAAAAAAAH4JymIAAADAr2H9dOMLNa4zYZqD4+/V9R+YfGHNESfXfrzarCUL&#10;XU+15Arm3IIqi81zbvGc681y0EUuvxmPy2hVCIsq+NS4PjratzLQtG8lov1um4tlmWhqpaGYsjSW&#10;JaE5r1frqWLYWCWivLkqHSmL8fo8dHbofesxup41Ij57rg+btt4xn9vxWUlsXabqi3k+GKsYWM/3&#10;3W2bXP0RERE3H9/n7CoHtuUu8rY3U55X8iaVxQAAAODn9q2fSgAAAAAAAAAAAPAKKIsBAAAAv5aT&#10;wtjY/ftQ1Hnoe3T9ByYPtYOW7hpjJb+yoPWQw2IP3dIZXXlnzoJQFcuq0DVmlWioG6xpFYdqmoWw&#10;yILYftuKQ9ttjnetJLZkaeyy0kJZFKqPnIYs/1QZrApBVRQbc7uWua2nL4qVQ1ksrYUkRTFe2nGt&#10;K5aHjsWHLu+dqWqlKathYz6pxs1mvWzpCoPDWM/7XGCfRcC1KNZKYref2vTuqhXAqhx42UZxedFu&#10;Y95naUxZDAAAAF6Fp34qAQAAAAAAAAAAwCukLAYAAAD8Wp7yKceZUE15aFV9/2sN6uT0gdV/popf&#10;veNbOBsoy5rRsN7icalnlYWxdZqloZha0eswzjLYrk2rIDbtW1FsyuLYnCWwKoeNuYFrMWxs96gK&#10;ZlU0K4fiWVPrO4SP+jvc7Y+jkbIYL6ErivUVw3NOymP9uDu6T5ZvlrzdORc/1Lc+fzbU+aG2NWfX&#10;E+3DHxERsb3+1KZVFLv50Baf2vP+sp7fVRDLFU1TPr+VxQAAAOBVuP9TBgAAAAAAAAAAAH4pymIA&#10;AADAr+Upn3KcCdWUx66qWkIZ2Dnr/M21NWzWcs4DRbG1YpTD+minCmFjFcRqifzHnNfbtVLQvL9t&#10;l2ZRbH97k4u38bLPwlgVxJYq/7T1VemnikK7bVtvzd9kYqwKY2tZLLd3zu1Z1vJRrijv8Mn97vfL&#10;0UhZjJdwrizW647Nk1JYP35sWSz/sWmTaa0GLrGpol89kfL5eygJtuf3zd/+HBER+7uriIjYXbXC&#10;WOxbUfDd0Nb5bsznc97H+kh5X7sgk2PKYgAAAPBzu/9TBgAAAAAAAAAAAH4pymIAAADAr+Upn3Kc&#10;CdU8pL+Jviw253r7b+n1pawq9BzGZ8piJ7WibkVVDNpnGSxLYVUSW6ZW9Jn2rfy17FtZaM75VQ6b&#10;7lrxp8pha0Gsymc1PzfzUPppl1cprHdY7niPHD6SatcbhswjwatRWa2sda3P1f7Z/5VlsXW5/vJm&#10;qaJZPnX2+VyOZYqLOg/V0y9LgfubVg7b5fT6/V8jImKTxbHN1M4T49LGl1krG7MwthYKcxt3eePK&#10;YgAAAPA63P8pAwAAAAAAAAAAAL8UZTEAAADg1/KUTznOhGqeqm6ydXNODVX+Sodv72VRK1cwjFny&#10;Wu/DcXHnVM6v9d9dtWmWgeZtlnz2d228a/OnLIpV0WeMKgZVQajNPykT1e1lgSjyI6U5C0Tju7/L&#10;5XK7pyybrfe/3fO1ENRPc32Hh9D3HPnZ/RxlsTFzXtuqgs1TXGTpq6pjcdvKgzd/tJLY9R+/R0TE&#10;7vpDRET8KZ/wf5fTTRbFYmrnj9i1+7iWDrMEuB8vIyJiURYDAACAV+H+TxkAAAAAAAAAAAD4pSiL&#10;AQAAAD+Vr/+YolVnzrRn7tctXLd9ug3HZa8q3PSlm+zwnBi6QtjhWm1+lcSWLH4NY36/b02MVdGr&#10;Ted9qwftsxw277PYc/U+IiKGqAJQadfbrIWvtt4qANXyY15e27sWhNbr9dNebXcOa/PX8ZnvLa4b&#10;enz58sD3HJfuATzsZ3guVdnqnxtfPnb758Jcq1nPLd3lZ04uVSOcs9p10SJf7TmVBcD9VSuH3Xxs&#10;54ddFr3m7W1ERFxmQWyT54GLLHVtshhYhbE6H6znq9zG7XDRxlkWW0thXVms1rfPwtntzaeIiBjy&#10;vNaXxR7rUGIEAAAAHuOp770BAAAAAAAAAAB4hZTFAAAAgJ/K139MkZWprhZ2b3XmwfzYcTlrOdMM&#10;G7oV7bLwteSNbrK8M+R4XEtkVezKYY3XIk+OszS2lsT2rcwzbe/adMriT05jbqWgcS0AHd/5+tbg&#10;sBbEsuTzYFGs9PWk3pnvJSqL8cuqJNi550Q6d+yv+svbsd3XDmtaBbKxxpt2bogsjcW0j7i5joiI&#10;6yyK3V23wtiya+ePKooNczu/bHJdVQCr88J6G3VeyekSrSimLAYAAACvy1PfewMAAAAAAAAAAPAK&#10;KYsBAAAAP5Wv/5jiuCxWrZovfVPu0KXqq0Dd+KSw1WuXz1n+qpJY1X/W2k/dtVrfXMWynGZhZ9ll&#10;Saym21YMq7LYMmVFKI15exdrmScLQOuurCJQU8Wg0he5Hi6LPeTcXs/5D5TdDltzbj3N8piKHDyL&#10;h54bXz6W13NFmuc8FzxwPhwjzzlj3v7UzhlxexO3n1pR7OZjK4rt71rR6zIraL+1IFhEnleq/LUW&#10;xPK2T88nTZX/dspiAAAA8Ko89b03AAAAAAAAAAAAr5CyGAAAAPBT+dqPKaoyNWS2qlo1X/qm3FrQ&#10;qjLYWtKqok6ttK8GVXmrm70u1y0/ZwlsnwWxLIZNUyvvzPs2XaZ2eY3nvHyp6Vr6acax/WtTaZ0s&#10;lR3uV5Z+TgphTV8U6wtk/fyTxXvDl/b2Qa2mbuf8ar+8PmUxfh6nz5r73X+QDvlcXk6KYvmc7Mpj&#10;ZYgsie3u2vTmY0REbK8+xs11K3dNd+2ycW7nkYs8T11WAXE5Pm9UUWyVy1cgscyxiYiIXU4HZTEA&#10;AAB4FZ763hsAAAAAAAAAAIBXSFkMAAAA+Kl87ccU58pinzt8a64vaLXxlAWwIVM141rz6bepX3te&#10;PmflJwtfUcWcXO+8baWdKStAUxbGqiBWy1XZZ1xLO7n+Kvy00WqT2zlnlWiVO+W0IPZU/f0t/ZY8&#10;zvpYVYDo/miSYhCvQB68yyOfC2t98PjgrnNOnf9qOmTOq8pj65Oinut17nj/tzb89EdERFxffYpp&#10;1wpel2PbxssWAItlyvPR/jYiIi6yCLY+3/qSYt63/nm65H2fFmUxAAAAeE2e+t4bAAAAAAAAAACA&#10;V0hZDAAAAPipfO3HFFW9qdrNsb5Y05fFsuYTrQh2WuLqy1pVzqlyWCvo3H16HxER45Rlsaz/zFkM&#10;W6owtm/LV0EssrizyS0ah3b9cR3X7dR2Vbks11t3frzIy5/2/cC+GLTKC+ZafUWN1uXP3U7u7ywS&#10;zVVE63drOZMGOjMbfiJ14qnn3kPyudwVxqosttYB6zlTT7H6x9Ke+/tdnkO21xERsfvzf7SLr64i&#10;ImJ7d7WWCX9718pfl5t8Pk+tbLi7a9OLy3PP42bJ5/l6nljPC/n8zvGY26gsBgAAAD+3p773BgAA&#10;AAAAAAAA4BVSFgMAAAB+Kl/7MUVfFqu1ZAMn4uhbc13VJ8dzlsJqXMstNc4Czn6/bcN9K+XEnOOs&#10;+gxZ1FmyErRkAWzM2xszhXO2JFblsHVX5O3UvslCWZXN5iz5jBd/avPPfD+wCkGH8f1Jsb4cdrwv&#10;P9usM7ezltuyLLZkJen+W4vD49M99KeFt149TuXc9sCP0pfF+mOwP0Zz/MiyWM2v6X5q55abm1bn&#10;Wq4+tOX/9peIiLjct1rYMu1jU+eZfGLV+WfIwleVFA/yfJLFsHr2LVUQW8+t3XlEWQwAAABelae+&#10;9wYAAAAAAAAAAOAVUhYDAACAX1bVWuq7Yo8df6WsSK2hnZzd16geGtc/lirqZLXmMK7L2/Rk3NWo&#10;WiWs/+jjuGSzFsR2rRC2lsWWVt6Zs+azy8v3uzaetq3iM2Vp7O8vch/Meb19TrOoU+WsTW7r5qL9&#10;YzPkfZyy9JPXX+tCNS65XSc7cXxX/8jpsZMi0JnWV18WO6df36HI9pDjY2/MQlqvfyxP9df78vby&#10;K+uPhd73Pja6585JWezc9uT8viy2Xq2qge0cc3iSt+V3d63Kdf2pFcV2nz5GRMTmwx8REfF3m7bc&#10;5biJuc5Def6qdV5WAeyibfM8tfNXmfM+9LXGOi/0z/sqi23yTgzr+amKic0mn+f721ZgvL1p0zrf&#10;DXn5Yx8pRTEAAAD4Oo997w0AAAAAAAAAAMArNkQoiwEAAMCvZDmpZh2XboaT8k0/To/9tGCtW+V6&#10;clotrH7tjx2vLa38x5RLVJ1rGVvN5iKrXDmJadfKOxd5ecRyWOlasMpp1Xuq3HV33aZrQayta8px&#10;FXrqo5QMg8VYiZv5yzuttn3VpXFOSznHj8n9HbCDw9W/7fuBVRQ6/OM763JwDxfE4Jx8jqylrjOq&#10;fHhWf/kDx/5aUmy3O2UVcMxq15DTXp07au013d+1ytbFu7zeZU53txERMb1/HxER1x9/z9nt3DTm&#10;Oelybueoy6p6Hclz/3qufmBfpXPnk0N5sDmcD7v73JfFcgP2ue231+0+V5lxrMpaVxir8Xn372sA&#10;AADgft5JAwAAAAAAAAAAvAHKYgAAAPCLOLy5bxWWuUpc6/zmgV7OZ47rT58lxHLYjeuWsqhzX98m&#10;jrbzft3a1ps53Nz9lZm1SpOFnbUitkyHcti8b9Mpp3OWxbKAM9+20s08tXUsWe2Zp7uIiBj2Weip&#10;u1q3udbNNu0C4Jn0ZbGa9me+zklprB/3+az+8pS3O895blhPYP3167x5fP5aq4RLnpNq+/McFDcf&#10;IiJi96mVxW6vW/1wyeLYJtr1NnlOG/tC5DOoj5bXqlpuwzo/l6uy2Pa2nU/vbj5GRMS8q21v5+Ha&#10;JXVf+rJYfx/nuDgaAwAAAF925lMOAAAAAAAAAAAAfiXKYgAAAPCLOC2L3e/cN8dOi2NdoWetu9Qa&#10;clzFnQrnZHarlj5sV5W/2oLLmfZYxmnWukxVuw66e7Z+rJHTrICtNbH9NpZdq/Tss9Yz71oxbKnS&#10;WJXF9q3WE1UJyvlD1XvqpnPjhnXatnEMZTF4XvmkfOGy2HqeqxNXbz6ev9ax6rz6Ltd/dxMREdPH&#10;PyIi4vaqTffXrXq45Pltk9fb5C2PeS7rq1vPQVkMAAAAXpczn3IAAAAAAAAAAADwK1EWAwAAgF/E&#10;4c19q66c68s8/M2xqsOcce5ThLzCnAuc3n5VYo5XUBWaVVW9sta1lsUqN1PXz+rXOp5yvMs62L7V&#10;a6b9Pvb7VhKb9q0stkxVA8qSTVbIhhxXuWasas9aCzou5fT3cjhXHwJ+kHwOvnBZLPI8tXRVrUN1&#10;sNaXy1f5sM5jdY65+tAmf/wlIiLurtt42bXz2UWeoza5OWtTK9fXV7eeg7IYAAAAvC5nPuUAAAAA&#10;AAAAAADgV6IsBgAAAL+I/s39t/ZlvvYbZvtolZiy6Yo6h8JObXG3pVXaWQs8XUlsauuf9m0679v8&#10;ZWr1sMgCzzhnTWyaYs5a2WHdpc3f5CYteXkVxdYqUFcWW6tBOT0UdM722IAfospeD5zxzpXBVv3l&#10;T3sur2eIOjdUhTBrW4fV53Zm7TDyPLXPotjd9aeIiNh+et/mb68iIuJdnpsu8lxUla46NQ0n57bn&#10;oywGAAAAr0v/KQgAAAAAAAAAAAC/IGUxAAAA+EX0b+4f6Oz8MENkMafqXEeXHoo7hy2sac6fq5CT&#10;06zOxG4bERHbLIfttznNwliVei6r6JM1mmVZ1kJY3fY6rjpPjqesk1UZp+YftOXPlcUuxs1nywLP&#10;54HC2HOVxdYaVhtXWGxdfZYRY3sbERFzTj/8/uc23t3k5ceFxHdDOx9WnasqicN6vuy3//koiwEA&#10;AMDr8nKfIgAAAAAAAAAAAPBslMUAAADgF9G/uT/T1znRX+9rVYdns5bFzpTDsogTc86vcS13m8Wd&#10;nD9nMWzet7LYVNMsjc25njGnl7khF59VxE4LYc3czZ7nLNzUptZHJpm6Wc6s5xAPuv9y4Ed77Bmv&#10;fN/v0NY5Zj0fraWzQ3Ms4lAUu7tqVa3tzaeIiLj59HtERGzyvHeZ04ssil3k+jZLO0ctWRSr24uh&#10;T5g9H2UxAAAAeF2e/9MDAAAAAAAAAAAAnp2yGAAAAPxi6k3+Uzs7db2vbWOtFZi1LNZqMYeiWI6n&#10;3LK5lcHWcV5+8+F9jltlZpna/LUus5bImovc4LVGk8Wdcb0j42dfl8uZuUx9IjLX3lq6lXWqLFYV&#10;oX4a++NtA57LU8943/c7tEOdM9aTSp4Lav6chcSb64iIuPrQSmJVGJt3bf7l0O7Hb5k3vMzrD3k+&#10;HaY8d2UFcak8Yla9lu98vx5DWQwAAABel+f/9AAAAAAAAAAAAIBnpywGAAAAP5lvfZu+n44rLzl5&#10;0JQFsE3XFlty/jxn5aWvauXlQ1ZhIrIYVuN9G8+7VpPZ3eV438ZTVmWGJYtkWRIb1/W22x2zLlPj&#10;KpYdKjQ5rYuz0BPLePzv/rKIWGrcfa+uQmPn9C2jzbc9dMALmbLY9dB5sz8/13lw3rbz2Xi5aRdc&#10;5Apub9vkw98iIuLqwx8RETFtW0lszELYZRYTN1UQy9up8aG6VefBY0u0232JslhZC4tVhaz7kPOr&#10;CFavAdvbTxERMW3buV9ZDAAAAJ7Hy316AAAAAAAAAAAAwLNRFgMAAICfzDe/Ta+6ywMOha5j85Jl&#10;myqH1eac2B8uywAA//RJREFUW21WZKqzNd++j4iIYWq1mCr2TLtWk1ly/rzP+kyWdZZcz0VWvvqS&#10;WJV2+qrMun01rn/ctxvP3YfUX2UZvvw9u75H1m8L8DqclhPvfzL35+dxXS6ndT6s89z1VURE3Hxq&#10;58Xbm4/t8iwubvJ8e1Hn3b4otp4H63aOz4t19lEWAwAAAB7r5T49AAAAAAAAAAAA4NkoiwEAAMBP&#10;5lvfpq91l1Trq3JOlWmqiDNUPatyLnOVwtJazsnrVzln18o3c5bDlrnVYu6uWjlnnLOsU7e71maq&#10;HpO3X/c3i2IXNb+2sy/q1DCXPwkALfXduEd8Ry7XUfpV9ZYHymTDetvA83rgyXmif7Yfnwt6S1av&#10;elX+ijFv/+46IiL2eR68vW7T3U2bP+/uIj4vig3H58OHimLlUFDMslie95XFAAAAgIe83KcHAAAA&#10;AAAAAAAAPBtlMQAAAPjJfK+36bWedX1VBMsqy+aQpmmTNdFVy2e9ZW6lm9i3GsySZZzdro2rCjNP&#10;bTpUGafqL2vRrDl8c63KYbUhuVxuZxXF+qpMFcdWJ7urr8wMsVRFre5a3uRh/OWqUFEWg5/VA0/O&#10;E8cnjiFPBv15s2pZw3i8/Hp5FhQjz4tx8yEiIq4/vI+IiNubq4iImPdZEst6VhXFNlVarPPhSVGs&#10;nDtHZVlsvf8vdw5SFgMAAIDX4eU+PQAAAAAAAAAAAODZKIsBAADAT+Zb36bP+6yzdEWcYS3PZGGs&#10;SmNzjbMgNrfqy1oU295GRMQ+yznrNEtjazksp396l5WXuat51e2m2r4K9qxln7VEVtt9riTWzR+q&#10;sLM5nr+Mazms9kCt4tAiOrfP+9s4U/dZi2K+lwcvo6pWZ56DJ8/d/jnfLl/Pv7n8OOb6apqWKinm&#10;dPv7nyMiYsqy2N31dUREzPt2/rzI27vI81zVsZY831bpcQ089ueeM+eWn6EoVpTFAAAA4HV4+U8R&#10;AAAAAAAAAAAA+OGUxQAAAOAn861v09eyWCa7xixuraWaKojtW80l1kJYm+5ur47GSy437VtRrIpj&#10;VXtZy2W52ZdjV/aaW1WmL4uVtYC23u3u/vdFoHO7J6M2c1y2aY7HZbyn0tOPm+Fk5Y8sixWFMXgZ&#10;S3fe6Z08d+9/rj9YFsvy4TaLi0tOb/7jn9vVsiRWRbFNnierKLapstjczqtLlh2rrHhelhPXPOKh&#10;i9i8/DlHWQwAAABeh5f/FAEAAAAAAAAAAIAfTlkMAAAAfjLf+jZ9qfLX3NazTK3CMmUpLLIQNlVR&#10;LKfD0uou+7ubiIjYRBXEumnWX6qQUxWYtSpTSa9yrhhW6nrfyTy0stiUqx3uK4tVNWjdpLy8q/v0&#10;RZu+TnS4PKs/6/fyfD8PntU3lsWq7DVnOayWX8uHOd1u2/ny+rpVsebrj236/s8REXE5t/Nr1a/G&#10;XO/FWnZs588xz9N1vl4LZuu5qs4ppcZtO+a1GJmXnjm9PidlMQAAAHgdfHIJAAAAAAAAAADwBiiL&#10;AQAA8IP0FZfP3V9Q+X6+dNtf8rTtqDfT1cV67Jvr8x2tKs+cW1Nd3s8vecGUxbCp1VrmqrhsW/Fm&#10;t71tS+9yOlfNpS3/bmxbuMlUzZjr3Yy1X/N2sh4TWcY5bHcre636+1P1mX5aquzzZMfFnfm+x/Ok&#10;KFbyNh8qi5WqDnXrURaDF/JQWayshbHuuV5P5jqv1bTm53ny7vY6IiKuPrSi2PbqfUREXO5aJeu3&#10;PI+OeT7a1OmtO89GnVuyADn2m79kSaxiXd0rx09dFquq5VqhrG1t86e79tqzzX25z9emIc/Dm3zN&#10;6AtidT7u72u/LwAAAIAv804aAAAAAAAAAADgDVAWAwAA4DurEsiZIlPEDyiLdeurYstaiqmCVS5W&#10;74JPEl/3b8dcxaoqXmXxZc7rb/LynL2ufn23vb7rbv/Y5HZVeWYt2uT2T1lZ2VRq5pCmaZO+drXL&#10;kliWwrbv/xwREZulFb/qbf/69j+rL3OWc9bdlOPLTSVuuqrLyWN6/8cJJ7v9mcf1wN6/dc3JQ//F&#10;pe/T74ty/zEE/FhTBg7HsT0Hh81FXnL8XK3z3JDP+Tr/Vu1q8y6fwxd5lrhr9avdh79GRMT1h1YS&#10;2+X8IYthf6qK1pRFslTn3apkrfWtHI85Pvfx7GHuz3tumfLkO1SNss7Jua83+ZjUPejLYrsc12tM&#10;1SzXklher/ZZX3T8mfcNAAAA/Iy8kwYAAAAAAAAAAHgDhmjfXDv5PhYAAAB8naq4nCsvPcZTv9v0&#10;QFms15fGThzf/pLjJWsnVRor/Wr6W63La35fTTmUxSrH0u3DSuas0127NAtk8z4LYvtWZxnvPkRE&#10;xCZy+dQXxs59HFBlnq93/3oBvr92hs3A16HcVWXG/rUoa1d1nhrXNGGeL4ec7tv5Na7b+fTu4+8R&#10;EXF78zEXzwJkFiff1ctKlhtLf549lMWOx/1yr8laFsv7UhW1uk+bfEmpV5b9Xath3t1+ioiIKce1&#10;7zf1kOVjs+lqmvXaefCtr1kAAADwtngnDQAAAAAAAAAA8AYoiwEAAPCD9OWPp/jW7zY9VDe7f/2H&#10;N8d9Wez+t83DSVPsfsPJdtQ411tJnL6MViWxbSuG7e7adJ/jKS9fsmwzzq049m5plZa+LFYe+hhA&#10;WQx4PbLMtZ63u9JkqeLXkOfL9TyY58mLHN5dtbmfsih2/Ucb37T58/46IiI2WSjb5PnuIrdDWUxZ&#10;DAAAAH523kkDAAAAAAAAAAC8AcpiAAAA/GBVABm7f/eXfT/f+iZ3PqmW3G/sbmktxMytjrIGZOof&#10;td56G55lmrUgloWx6e6mDfetFDbvW3Vlv2vTmr9WW7K+MmQh5zLXV+NyrmjTOzf/8b71EQB4rDxf&#10;DZuIz86LNR3y/Diu5+Hu/Lu082lMbTrdvI+IiJv3rSi2vWmFsdjfRUTERdavxqFd/6KqWm0pZTFl&#10;MQAAAPjpeScNAAAAAAAAAADwBiiLAQAA8MuoN7fVHDn3ZvehbtbQF8OyYtIXYQ63lNbaSRVrupJY&#10;lsNi3+opSxbDpiyGRRbJ7m5bWaxudy3kZAlnyNsdu+2q7V52t0fL9du9Ln9m/rc7t+cBvrcsc+V3&#10;Yg/ny3bp2IJjh8LjkOflLIXF3Ipidx9+j4iI7e3HiIjYfWpFsWl3HRER7/L8ezFm7SrLYuvtLMe3&#10;X/pxf55VFlMWAwAAgOfmnTQAAAAAAAAAAMAboCwGAADAL6Pe3Ga/q+9+rfpvTlXn5XR+v4YzzbK1&#10;IFZFsZxmsaZKYrFrJZtp1+bvtjVuVZVlavOrwjJkVSVDNjFWGKcrjpUqjy1ZKFvnnynZnBt/Ox8z&#10;AM9rqcJYlcVy/ljntyqMTVmx2rYC45zT93/7zzbetbLjsm1FsTHP4+/yvHYxZrExX2mG9faqLHZ8&#10;Pj05T585//bLvSbKYgAAAPC6eCcNAAAAAAAAAADwBiiLAQAA8GM95h3ndwpb1U1lz+vkps8XxI7n&#10;H4piXUlsrZnkdK5plrxqfNdqKZGlsDnLYlUO2+d4rsvzesPcSjW/vbts47y9Ktest1vlsnS4vOmb&#10;K72+bPP99Xse4Meq81qdT6vIePhHnjezJHZ39bENb9r5+u76fVs8z+fj1Jar8UVe/yLPb1V6XD9W&#10;HZTFlMUAAADgdfBOGgAAAAAAAAAA4A1QFgMAAODHeMo7ze8UujpXFutXfyiI9eNWK6ni11glmlpy&#10;yTVPVRRrly9ZnhnmVke5/uP3iIgYc/kqhtXb7yG3rCosm1z9WmXJmkoVxJa1PNbVVGq5Me9BFWum&#10;Nn/54QWxc57y4AN8u2E9b+Y0z7vreTLP0/PNVUREXH1o5+kqjI1LO39vlqpb5etAnd8j5+f6D+fp&#10;yma16awspiwGAAAAPznvpAEAAAAAAAAAAN4AZTEAAAB+jKe80zwTwKq3q4e3rX1NpFnLLEP7TtSU&#10;K+ziJGtxpqonVSepothYGz12JbFdq51M25uc3ca73V27PMszS5VopirUtLLNSQVlOB6P63aUth21&#10;Xd3sz9y/PyIuIkJZDHh95q6guNaq+oJivS7keXZ3287Pl79dtvkXufzuNiIith/eR0TE1Yc/IiJi&#10;f9cKY1UOu8jpJgtiQ5Ylq2p1OE935+csi9X5dnmD382d8z7XYzXkY1KPZZXFLqq+lq+hVRbbXrfH&#10;TlkMAAAAnod30gAAAAAAAAAAAG+AshgAAAA/xmPeaT4YvjquhyxZennIfsq6SVekWcthaxEmp1Or&#10;mVShZrq9zsXa/HnfimHL1KZzLj9XUWyq8ky7/CLXv1lyvauujrL+63hnnRbF+opKpy7PspqyGPBa&#10;PfQxZZ3X13GetyOyBFmvE3nenm5aQez2U6tY3d58zMtbAfKiCmJZhhzy9qswdrb82G2mspiyGAAA&#10;ALwW3kkDAAAAAAAAAAC8AcpiAAAA/Bj3vdN8MHTV10L6slg3Pvd2dm7zxyrQZM1kLXBViWbXyjJL&#10;FmiqJHb16Y+IiBiyijLMbfmqpay3m+NN3rEhCzVVqjkphHWqYHOqv14/Pqe+E9amymLAa9OXw6pO&#10;1Z/v13LkkOfHizyv37aS2P5jK4hd5/l8d9OKkct0XBS7rJvLEmRVrMa8uXPn8ZOy2HrePZ7/FiiL&#10;AQAAwOvinTQAAAAAAAAAAMAboCwGAADAT6AqIW06r9WQviTTxuvb2CrKlCqKrTNyuSmXm7I8s29l&#10;mf32rs3etemSBbFpfxsRh6JYVU2qbDZ2ibQxb2fIFM04ndm+dL4o1uuvX+O6hzlecrxulrIY8LrU&#10;eX2sEmSdv3L+VOfvVMsNY6tRxdTKYZElses/fm/Tq1avmvK8f5nn5XdVu6rzVdawxjzfP/rsmeff&#10;t1gUK8piAAAA8Lp4Jw0AAAAAAAAAAPAGKIsBAADwgvo6SBtPc6uLVElsrZV0xaoljksza23krpXB&#10;YsrizC5LYrtdm53jZWrjqp8MefsXWYhZby8LY1VLyc1aS2KltvPr32bn/T139SqVrSWxbpxerihW&#10;zt0BgPvVeXM933fnsXPn1SHyPP7h3yIiYnfVimI3n64iImK/bcWxTZ7nL7NutRnyfF7FyDqvt8mp&#10;7jxb3nJRrCiLAQAAwOvinTQAAAAAAAAAAMAboCwGAADAM+prIP24vT2dl64strZe2vJLLrfkuOol&#10;49SKYfOHP9p438bTvq1vn9MhS2FlM1bJ5rjsNdbtVeksb6dUkaYs9Z2szeZo/tcavvLturIY8Fo9&#10;VBir832dz2PX6lS3f/nfOW5FsWl3FxERw9TO91WMrGnVqpYqR56cN7txlsWW4dx3b/vXs7dDWQwA&#10;AABeF++kAQAAAAAAAAAA3gBlMQAAAJ5RXwOpcb0tbeOpyl9DXV4FsTZ/ylLMPktiVZi5yJLY5vpj&#10;RERcTm3+MmVBJmsnpSooF/lVqiqLLVlDWctedb0cr+Wb2v61SJPlmc1lmz75O1pdPeVo9Jr4mAF4&#10;mqGqU3l+X4uROb/O13W+v76+joiI6fr3tvyHf4mIiIu5zR+zPjXmef0yT6h1Xh/ydaHO72tZLAti&#10;dQZe6kTclcWqplWqRNmfx98CZTEAAAB4XbyTBgAAAAAAAAAAeAOUxQAAAH6wesP1/SpRVdSo7/9U&#10;HaXyWDk7vdQbvsNmfF4AqX8fl8T66by9a8Mqi2UhbJp3ERGx37aC2HZ3GxERu12bH9s2/r9vNhER&#10;cTG36x0c77u1NLa+LW7Tsba+bn/uCmO177N6clIWG9rtH/Z991g9OD72/Y6d5/JSRx3ws1oLXSfa&#10;eW/cXLTRvp3/l30731YZrE6zc57/37//IyIi7j78LSIiLu5aYezd0F4PLjbtCps8g1YJcq1S1Xk9&#10;p2tZbJVlsfW8XvOVxXrKYgAAAPC6eCcNAAAAAAAAAADwBiiLAQAA/CB9O+v02zpdKeNo9AVd3arq&#10;WEOWxdb6yZiVlhw+1X7KCkuWQsax6iyPs2QFrIoiQwyneyWXiamVYtZpFsOWXRvPu1Yd2df8fV5v&#10;yQrJ0G5kU2WY3Amn29p33h73drgCYmtpbK24dXu3fwxW/e09NAZ4XYZ8zYmpvSbt5zZdz2r5YlCv&#10;JWWJfK3IE+2chchNnV9r8asPERHx4S//ERERd9dXERHxp7zemK+Fm+iLks24bsgjX3vPns9L/6r+&#10;ta+2r1+VxcYsh/VlsarDVVks8ueL3fY6IiJuPrbC2Hos1Ett7tMqix3KZcfj5fyDBAAAANyj/1QD&#10;AAAAAAAAAACAX9AQoSwGAADwI/Rlsd742LpJ74Gy2JwrWrLy8rVv+NbrZcHjnCp7HLTlL9Y15HSZ&#10;DtueZbBld9em+1aSGaY2f962kliVxpZ9Wy72WR6b27RqJWPtvdqWzbuIiFh8RwrgWQx1vs2PGSv2&#10;tL4W5njO14gl6rWrlcAu6zReWaksScanPyIiYvuhTafrVqGKfP2o15XN419F+c6UxQAAAOB18ak5&#10;AAAAAAAAAADAG6AsBgAA8INUEeO8p31/p7oZVRI7VxZbay5Z8Dj3hu+hDsec5Y4qoJ1761hljyqH&#10;1C1W+WOtie22MWVRbL9tRZhpd1wQi6kVZiJLYpu67tKuN1alJNpydZvDem9yn26qqva0fQzA15nn&#10;PB/na09VpqooNnW1qfW8nufzyypDXrZJXH9sk//4l4iIuH3/e0RE/LZpy70b2nrmXbv+aeWS56Is&#10;BgAAAK+LT80BAAAAAAAAAADeAGUxAACAH+R7l8XKspa72ng+0w5bhnNlsapxHauCWJmnVvhYy2E5&#10;/6TeknWX9YaqKLJt1bAla2H77S7mfSuI7XetHLZ0RbExayGbaOsYc6UXNc6bHmpbq17WW+/71+1j&#10;AJ5mqrLYxaZN19eKNn/qapNVFNvUi1kWJaNeJz78LSIiPv3+5zb/tlWo+rLYNGVdM9rtikw9P2Ux&#10;AAAAeF18ag4AAAAAAAAAAPAGKIsBAAD8MGeqV+mh6tW5a9cbuDH/0fod96haSw2PRp9/eygLHTWt&#10;t4hzq75ElUC69a1Vr1xu2bYiSJXE7m4+RkTEkNWXaZpiyWXnnNZtVjUkgzFrUWy9vMbrnTgu1EQW&#10;baK2fczCzAP7GIBvU1GnuV5lKgGZ5+31Y8cqitX5fqxXuZzetLpUlcS2H95HRMTF0kpjf6rXgSxT&#10;jvk6UjWrfd6s8/7zUxYDAACA18WnJwAAAAAAAAAAAG+AshgAAMAPU9WU+z1UPzl37f4N3Bpt6cIa&#10;Vd6IIcse3RXXUFheXkWxIbIotsoFa/1ZDoup1V7muzbdbtt02rfqy3KX9Zdc37IssWQHbcyVVSms&#10;aiNVFKsCWRVohrUsVumYLIp1b2fXt7fjxdF8AH6M9bUni45TV5VaX4PyPL5WoqZWkRrytWT78UNE&#10;RHz8679HRMR0fRUREf/lt/b68PeXWYy8bTWq2LfrDZfvIiJiV68fD7y28v0piwEAAMDr4tMTAAAA&#10;AAAAAACAN0BZDAAA4Ifp22Bf/r5O/8asv3Zd3i/Xj6u4Ma5rqDpXyUrXGgw7Xi6y/hXbVviIOcdZ&#10;+5qy5jLv2uU1nqa23DK38UWOh1rfZ9Y6SG7E2I2XfV4nx2sFrVPLn/ryvgbg+6io07Jp591d1ier&#10;ELlZC5J5hX177dh++tiGN226u27TJWtTF7v2WvIuz/OXWava1GtKvTbl68d+aDcw55TnoywGAAAA&#10;r4tPTwAAAAAAAAAAAN4AZTEAAIAfpm+Dffn7OufemPVrmasM1o9rBUNX4si3fIeCWKl0R82vFbQa&#10;zO7D+4iIGLIQthbEchpZjylVDqmKzDC3Qsi4rv8etdFVBTlTCutnV02kijKHTFpWRvZfuE0Avpu1&#10;LDa283CVxar8dZkvCps6T9/eRkTEx9//EhER1+9/j4iI5fYqIiL+H3//W0REvMvXqO1VFsd27Xp/&#10;9+5dRHz2YpOvUftxE6Es9iKUxQAAAOB18ekJAAAAAAAAAADAG6AsBgAAcMa3vlUa1vbXGScXH9ew&#10;9vuss4xtwSp21FL17Z99lbuy1BFZ9Hi3Jr7qflTFK6dZf1m2d224y+m+Tbe3rfhRZbCaVqFs7Fpo&#10;a+mjLl/HX9qP/b35On1UpC+RAfB1+tfCei2KTSt51en77roVwDYX7YR8ka9dS77W7PLy208f2jiL&#10;YZGvPRdZobpY2vKbfC27mGvcv6Ycv37s8/aUxZ5flcXK2P08Uz8XVOk0I3QxZMm0ymK7/U27YNce&#10;+zF/jrnIx7yOxfp5Y/256PjmAAAAgAf49AQAAAAAAAAAAOANUBYDAAA441vfKj1UFlv6MtdJDus4&#10;lTFlXWXuEhpV1tiMWXnJUkfMrcwReb2oUtl+2yZZc5l3u4iImHL+nMuPef2+JLYWxGpzh2571vpL&#10;Xf/plid+t0lZDODbrNWm4Wln7Xrt2u2vIiLicpPn75w/37Za1O2H9236qU2X7W3EZ+Wwi3ztqKJY&#10;1anGfM2rslitt87zdf6vsthTXz/4dspiAAAA8Lr49AQAAAAAAAAAAOANUBYDAAA441vfKp3UWfrV&#10;5frX21kLXVngyErKWhirQlgtn/WVqNvJwsa6npssdGQxbNq26XbXai7Trq1vqZLYWm1p08tc71oS&#10;W0shWfSo+9NlvA7Ll/uSH1/+7tJDZZi+JNZTFgN4mr4sdvIalmq5qlwOS6tTjkO+RlXdMl9zbq8+&#10;tOnHNt1ftwLZMLXLf8sXk4t2rbVK1Vcs+1rVfPIS2143Hnp94PtTFgMAAIDX5cufvgMAAAAAAAAA&#10;APBLUBYDAAA44+vfKmWVpZ99ViYxqhRWCbIab3J21OW5/JzLZSlst2t1l2V3FxERQ43nVm/Z77Mk&#10;ts/15PqrHpMBj7XUEXNevpbE8nYz83Ja7+pLIv38x39fSVkM4HnVa8G5176+NFZlsXFurzURWYW6&#10;bZWou6vj6XTbXqti316jxqW9JlVR7F3WNKsa1evP+/2Yl6MsBgAAAK/Llz99BwAAAAAAAAAA4Jeg&#10;LAYAAHDG179VyjpLhbiyftJFWT5TSYy+HJa1lspkLTmeW4kjtq3Osr1tJY5tFsaWXSuJbXIDNt39&#10;GKtclqoWM/Y5rilvJw399Wo43J/0ON173+/7Sg8VZfq7AsCXDZvMWGamaZqO65NrdbJezOq1ZW6v&#10;RXHze0RE7D/+LSIirj58aOPtdUREXObyl3n1KovN+/badrmpxtixOt/XdBqyJlWvKfkatMmXor5q&#10;xY+nLAYAAACvy/f7pB4AAAAAAAAAAICflrIYAADAGV//VqmVMOYMhVWEpaIsefFn6a0seNXtVUGs&#10;SmP7Vgybs85SJbH9NkticyuJVU1rzOtdVGUlL7io2+0TZ3m7c6U5sthRNZlzqhRyzpLfT6oazLAM&#10;seS2fGv5S1kM4PuqstiSRbF6TTgpi6X1NWPXXpvm9//ehp9aWez608eIiBiyUvl3F+36v21yPfki&#10;Oe/ba9jJ+vM1ZM7ZVRSr6VIvpnnCv5yyNvXAaxPfn7IYAAAAvC7KYgAAAAAAAAAAAG+AshgAAMAZ&#10;X/9WqZUwMnJyKIvVpfWPOdc/3eW4FcWWqVVWIqdTlsV2d63essvC2Lxvy4+brKqMrQpzObYb3uyz&#10;wFEJs74Ulvev7ueh2NGKHkNXeXmstShWhbW6/8sY85A1kKfu2i4VphwG8H1VQax/TViLX3n5nOWx&#10;29usW96+j4iI6Y9/i4iIi12rRE1VDMvs07toqhJVdag6oa+vuZmOrILYnLe/q3Fux1SblVd7l6Wy&#10;Ta2XZ6MsBgAAAK/L133yDwAAAAAAAAAAwKuiLAYAAPxAD6Uefuz3V772jU71tx7/VqnuZ7s/VTlZ&#10;so4y9BmspRXBIisoc5bDliyFVVns9tMfR8tXgaOKGjXe5PrXclne3Jjrr5LHo/UFsidSFgN4fufO&#10;i/lSdOJkftUu8zVtXLOYOa3xXathXn1oRbG7eq369J8REfGnob1mXW7yVSlfi5ZdlcbyNSsvHnO5&#10;Zd9ut7aralUnZbFabb7GjPlqf5F5KWWx5/dgWSwPrSqMjVUIy/HNxw8REbHbZWl1LacqiwEAAMCP&#10;8GN/MwMAAAAAAAAAAMBPQVkMAAD4AbIO8o1lseGBy8+pNzjbFjNZU2EVRVmneXGpd0ZVvarqyWrJ&#10;ElglLPIKS86v+zNW8eIyV1AlsX0ut2/ljP22FcV2OZ23rbqyzG1aJY0xqhCWZbEqc6z3tEpj3f5e&#10;6g70d+R5VSVmWIZYMi9yroAD8Lr1ryw/XtUjl6kqlLkNVfZay2CbnLbJPl/L1o8F5/YaU689Q73G&#10;TG1+3OVr1tWniIi4/fSxjW/b9LehvbZt6jUvnatMHWbUa+r9r1V9aeykiJYO1ar+En60KoiW/jFY&#10;y2L189U6vz1md1dXbbq9aRfkz0n1c9i7Kojlz0FLHZNpqGMbAAAAeJT7P4UBAAAAAAAAAADgl6Is&#10;BgAA/AB9WazecpzJgayOv8/y5LJY3kxVR6r31ffN+rXWVtVWVrFrmbLYlSmMcU1jdNdYqyw1blWV&#10;+fY657dS2JzVl/0+L99nSSwLGUNNc4svumJYFcuq9nIoiVWVJYfrbs4Ky8k9BuDHeOh17vurstha&#10;AKscUxXF8jVgzteQOV8s1tfGLHtt8vJNXW3OV9GsPS0fP0RExN3HVhKbszQW+zYdx/aaNsZx9Ylf&#10;38NlsXYMHspi+fPMWhZrPy/dbdt02bVjabNpV1AWAwAAgO/LbwwAAAAAAAAAAADeAGUxAADgB+jL&#10;YuWh76s8dPnTVFnsIVUSG9ciTNvuKctfm6qznARj8v7NOd1l6WJu5bCbj38cjfdTFsayLFZFsk3e&#10;/ibvflVdqrihLAbwWpy8UPxwVWuKfI1Yy2JdBXOXNaY5X7PWAFn+Y5PVpvXFJOtOcdWKYtd//B4R&#10;EfvrVhYbcj3vxvZqO9T1B2Wxt+ZHl8Uu81iuslhV74b1GPdzDgAAADyFd9IAAAAAAAAAAABvgLIY&#10;AADww5yWxR7yfb7PUre6xlbyH8O8/qNNqtSVZYqxkhdrjKUrd2WVpYoWsc9KSxbIdrtWDFtyuWl7&#10;1ZZb2vyqudR2VBmsbv8iC2ZVFlvmtp6+KFYOZbFU2zsoigG8jOcvi62mfK3YbNo4c5VLvvbsp3yN&#10;qqplburmIl8rtjdtmq9py017Dbv71Mpi+5xO29uIiLjM19LLXNESVRR76ms/r923lsW21+3Yq7LY&#10;vL1ry43t8ndZv1MWAwAAgO/DO2kAAAAAAAAAAIA3QFkMAAB4MU99I/LUVslSBbC1YJHDrKHUt2cO&#10;ZYpaoCuJ1XTXShf7LF5MOZ7z8iqHVfFiXNrlVW8pQ25Ibc/hLVleP8e1XBU6+rJYv0f6no2yGMBz&#10;68/EzyfDYrHJstiQNaZY2mvSnNP1NWrNPLUrzlcfIyJit07fR0TEdNtqT5tdK469i3qNO36NXaqK&#10;+XK7gBfyrWWx3U2r1d3etZpdXxa7zJ/Tljz21mM4j/HFQQcAAABP4jcHAAAAAAAAAAAAb4CyGAAA&#10;8GKe+kbk0NGqf9X3X44LW4dvxbTyxFBvedaCWBW8jgsVkYWLGs/XrXCxTLuIiJj2bVplsZhbUWzJ&#10;9VShrGotQ15vHa/Tttwwt3G9JVunuX2b8SLagnm9kx2mLAbwc+nPxD9eneunrCutrzGZd1orlfWq&#10;W695cyuFRb5W3fzx54iI2F19arOvP0RExJAVzT9t2vV/q9ekeq3M18IpX7NEnt6eH1UWG4Z2jFVZ&#10;rMqwdb061pXFAAAA4Gn85gAAAAAAAAAAAOANUBYDAAB+WlXYOnV/Wewwt0pcWU9ZL8nyRM2fWg0l&#10;dq2uMu9zmpWV3c1Nu7yvsOT1D7fT1j+ObXuqJLZMuXxd/8Tx93eqkFHbOwybo8sB+Nk9f+GoymLL&#10;ppW95vm4nnlRUaasMtVr2Xx7fTT99Hsri8WuVZ6GXXsNvFjaa2IVxS7qNXV9bWzjfd3+4Lupb823&#10;lsX2t60kdnObVbu7dgyOY7v8XFmsfu6qQx4AAAB4HJ/eAAAAAAAAAAAAvAHKYgAAwI/Tv9N4dHCl&#10;T0T0437FTZXIhlp+32ooEVX2qrJYFsW27fL9thUsdrdtOu+zqpLVlCqFVUlsLYrl7YxZuFjleBiO&#10;qyvL1KZzXT/LYVXGiE2WxGq8b9t5uLe+7wPwc3v0C913U2Wx4fJdRETs87WjKpmX9Rq2yVeTLIft&#10;r95HRMT26mNERFxnWexdvoa9G9p6NtHWs8ka5/qal8WxyJLYfmy3ryz29vyoslj9HPUufy5a8ue5&#10;9ecxZTEAAAD4Kj69AQAAAAAAAAAAeAOUxQAAgLO+9a3C0BVW+rWd9FeGSkNkiWtNReQ118tLLrdu&#10;53GpYpizIJaFsXm7jYiI7bYVLPZ3bVz1lSWX32R57N1FK32t6+tKYsN6j463ay2b1cW13es4p1na&#10;OLHumOPLqx5zztLt0cP2AfA8Tl7ZHq1ey9ba5NC9hlalMpdbX/tyuW3WKzebNq4aU1TlcnvTJp8+&#10;RETEzYe/RUTE/rrVnC6yFHaRr4GXOR5zvFnaeg6vcTmtsthwGaEs9iZ9a1ks9u3Yur5plbvdzXW7&#10;vCuL1c9TS1buhvU54pgDAACAp/BOGgAAAAAAAAAA4A1QFgMAAM761rcKh+LDGX15ay10tQvmXaua&#10;DJmiWGMlNa0iRRXIqiSW091Vq6XEnAWxLFdUSSyywlK3P+T93VT6Yj6uqIy5XYfSWK+2vxv3u1FZ&#10;DOAXdfrK8Fj1mnvutbMvivXLzfmaczHm/LUodhvx2Wvi3ac/IiJiurlqi+3ba+RmbtXNKohVZbMv&#10;iq1lsap75mvTfmxlsYdeq/j1KIsBAADA6+KdNAAAAAAAAAAAwBugLAYAAJz1zW8VuurJGtSqKkpX&#10;JzkkuHKatZNDiiLXUCWKrJ7EtpXCpl2rosxZnNhdv4+IiKGWm4+rLGuoLP9R5bBNzpiyQFbzy2lZ&#10;rC+KpQd3X5Uy+vnHDqv58vd9lm49tdsAeC4PnNC/oH/N7celakqHqlK+po71WpRFsX17TZw+tdfC&#10;q/dtWq+Nm3yt/C0zUEOODyWxNh5rO9YKZxuuZbHMfk7Dpo0feK3i16MsBgAAAK+Ld9IAAAAAAAAA&#10;AABvgLIYAABw1re+VZhPilxtuqzVklaIqGDYWgw7KY1lJSVLEpHFr9i2asp+exsREbu7ViKb9228&#10;2eTtzHn9rixWhYoxSzB9pWXTl9HW7asZx+NDbeVp38upqx3f+n2+vF5lMYCX9vVlsXoNmuesJ3Wv&#10;wXX5WJWlVb7GjfXaeBUREfOnNr3+0Epit1dtWq+dVRT7bZOvgVVryte6qj/Vq1Jfjyr12rNEK4vx&#10;9vTHhrIYAAAA/Ny8kwYAAAAAAAAAAHgDlMUAAICzvvWtwqEsdlzwqjLEsK4/yxJzVlHqelUS27cK&#10;Suzb5fNdK4fNVRabWlFsyTLFkuv57V27WpUr+vvTjw9ye0/qLV/21WWx2i15/b4QVpTCAH52Z07g&#10;jzBsWplrmdprWRXGTopiVVOq17C5vQbG1KpM83UriN388UdERNxetcLYkK+Vl1kiu8z1bPI1sqaH&#10;umeO6ubWglhp21OX9zUp3g5lMQAAAHhdvJMGAAAAAAAAAAB4A5TFAACAs772rcJaysr+yLyWxY7n&#10;R9ZN1oJY1lRiaeP56kOb5uXLLuspuyyMTa0sVuurksUwtvUMtf6hXb8uX8bKo+QW1bjz2Ps/5z2r&#10;+zdnWaZu71BdqQpL7o9zqz+TEDszG4Cfxv2vJ49xrixWRbGhK4vN+3rtbBWm5erPERGxu/o9IiKu&#10;P+ZraFY4f8vrvcvVXOT6Y87XyG7b67W8XuPmvF6Nl+HwqhcRMdRrvdeqN0dZDAAAAF4X76QBAAAA&#10;AAAAAADeAGUxAADgrK99q3CuLLaOswgxT60Qtuxuc9rGw9QKYvubq8gFIyJiXNrlY1ZXNrl9VTPZ&#10;VBUly2LLkuWxSllUgaIvUZwpi1V0ZR2f+b7Nkuurm1nvf5Y0ai+u4yxj3H+rsVZaTsoc65rO6Tb4&#10;zPYC8KOcP7M/pCpJU77G1WtwlcXGLI9Fzt9u22vlfNdqTNs//k+7/O5TRERMd+21dcwXs3ft0ris&#10;l8p8bY2sO1VZbKlpLjdlQWwaLnKaV1tfS9v2VKmsqlG8HcpiAAAA8Lp4Jw0AAAAAAAAAAPAG+J/F&#10;AAAAAAAAAAAA3oAhWtb+ob9lAgAA/KzWv3HY/9mn4++G3PdD/0N/LOvwVqFfd3P++rV8/omruf25&#10;oCX/RNV+3/501nTX/kzkLv9UVmxv2uL554Uu8voXufVj3sdN/cms+vNFc7t8qdupP+PY/mLW4e8h&#10;5Z9BOtnwvJ9z3s6Sf09p2PTfr2njw97oV9Trr39OrTH/1Fjdr44/Qwnwc6s/s/fZnPXPOa6vQTXs&#10;XkKWJf/8ZL5WLvlacLnJBfPPQdZr6va2/am++fZDRERc/bn9Gcp3+SeYx3zNWF8z87Uy8nY2+ZJR&#10;ry1DvmbUdtWfXl7WP0NZ03b54U8wd7dz8lrEW1d/hrLUsVJ/hnLJP716c93+DOVd/hnKTf4Zyov8&#10;eayOLX+GEgAAAL6Nd9IAAAAAAAAAAABvgLIYAAD8YFUKOdW+u3GokDxUqSr9j++VBslpXZwFkGXY&#10;fL7UkYe+PTJUwSELX1UPqbcQdfmqCg9VxrpthYiY7i+JzftWhog5Kye5M6o0MebqqiRR89fbPXkr&#10;021P3sF1l+S0v9apL++ZvgZz1mMXrIMgl3+4IAbAz2R9Lc/i0cG4FriW4TKndVHlL49fa2sdm9hF&#10;RMSwvr7n5XdXERFx/cff2vDTHxERcbnPGlMu179GV2SzrNu8rv/+177DS1m7/L6fJ0JRjM+PqU7V&#10;6Q6XH/88t8mf0K6vWiVve92O8Vjac+DdmD/T1rFd07Vud/+xCwAAANzPO2kAAAAAAAAAAIA3QFkM&#10;AAB+mCyF1I/bZ8odw9LKX09XP8bneruyWFUc5iyL9XWtz/XfIlmLYnMVUrL4tSYhunpILbfP6kmN&#10;P77PcSuJTVkSm3atNLbMtZ623iqLlYt1Y4+XW1XBbFX7osat2vLYwBcAfI2Tstj6ojuuL0rzmGWx&#10;fNVdMp9ZdaRpbvXNy6psZlkscn5ct1rn/qqVxG6ywjTftPnv8nqbk9dG+LHOFcVK/UxaqhRbP7te&#10;5A9qVRa7u2llsWFuz4HLTV4/S7TKYgAAAPBtvJMGAAAAAAAAAAB4A5TFAADgh6nSV1/jOv7OxhJd&#10;WezcT+cndawqj2QFLOsMVXeockmVxcp93xhZV52lhmUtNlT5oVZa9yGnuyqFtfLD7q4VxGLfxsvt&#10;p4iIGLMMEfPxvjjcpeOyWJUixv72+p1zUk9RFgPg+Z2UxdYLxqyLRczda9KSr3VlmFt1c1Mv20sb&#10;V1Hs5v1/RkTE7YdW7Zy3N235aLf5pyyVjX39E34wZbH/P3v/2txGsuVpvn/3CFC5q+q8PN//U40d&#10;OzY2Npeu7ureuTMlkrjFzX1erLUChIMQKaXIlIjntw0dGUAgAGaX4B4Q/UkAAAAAAH4tXEkDAAAA&#10;AAAAAAAAAAAAwA2gLAYAAAC8mSiLWf3gpC2LxX6kRp4++oyLSlZbLvN7/biynL9eTkkpCl5RJYtC&#10;Q5S/qpdRen9u7HsxTLPVTubRtuNgdZPJC2Oa7fiNn7dLts3+5iMwESWKeD+nd+o/S1toaf/lXCuL&#10;xZn8hSiLAQDexeLlzLUallRiTPLyV/s1XIzF6xhYBtuOVlcaHj9Lko73f0iSpoOVxnK1Mfcu2zN7&#10;ymL4m1AWAwAAAADg18KVNAAAAAAAAAAAAAAAAADcAMpiAAAAwJtpy2Ix7Y7aiFevXiiLvVjFWnMO&#10;z5dEyuzVLi+P5FSfPMe3XmpQXBp4yWEtey1WOSlRFBtsf578/sWOL8WLKn6+T10vScr+OmsBoimL&#10;rWWz9dLk/Dwn7b+c53/mU32NshgA4P0sPi4lH39s3DtfqxljXoxhUQKLyqb2W0nS4cFKYsP2ix0+&#10;7iVJnY/RvT+vi1roS3kn4I289H96lMUAAAAAAPi5cCUNAAAAAAAAAAAAAAAAADeAshgAAADwZl4q&#10;i8W9Vt86OS+MvVjFulIWi7tPT3867W+KXYsVw04lMdtOu0dJUvWywzLZcdVLY/GzedhBvdfLovSg&#10;cu1Swysqa1nMqyjx78qflzvbPRUrKIsBAH4+Mc7MPn6txaPUrcWvHGNeU0eKMTjNNtaOj39KknZf&#10;/iVJKsNBknSXbGz+1Nm5u2r7UfUMjHl4b5TFAAAAAAD4tXAlDQAAAAAAAAAAAAAAAAA3gLIYAAAA&#10;8GaeL4vVqG6FeqUs5l6crF8ri0W9K+pea8ZLUvGS2GxVkjodbXf0YphXTqbB7k/Vyg612PHZ31WU&#10;ISL40MW79TvKcr4+pb30SOv+86WxKIuF0/HhSllsRVkMAPD2YpyZopQpG8BydxrbuhjDfCxtq57D&#10;l98lSdN+K0kad/eSpDzbcb9t7PBPcUI/z7LYPKN2Np9gzMN7oywGAAAAAMCvhStpAAAAAAAAAAAA&#10;AAAAALgBlMUAAACAN/Paslis4Yjta5Mg51WuqDPE/VEW0+QFk9gv5VQzGazYMIxWcJiOVhIrs23v&#10;Nl5Gkf0MURSLnylHGcK3UXoo/rN0m99s34sRcelR43x+ulMZwvbjgVqaWtrFpcuVspj/K6ysjwEA&#10;vIO1LFb8H7Jtuyyt/VCvIp2KYjYGa7Ex9/4//5vtTwdJUpqs9tkne96dD2m9j6FRBx29TJY+3UmM&#10;ffgbUBYDAAAAAODXwpU0AAAAAAAAAAAAAAAAANwAymIAAADAC75/umy1hMWrCBEUS15XiBrCqSzm&#10;okriUo7Ho1BmalMsO5XFovIVZTE/brKSSRkPGkermCyjvbfi77Hz53ReMfEwipKsWhIlsdTWy9aK&#10;mu/6z1hlZbLLysnzRbDrTTV/vW/8/4oovQAA8Brr2PyNYrypeSNJGkargy3TpH9srC3WffLGmBfD&#10;xj/+pyRp9/l3SVKabZzui425fbVt5+N95/vrGByxT3/t2QftyzEXeFsvzc9eKot1vjsOe+lJWWzx&#10;P0dRtu38/9Y7f8GYo2efbwIAAAAAgNfh2yMAAAAAAAAAAAAAAAAAuAGUxQAAAIAXfP902Stca25h&#10;zW6tR5hmDUf7ekvUF6Ig5vev5/VyWJTGSrPdb+3h2Yok8zyreL2kzFYUi7JDlMNeXRSLMsQq9r0s&#10;lqyiUi9+5uddHnX+7+KlckWLshgA4Fv85bJYlDVjPC3LOpZqtKLYsr+XJB3u/7C7d4+SpDs/rvNx&#10;PWqfufg25hVrWcz24zUpi+Hv8tL87K+WxU5FMdvGnwXKYgAAAAAAfB++PQIAAAAAAAAAAAAAAACA&#10;G0BZDAAAAHjB90+XmyJYo66VrnMp7lnDYV4kWZd6+ANrSczrYIvVwubJyiVpscfnrZXFsu/XWlW9&#10;WnIqO0SZIbbnxbC1JPZSWcwLEarnZTEAAH4F31sWCzFnSH0M2lUabBwevvwpSTo82LYe7f5usXF7&#10;k+25XT2vevrdTyYGJt7pOl2gLIa/yZWp7uqlsljvab5rZbGYn1IWAwAAAADgx+DbIwAAAAAAAAAA&#10;AAAAAAC4AZTFAAAAgBd873TZIwkqUT+Imld5vgyS/Z/WstgaN4lalxfGvBCm+Wh3T1ZdmEfbn7ws&#10;VmcrjqXRimNdnD+dyilRK0n+DzVqZf6aeS2seCkl3noUxFbxHn13fe9eGGOdCgDgA1vHxxhHO79j&#10;mbU8fpYk7bwsNu5sf+Pj+m9+bPJCaNQ7U1STmmlIaeJnNcbqtep5/jjw1v5qWWzj88ThaEUxymIA&#10;AAAAALwt/sYGAAAAAAAAAAAAAAAAAG4AZTEAAADgBd87XY6yx+zlkDa6FaWQ7DmGKIudeHXBSyPr&#10;1isLxbfTuLf92R6vxYtiXjDr/TRruSwlpSsJiKifhSiQnd59aMtipv0JXtKe9dLX17e8VE+58mMC&#10;APBDRQ1MMW7GWL171GFrJbFx92CHTFZNuvPn3HVeSYrxO+qebVEsap0REnvSJgX+Ti/Nt14siyUr&#10;g41XymJxPGUxAAAAAAB+DL5NAgAAAAAAAAAAAAAAAIAbQFkMAAAAeMH3Tpej/FGifuD3R+HrtHLD&#10;al6peGWheN3LCyPzzuoKqRzt6NG2ZbbtWiKptu38lfrsJbHzWJhdBrRFrvgZfVv88TUs9qIojcVP&#10;ZfsvPf3lf7NfX99CWQwA8CN975ifo5QUw9b2iyRp/+Wzhv29PeSVpCwrgd7JyqNJNn7366h4Xu8s&#10;XmWqURbz0TXuD22JDHgvL823XiyL5V6SNDVlsXmwem72PxunLWUxAAAAAAD+iq//zQsAAAAAAAAA&#10;AAAAAAAA4EOgLAYAAAC84Huny1G9WppCSJTFktcRymJFkTrF1oths5VHpoNXFartp8Uez9WKJFEg&#10;y15niDJJisxDjTUivi315eSXa8tdUTO5sL5WJMn8PXg5IjX/Dk7O169c/ptuHr/y8te8VLoAAOCp&#10;7x3zoyxWHq0oNu0fJEmHxwcto1WSPnlBbJMt+ZnrIElKPg/oYozz8TxKYlEQW7c+Fi++n32cj7GW&#10;whje20vzrdeWxaIkdtxvz/YpiwEAAAAA8GNRFgMAAAAAAAAAAAAAAACAG0BZDAAAAL+OdtbqNYLv&#10;9/zaifZl6sU9Zq0itJr3VYoVRBTFjxTJMSuDzV4UW4aDJGk82rbOVhDrqj2/85JYJ9tPstJYF9P5&#10;6oUxf18xzU/pzh4PZ9N//3cQ76nZ1uZnvFoWa10tiz3/7zxc/pumLAYAeL1rn/vt+NHuh9NXZD5+&#10;NeeLotGJ7xfbPvzn/2m7PpaX8bCWQD95/OhT72Okl0GjENq+dpTEojAWY/Dp/kBZDH+v9s9J68Wy&#10;WLeRJM1Hq/BFWWwZ7c9RHE9ZDAAAAACAH+Prf1MDAAAAAAAAAAAAAAAAAPgQKIsBAADgHbQVjlaz&#10;huHF2WmcL6oE7ROaitX6cJMRWSsH54WO9t1GFyytNYPzqkHcf/G+vCSyntlLYvKC2DRYOWwZvSzm&#10;JTF5SSyvBbGoKdjzc4nX9/N5leFU8Yr34z9v9bJYvb5W5Fph5cdp/v8EAIAfaJ0KtNXPpmhUvJxZ&#10;Yohct3aCu42NmfO4lyQt0yBJ2vhxufOCUbG65/z4KEmatrYd7/8lSeqrPZ7r5TxhnT+sw3U78zh3&#10;muW0P8vZLkUx/G0upuKNF8ti/n/bZbE/N+PR/vyNByuMySu9fbb/o48/Q8sSc2bKYgAAAAAAfAv+&#10;pgYAAAAAAAAAAAAAAAAAbgBlMQAAALyhtpRxrS71F8ti8YQoc1w8v309T3E0ZbHiTyz++Ok07Qmt&#10;BHYqjJ0XwE68/LXf+a7VSerkJbHR9mevKKg0xZF4vr/OWhhragynOoMft75d/zmiLHbx7wEAgI/h&#10;W8tii999KmvGCXxsLTZWd36+HHOM4mPzwSqhx8cvkqRpd2/HHa2EtFnrosDHR1kMAAAAAIBfC39b&#10;BAAAAAAAAAAAAAAAAAA3gLIYAAAA3lBb2or9ds3Ct5bF3FoSOy9rXfBiV42imL/eGiHx2kHy2sjF&#10;u/Y6SBS9PGqgHK9XrT4irxus1RGvkoz3Vh1JXkso/n7KYo/HdHwtlfm/jpzifP66TVEtSmPrj31R&#10;Voufsz/bBwDgozmVxZoHorIZJTG/t/hYXpu5wzRbMeyTh4q6GJR9TNfBaqEHL4odHh8kSfVgJaR/&#10;SzYH6CiL4YZcm4IHymIAAAAAAPxc+NsiAAAAAAAAAAAAAAAAALgBlMUAAADwhs5LWCftmoVXlsUi&#10;DLaWtOKBa69jStQLgudFqj8/imLXzNMgSeq9LpK7tUtiG68a1MFqI6PXRZbBnqdylCRlryJEWWyt&#10;KrjLspjtp+LbUw/F99uf9/mfU15zqO2/ZwAAPoiLstE6yJ/vnspizRO8cFQXH/M9VJSqVz5HK44d&#10;7z9LT4pi89HG+M5rof/Idh7KYrgl7R+nFmUxAAAAAAB+LvxtEQAAAAAAAAAAAAAAAADcAMpiAAAA&#10;eEPXil/tmoXXlcXWSIg/HvvXeSVEXgW5Ip0SZb4f4oXi+VESs3qIZquJ1NEqJJPXRcbB6iOLP/6P&#10;TS9JSl4ZWaffXgwLa0nMS2edv35dS2Ttv5j232u7H/9ez0tqAAB8VKkZ7Nqxr14kkM5rncnLYCpe&#10;BjtaNfTweG/bByuLLT7Wx9j9m4/d2ctkXVs1BT6wiz9WDcpiAAAAAAD8XNq/pQMAAAAAAAAAAAAA&#10;AAAAfECUxQAAAPCG2rJYTDvb1f/Pl8XaGkjr9c2O9n2cW2sizX5UDNYHFquMlO2DJGnw2sHiZbFU&#10;rTiWvS7SZ/tBuni+F8pO0297neo/aPbKQpTF1h+/KZBdpNfah8NFTeV8HwCAD6c2cwwvF52cj8Hr&#10;mC8vifnYHUWxoxfFjo9fJEnTwe7PUTryQf5TDPajlZGifATcAspiAAAAAAD8WiiLAQAAAAAAAAAA&#10;AAAAAMANoCwGAACAN9QWvV5XFrs2OX2p0XHtee37SH5kbKP4FduohcirB9UrIWU6SJLmvW9Hqx4k&#10;L451XiPZdL0kKXe2XyYrj12IDIMnv9rw10Wlod2/Jo5bU2l2B2UxAMBHVy/mGOdj/9WiWHw1NljJ&#10;aNw/SpIOXhSbvSjWFXtel2yuEOeNuUP2MTcCZcAtuJizNiiLAQAAAADwc6EsBgAAAAAAAAAAAAAA&#10;AAA3gLIYAAAA3lBbFgvtmoUfWxa7DGh5NeRKUawWezz7Vr6N6sHDP/8pSer8HXR+f6+oiNjToiYS&#10;RbJ4x/OVslhK5++0O6XAzu6/3G/U5t9n+y8ieyHtpewDAAC/qLWe6f9QYmz2oe9UFY2SWFMU8/vL&#10;/R+SpGH3IEk6+DbN9vgni4eq8zF88TF+Go+SpH/cfbIDgBvy0hSTshgAAAAAAD+X9m/pAAAAAAAA&#10;AAAAAAAAAAAfEGUxAAAAvKHvK4ut4S+vgkyTbSPElf3w2IZ4ldPdXh2oVimImkjUD5KXxRZ/gTId&#10;bDt4CczrBtX3O6+QRJ0kCmNRR0jxDtayVzPN9nrChbYM1lpzKbH/wvHxbyBez7eUxQAAH1UMlcts&#10;Y172SUIX+c8YA4tPKmYb4zX7mO/3//H//F92uNdDY+zv1jnE+RwgxtgomAG36KUp5ktlsc53s+9H&#10;sW/YP0qS5tH2c8zB/QXjK+304twYAAAAAAA8xZU0AAAAAAAAAAAAAAAAANwAymIAAAB4B1HUattf&#10;V9YuvDA7jdnr6TAvZ3kp7FTw8vrAmvuwx6uXxObxaPd6raB4XST548nLYrnY806VkfOS2Kmm0Lyx&#10;NQgW9YTYb7xUQ6AsBgDAqywxRnuOtFuHUJ8jFCuEabSaqPZbSdJ83EmStvd/Smc1US+LrQWja0Wx&#10;do4D3I6XppiUxQAAAAAA+LlwJQ0AAAAAAAAAAAAAAAAAN4CyGAAAAN5cXWsbJr20ZuGl2alPX6tX&#10;QpKXv05Zg3i982qBJiuFTYPVRGavihSvFdRij/fFayH+RvK6H5WRqBiocf5znrzw87baktiFbzwf&#10;ZTEAwI2Iymjy5FeM2evkwsd87R4kSfv7P+zunRWM+hjjfczPMdfwEtJpBL425gO356UpJmUxAAAA&#10;AAB+LlxJAwAAAAAAAAAAAAAAAMANoCwGAACAN1e8yhEuV/+fl7ROdQL/By97rfteCzklyPxxr4mc&#10;9m07PX6xexcrh5XJaiHLfJQkpcXrIV4z2Pjb6fxt1nmy49bayDfWRC5+3hdcK4vF3XG+dT8ej587&#10;HqcoBgC4FTbmRVHsNDj6dvaK6NaKYsPjvW0fPkuSlsHmBP/Y2BgaY32Or8xijP3WOQBwA16aalIW&#10;AwAAAADg58KVNAAAAAAAAAAAAAAAAADcAMpiAAAAeHPFKwDR4mhXLLQ1gnZfXvZan5g8qZWsCLae&#10;efLjvCCmYtvtZ6uGJNnxqUQhzPY7nw7nZGWyLgpiUe4q8TqhrYrYGzu97baecKUU9o3iNPHv53I/&#10;6gr2AEUxAMDt8LKYj+VrhbT4/s6KYvvPf0qShq2VxbIXi3qvoEZVNOYG7ZjfDumXM4L2HuDje2nK&#10;SVkMAAAAAICfC1fSAAAAAAAAAAAAAAAAAHADKIsBAADgzaxNDq8HvFQWW7fxwFodaKerXvqqvvX6&#10;gMa97Y5WFFtmu794jaDz80WVIHlFZK2AVNtPcV6vkaSus/3QVEVqlMXW+/0n9Dvi7osf4wVtveTS&#10;N54QAIAPKq2zDK+L+lheB5sbHB+tJDZ8se1ytPvv/Hm/bXzQnb1Cug6x9ng7Ji++394f7yPCZsAt&#10;eGmOS1kMAAAAAICfC1fSAAAAAAAAAAAAAAAAAHADKIsBAADgzaxlMa8FFK9vtLWNqHCcymJR+ooD&#10;/B+KF7+8GKbpaIdNB0nS6Ntl8prIYsd9SlH4svOsJbEoh3lRbC2VxX4cF2WxtijmlYQoi8XPF/vJ&#10;cyNd8X17+MLFZNyrCq31uKv5huefR20BAPDRpaiOFhv7p+ODJGnY7SRJ49b269HmDv1ix9/5mBth&#10;MS3NHMC19dCrZbG1Yvr8mAx8RFenpo6yGAAAAAAAPxeupAEAAAAAAAAAAAAAAADgBlAWAwAAuAnX&#10;6hbnawdemhReK2O9ZLpy4iiMRUksR9nr1CTzzWTbebTtsJckLV4ZWLwoVhY7LkUxzM9zl+2dr9Ne&#10;f7zKtnmdDkfloHnDF6UvL4o1JbHS3P9yWczOG8+/fB1z8a+vfX9X///XUFsAALyfr49J7dzj2z1/&#10;/iSfI4xWEhse/5Qkbb98liSVo80ZNj7W/tbZ+8g+J9Bsc5AoF7XWMd+37ZgfKIvhFl1MTV1b5Atr&#10;WSz2/c9L538+i8/xj3v787yMNtePP58pqsFeA2auCwAAAADAt+FKGgAAAAAAAAAAAAAAAABuAGUx&#10;AACADy1W7T9ft6i+3L8mW0OwrNPCZvW/VwGiBBb5gFNFwM7flrOimLX4CeJdREyges0jV6sH9FEY&#10;y1758PKX9lvbTkdJUvG6wDJZRaROXhTzuoDHQtbqwHXn0+D157lS+AqXk+fn6yIhCmOX1hds9gEA&#10;+NXY2FlzVEIbXv45FYBiPw54aaz0KqiP9eujPjnJXha7/z/+f5Kku8XmCqeqqM9Vmspou4rypbLY&#10;iT2znTFQFMNtev7/7suVsthaF17/ONpc/q7rzvaHw6MkaTran+dTuS+uReLP/8UfUAAAAAAA8BXt&#10;d2IAAAAAAAAAAAAAAAAAgA+IshgAAMCH1pbFzktWZV2Ff14Wi9JYaFcYtNWNWOW/run3/TjPnKwS&#10;MPvTuth6wauTV0i8MKbZ6gGarSQ2760qoNmqIZqtNlBnOz57LWStFESmYC2Lfb38BQAA/qq2LBZz&#10;D59FXC2Kxb4P0jEXiQypS53vxxO9PDSONjdIxwdJ0vz7/yNJultsDhFfeV3btl6ukgI4aYpi/ufz&#10;dI0Rni+Lhepz+763a4a02OdIlMWGg/15VrX7ez9/lAZjHwAAAAAAvE77934AAAAAAAAAAAAAAAAA&#10;gA+IshgAAMCH1pbFgq0ZKGshLMpivkp/Pc60kY3kR8TKgyiLnR73uogfMZeoDNh+78/vIjEmqwlE&#10;UWw+bG072HY57CRJ2WsCebGKQLcWzfx8a1Ug6iOUxQAAeB8x9tpYfTHmNmWxk/PSWPFaqIqdJ2qh&#10;ufMTxnmHvSTp8cGKYuPDH5Kkf5tt/67Y3CLOR1EMeAs/piwmL4l1nX8eNGWx8ej1Yb8WiEsIymIA&#10;AAAAAHyf9hs6AAAAAAAAAAAAAAAAAMAHRFkMAADgJrRlMVPXkphtbW3+a8piIQpjUfjybXOCeY5a&#10;QGePZz9D9aLYeJQkTYMVxOajFcXqbPcXfzzO3/s77f39r6Wz9XWjbmKbmux1AQDAW4mx98qcI6qm&#10;VwJAMYYvXg/NPpnoYlbiBSHNNneYdjZX2N1/kSSNu3tJ0v+nGyVJG59jtEWxa1+BURYDvsffUxaL&#10;kliUxdZYMQAAAAAAeBXKYgAAAAAAAAAAAAAAAABwAyiLAQAA3IIrs724O7avLYuFtei1VgWiMGb3&#10;RwmsTlb5SNnXKsSShcGKYYPXQIajlcWy10A6zw7E86MuErWRXiZKZjGtTcWfF9NcrxQAAIC3FWN/&#10;WOcayctisZ/bApnPIaIw5HOPFGP5cJAkLVsrih19Ox3t/uw10rtsBaLOC0QvFcUCZTHge/zYsljf&#10;e4W4KYsNB/vzTVkMAAAAAIAfg781AwAAAAAAAAAAAAAAAIAbQFkMAADgFlyZ7a13+z+sfTCPAcTj&#10;l7ENL3j5M05lsfP7k2z1v45WBlPy47wKUPZ7SdLey2LzZDWQjUUFtOl9bYPXBaIoFpWRWPlAWQwA&#10;gL9XjMXXFB+K27JY9blBqrYti9VFP8UsxOcAy6MXhu59zrC3sljvY/2dp4rKbKUxpfOy2DUUxYC/&#10;4seUxVLxQpjP2duy2Hi0a4S4hjiVxPxaxOf+AAAAAADgdfhbMwAAAAAAAAAAAAAAAAC4AZTFAAAA&#10;bkGz6D8W+7ezwLYstmr2k2z1/7qaf22QRVEsKiF+nFcBNBwlSfNk22W0SsBSrCISxbAu2fNSZAe8&#10;FhCPh1NZrH3DLaa7AAC8pbUs1o7Jvlt8TF9iDhK1US+AxdxBs9VIk9dGdbRS2PhoRbGytSpp8tLQ&#10;nR2l3lNDc7Xnl3WuYtqvvqIoRlkM+Cv+nrJY7+evfq1BWQwAAAAAgG9DWQwAAAAAAAAAAAAAAAAA&#10;bgBlMQAAgFtwpSwWwa3zLthJFMZO0Q1fvb8e6cWvdT/qIPGwFcP0YDUQ7a0OcDjsJEnFawCfNr0k&#10;qevsmcWrAcvkz3ex0iGmr1EDyf7IRSXEt9VrBQAA4G2slc/SrEvMNkeIsljxothlWczG6ur10eJF&#10;seXxwfZ3W0lSPlhhqPcC2SZe16uks89Nir/uta+8LuYMAL7Djy2L9X1n+01ZbDjY5wJlMQAAAAAA&#10;fgzKYgAAAAAAAAAAAAAAAABwAyiLAQAA3AJbhH9Kfl1ZMhBxjtZSovBl9YAcEY+1JObVkMUqH9No&#10;W01WBan3nyVJ/Vr4ippI1AjOS2Vx/0V14Oqstf2B2h/k6hMBAMAPEGWxOnv9M1shSBYPXQtAc7Ey&#10;WMk2h9jc2Riee3v+8c9/SZIOn/+QJE33ViftF5uL/Ief927xOcUccwg/f1RK26kBgDfwY8pi/sdf&#10;xa8Vsm/rYp8X49G3w94ftxNsNvZ5UKe42AEAAAAAAK/BV2cAAAAAAAAAAAAAAAAAcAMoiwEAANyC&#10;mO3FNhb7+/46GfT7T7NDL4fF8v/q+9UrAr6vYtvFS2LDcLTjBtvvRtv2ftxJFMbiBdvSmGnbBKrt&#10;mod2v30G010AAN5SlMUkL4rFZMKLYsq+7WyMr5E9LVYjrV4ce/zzd0nS/PhoDx92kqTf7Gj9e7LX&#10;yXOUxbx+6q83byxlRlkMeA9vWxaLz4fhYNcWlMUAAAAAAPgx+OoMAAAAAAAAAAAAAAAAAG4AZTEA&#10;AIBb0M72fPoX08C61kCi9HVe+MqdrzGoXu9YvAIy2yr/OlkNZB5tO3lRbPGi2L/Zs9RFkSysr9OU&#10;xdb7r3ihLHaqm5i6lssAAMDbsLE39Z9sd7Q5Q/UyUOp8LN744YvNIabdgyRp2Nt2/+UPe3yyx+8W&#10;mxP8o7ex/lMM6VEUm6JcZq8/d1YaoiwGvId2bv82ZbHxaNcYw9FKg5TFAAAAAAD4a/jqDAAAAAAA&#10;AAAAAAAAAABuAGUxAACAW9DO9i7KYrZN6zJ/qwSkiAIkX90/2+r+Mtiq/sULYtXrH0uUxhY7Pvl2&#10;4yeiLAYAwMeWek+HzVEG8gJYzCVijD8+SpL2D59td/tFkrSs5SB73j98SP/kldOu2POLl4Sy76u3&#10;wtDscwLKYsB7aOf231cW6/xaoPq1QpTFkleNh4NdY7Rlsd6Lg+vnDQAAAAAAeBW+OgMAAAAAAAAA&#10;AAAAAACAG0BZDAAA4CbYKv1r077T2v8oe/lulMDmwbajlcTG3b3dPe7PHu+8FtJ52StKZbXYfm7r&#10;A+vrNWWx5ri2TXAKhfnah4vS2LkmNAYAAN5IWrOkrloBTMXqpDra3CHmEsPWymKz338XdVMvi218&#10;btHHaRfbn2d7PEe99O5OkjQtPvdg7AfewY8pi2W/5oiyWB/VYf/cGI92rXE8bO14L4t1nV9z+OcC&#10;AAAAAAB4na//rRoAAAAAAAAAAAAAAAAA4EOgLAYAAHADSrGqR1v7SJHoiulglMTK4kfY8+reimLL&#10;aKv5x8PODpts2/nz7zwTEKv85a9XFt/avatTaezrhbG2TXAqi4WvF8aoiwAA8D6WKAPlGHxjLmFz&#10;huPjF0nSuLWtBiuKZS+J/SMSYrMVhZKfr4tikc9RlsXnKp2N/f3dxp42URYD3s/blsVStc+Ftiym&#10;2f78972dl7IYAAAAAADf5vm/TQMAAAAAAAAAAAAAAAAAfCiUxQAAAG7AWhbzZfypWe1fvdJRvOKh&#10;2Vbxl8X2571VP+pshbE02er+XO3xWP3fySsfKVb329qEol6StKRYqxDFsKYs5uc5FcfM6Tjfv5i9&#10;NmsgmsIYdREAAN5WjLWLzwWiFKTpKEkatg+SpPHeimLz3vY3s81R7pJtf/M6aZlsjlH9fFEtjUjq&#10;HCUi3899J0la7DQA3sWPKYultWpsD7y2LBafC7lcXBwAAAAAAICvoCwGAAAAAAAAAAAAAAAAADeA&#10;shgAAMANKF4AixrHqSx2Xv2IiscyeEnM98fDTpLUyXIdXbXV/Js4X/IaQEwrFy+TRWyg/832fXe1&#10;Fshsm70icOIFsrjbj09NOewCZTEAwM1qR9uvj5nJB8kYK2PMvdxvx+iGl8FSjrmFlYCmvc0hhkcr&#10;iU2P95KkMlittPf66Scf43ufrJTZ5iZhs7FyWOpsW3wuskTBzOullUEfeEc/piwmL4NFTbhb5/y2&#10;nQ52bXL0a5LqCcE+++eCfx6E659jP3YfAAAAAIBf1de/MQQAAAAAAAAAAAAAAAAAfAhJlMUAAADe&#10;x7fMuGIx/rc85zl+nrJY3cMX30teCJPXPLR/lCRNe6t+FC+LJS+EZV8+n311f7ryxk6r7b1Scv7w&#10;dX7+l1fpR72ANQ8AAJyLMfpKWeyiyumDdtzfzj1yPO77UQONkpcrsqJPls01VG0OocfPkqT9vc0t&#10;ogiUS1Mn9fNnz5HmtSoaW3/84ucybfFnicJY/DwA3tDzZbH2D2DxP5cr/9yJP9frV9NeCIujOz/f&#10;Mlhp8Oilwnmya5TOP6Di4+pUK36693b74eVrGAAAAAAAfi7ttS0AAAAAAAAAAAAAAAAA4AOiLAYA&#10;APBe3nDG1c7m1n1fZZ/T6A949WOybR0PkqTluJUklcFW62uy1fvZy2N9F3URX0+/xkZi7YFXPPyB&#10;Uz3AV/f7+7lWJAMAAH+Vl7ja0s9FWSwSPM+XfpRikLfCzzqpiHROu/WymEoUxf5p2/0XSdJhZ3OL&#10;yUtA8bTO5wprMax4Iah5/+3LncpjTw4SZTHg7/HXymIh/lwXv/bo/HOq86LhNNi1zOCFwmW0a5nk&#10;r9crtJ9/76PjEgcAAAAA8IuhLAYAAAAAAAAAAAAAAAAAN4CyGAAAwK+orWnEIv7Y+gFJtjo/Z6t5&#10;aLTqx7S3VfnzYEUxjV4Sq7Zqv/dV/VES62KJAWUxAAB+am1Z7DTyNmWxpuwTUvb7Yy5QvBx2SoLZ&#10;Nspji88xJptbHH//v+3wweYc42hzi/jqaS2K+eskP09dfM7RJMPaspi8NBRzixZlMeA9/diyWPXP&#10;gyiLZS8XUhYDAAAAAODHev6bQQAAAAAAAAAAAAAAAADAh0JZDAAA4L08N+N6ZfUipmspff0JsRo/&#10;EmPJS2FabPV9OT5KksaDFcViVf6mWhWk89X7XazKj/NFVSRcKYst6/tragFeJKMsBgDA22rCXGvg&#10;57L+2bKxuo8yl4/9a6nMi17rC4w2d6hR+jna3GL/x39KkrLPPdo5TBTFOt+vixXMSvHXv/L22rLY&#10;xf0u5iaUxYD38D5lsdk/b457+5wpk13jRFmsW7/apiwGAAAAAMBrXPkKDgAAAAAAAAAAAAAAAADw&#10;kVAWAwAAeCffMuFqYxilWHUjZa9zrEe0Z40SmN9frOox3v9hu+Pet3Z/rnbe3s8bW3kJTF77iFLZ&#10;qebh1Q7KYgAA/FRSU/SJ3SWKYc39xcf2dUT3/eRjd+f3r3OMyQo/2llR7Lh9kCSNu3tJUhpsP2ql&#10;URRrtzFXiTlOlMW6vp0FmZiitOWg9ujT3ATA2/sxZbHOnxefB1EW6/zzaBqsJDZEydCvZSiLAQAA&#10;AADwffgGDQAAAAAAAAAAAAAAAABuAGUxAACAN9ZOtM7bXM87rcW3o4sXwKL2cTprsz/bcbNvU7FV&#10;+Lvf/0uS1Pl+9ud1/rwoiuU4T/F6yFoUi61togZQ10pAUxarvW2jVkJZDACAN+blrhijowLqY3FZ&#10;S2K2XXJbBPISmI/Zd+sY7o8vNofQziql86OVxI4PVhKbj3b/p2zn6ZvCT7xunG9p5jLx1VRUVK/7&#10;ejkoN8UiAG+p/RzxP7/fWRar1T4/oiyWvVA4j1Y0PO63kqQy2edRlMWylwkv3s87oSwGAAAAAPjV&#10;8A0aAAAAAAAAAAAAAAAAANwAymIAAABvrJ1oPbfevf0N/rQeFVsvfcmKYetZvThWZltdP49HSdI0&#10;2er75Kvuy+Nn6UklpPfF/lH6Sr6Kfy2KRSEsXj/2KYsBAPCT8rJYsTE4xugoiy2x9aH7VBaLsd/H&#10;ai+IffLjutnmFDoeJEmTl8Smh0dJ0nKwuUdX7LiNJ3baMb/EV0++jUdzZ9vkc4jZ5zbhYuawVlaf&#10;F2W1FwNlAH4AymKiLAYAAAAA+AW1fy8JAAAAAAAAAAAAAAAAAPiAKIsBAAC8sXai9XS9e/ub+6c1&#10;+FHVaItivr+WwGxV/eJFseNxL0maBrtfo1VA/s2LYXfxgp1nPIqfN6ohsSp/DYb5P6yr9X0/aiV+&#10;r2Tni/22HkBZDACAtxZlsTvpSdgnRt4l25gfRbEl0lvJ7s8+10iLzQnufMaSfY5QHq0oNny+lyQt&#10;u50kqVtsjrGJCKmP+dWfH185FX8nsZ99jpE9d9r53GSYBz11mlvEPc+Xg2LmQVkMeE9vWxbrvCQY&#10;1zbDwT53ltE+JyiLAQAAAADwfdq/nwQAAAAAAAAAAAAAAAAAfECUxQAAAF7pe6dM1VfGe3hDufft&#10;k2MU1Q2vecQqeiV/UuxHYWzxothgq+tjlf00WGEs+fk6X13/Dz9vFL5W7f7V1fjNGgPKYgAA/GS8&#10;LJZ+s12fC8TIW3sbi0tsvVY6zzZ3KD63+Edvz1hibnH/xbbbR0lS2tvx/Wxzkk2Uwvz1s7/iqQR2&#10;rgkOqa5zHFOa/dPcIu6xx9vzRNCooywGvKMfWxZb1msWu3/jMeS62OuMXlEeD7aN4zcpXu/atczb&#10;oiwGAAAAAPjVUBYDAAAAAAAAAAAAAAAAgBtAWQwAAOCVvn/KZCvd49nrwvf1EakWq3Mkr3xcFMW8&#10;+iFfPV9HW00/+3YaBnu4+Gp8P3Pv57vz+ke6KIm5puJxCoC1RbHz+2ts1x/E/iHqARTFAAB4L14W&#10;0yfp6VDuY3xJNhcoXt4pyeYOMfdIXi/tixXGhsd7SdL+8592/N7mHJvZ5hqf/PWiqJNmO2/O53OH&#10;tjDWFsEoiwG/srcpi3X++RJlsTLb5xRlMQAAAAAAfgzKYgAAAAAAAAAAAAAAAABwA5IoiwEAALzK&#10;X50ypadJMUnLsij56vccFY210GV1D0Vp7PBod09WGBuHnSRp9n0tdnz2IlnnrxUrA7olqiGvXG2/&#10;ZtCurC3wGkBEA9q6R3sHZTEAAN6ajb1Vve9ZkqfKq6ReDiteM1Wyglj24ljnc5F5Z3OOo5fFDl+s&#10;LFbHgyTpN59dfOq84FVsjI/yT9dt9DXtnOF7y2KtmLEkymLAO/oxZbHed6MUFn9+oyxWF3ud4WDX&#10;QJTFAAAAAAD4a6787R8AAAAAAAAAAAAAAAAA4COhLAYAAPBKf3XKlNaV9rZdlmWteCjHanivfUT1&#10;Yxns3ocH2528KDZ6UcwLZBs/T/bzxEul6kWx5q2vAbPX7jclsda1+0P7+gAA4EfzOUC+kySVYnOD&#10;UqIgFjVTr5ZGxXSyQo8Wm1vsvCQ2H33O4QWf5AWfT17wucue/Cl2vni97K8froSGTs3RV5bFVv54&#10;2w+iLAb8Hf6esth0tNJhHG89RV2+n3dCWQwAAAAA8KuhLAYAAAAAAAAAAAAAAAAAN4CyGAAAwCt9&#10;/5TJV7h75atWL2/oScIrVuEXWx2vwSsfXhA7bB8lSbXYKvq02LmiTHYXZbJYCrBYLWTx43KOMpht&#10;20X/L+/bP9QribArdwMAgHfjZbHeyl7LZHOK6nOLPlI9keCZvFK6vbfd3Rfb9bJYl22O0XvbK/k8&#10;KKqlKraf25JPPTV+9GSqc3Wq0JbCmrJYWJ9/5fFAWQx4T29TFuv8k6P3spiastjoxUPKYgAAAAAA&#10;fB/KYgAAAAAAAAAAAAAAAABwAyiLAQAAvNL3T5m8mLGMkqRuzXCl0+p3r37UcbDdo62an3x/8dJY&#10;V60Y1vnzeq9+pCiLxfm8LLZGzbIty69r38MfjiCZv6XTfqwpeGF1vv8sp7LYteNZowAAwFtaa6Cd&#10;NXbKZHOBWqwE1mcvgkWj62jV0uWzlcQO28+SpGln9/92Z2P35s7Ol7yMGtXS2MYkokv+uj4VeG3Z&#10;q7SlsHb/gj3e1lDDaQ4D4O21f36/ryy26ez4KIWtIcQXymKl+LXRep320ufH26AsBgAAAAD41fAN&#10;GgAAAAAAAAAAAAAAAADcAMpiAAAAr/S9U6bU1MOUouwhabb7luEgSZp8W3xbvRCWilXJej/XJhbr&#10;V3t+ioyHVz/WVf3Ji2K+mn9pVvU/bZyd7cdq/4u6h+2vtZArZbHzloBUWaMAAMCbipBPjPkxqnde&#10;FtNscwl5vXTZfpEkTQ/3th22kqSNV0yznyZHvdTnBIvPh4rsvFEvTcmOSx43fb22TNTOPVrnj18W&#10;zJhzAO+n/fP7PmWx6WjXSnE8ZTEAAAAAAL4N36ABAAAAAAAAAAAAAAAAwA2gLAYAAG7ISyvNn69u&#10;rfvtHeGirnUuyRMb1cseURYrizQcJUnj4VGSNB1slbzmQZLUed0jFtX3Efzyc9Y5tl4tczkO7O/s&#10;cX9vy7rI//vWDOQol4WLn52yGADg1rWjYGjHTPdCSet0eDNPWbOgUf6yI0uxuUHfx+N+huNekjR9&#10;+VOSNN5bUWzx0ljnz/u3O5t1LJOVyGafi6xjfOfvwycnxcti8dVSXtofMN53/JztfuOFfx8Xc5EL&#10;zDmA9/P8tUFbFgsXhTG38c+RU1nMztN3/kHm94/+OTYc7BqqrGWxKDfb+2k/Zd5qP1x8rgMAAAAA&#10;8JNrr20BAAAAAAAAAAAAAAAAAB8QZTEAAHADfA14lDFi5rMueLd/iPpV9RXv5WoZxLSPlsXOX4q9&#10;Xp/tiK7zIxerhWmybRmPWgZbHb+Mtjo+jonV8VEWO1U0fNX8+jO8tq7hP1PsXlnt/5J00VsDAAAm&#10;5hOR9PJ7fQxPa5Mmyju+H2P5uu+H+TziYiz3A5Zk2+SJr66zOUIqNrfQ7HOLo80thkermMZ28Zpp&#10;73OO3/x8UUKN9x3JnOrvM6YQ60/TzEXWd71OGa41eV6awwD4+cXnWzi/Vri45PA7SnN/t35++vm8&#10;UBj3x+HLaJ9nB//8mo62vevseTme3wTO3mofAAAAAIBfFWUxAAAAAAAAAAAAAAAAALgBSaIsBgAA&#10;PjovVxQvi8W+F8ReKotdhMgaMZNKTYmjy37+KHHsH2w72wr4Mg4XRbG0TPZcL4pFYey0fD3qI767&#10;1jyurQE4r5FcrO4HAAA/SMwbvCxWbexNsjH9alnMH19FUWwds30M90F8jteJEliUTP083WLlMI07&#10;SdKys9LYsLP9eW9zjzTZnKP397OJ15v9/TTpnLYgtuTz/Ti64xsm4IZ40Wv9c2//0F5ztPttV7Dz&#10;z7P4ijrKYsnvj8+VyT+3hr1dT42Dfa79wz+vUlSYAQAAAADAV137W0UAAAAAAAAAAAAAAAAAwAeS&#10;ZKu2WPcJAAA+sKhxNeWOVZRAni+LnR8llaYkln0FfYTETm0NV3wF/OffJUlpGSVJyzxJcxTF7L68&#10;ntPec79W0OKc7Tp85/WSy/wZRTEAAN6HD7YxJre8zJXWr2DaMd33oyzmx8UYHl/dxHyl+P2n8o7N&#10;JdLhsz1+3EqSDl4Wm/ZW4NFkc42Nn2/j854ojJXZ5i0xv4nXebEs5o935crPD+ADet+y2Ozlw7Ys&#10;9pufkbIYAAAAAACvwzd4AAAAAAAAAAAAAAAAAHADKIsBAIAbEGWx51eat0Wxl6wr3quvpI+l9L4f&#10;5RCNVuYo41GSdHz4w+5f7H6VeX1Pudgq+ah49F7riLjImjO7WIffOv8Z2lX8AADgbaVm8D3txlge&#10;d5x/FRPHJa+JlhKlnPOxPx5f9+Nxn0sMf/6X7XpZbDzYPKRMVh7r/fCNv17v7yctNieJ+U3MOdqy&#10;WLzP0uyH5GW1U2kIwMfl1yxvVBbLnm6Ostg02XVUfK5FWeyTX1NRFgMAAAAA4HVe9zeiAAAAAAAA&#10;AAAAAAAAAIBfGmUxAABwM+q1stgLRbEobKwr3X0tvC+Al2IFe5Q4ZlvxPu/2kqTByx6aDpKkXO3x&#10;XMv6nCiKdV4LyVENiddY2vX3z6unN9VgugcAwFs6Bb+aMTvKXFEy9TuKzz8uRugolEZZzOcvnVdH&#10;Uzwe844olk5W2nn8n//p+zYPWSYrjnV+/MbfR29HST6/KT5/6WNe5K8TP03114/3W/wHPhWDvFBG&#10;WQy4IX4ts/55bz8X/N4fVBabZ/s8a8tid15WpCwGAAAAAMDrfP1vRgEAAAAAAAAAAAAAAAAAHwJl&#10;MQAAcDPKZbvjWVESW/dj7XuJlepR/fJtFMu8yFEHK4kdvSw2D1YU+5Rixbs/bz3fqSiW1q0/EP8w&#10;P79Kvq15nH7C8zUB68/wyn8HAADg26xjbbXx/sQLYl7sWlInPSmLxbaVvETa+3yhS14Qk59/HiRJ&#10;9WhlneVg847tv/4pSerjfRQb+zufM0RZbJ2/+OPyMk+UfKL9U6KM1pTE1plFUwxKfkf2whiAj+zH&#10;lsWKFxU7f0Ly+zu/1lmulMU2XlikLAYAAAAAwOvwzR0AAAAAAAAAAAAAAAAA3ADKYgAA4MOLic61&#10;dea5qW1FWeyixlVG3/f7lyh72Mp2DVb4GI9WElsmL4358+78HeSztfTxWmYtijWuzdaulcRO+1d+&#10;FgAA8EOlKH6tZTEfc70kVtVLkuZs+0uy/aUpi/U+F0g+f+h8vtHJ5yGLzTN0eJAkDY/3kqRxZ/sa&#10;7Tg7u5R9lpGakljMd6LoE3XT9iuiq2WxZM9v5yKUxYBb8mPKYvFpEZ8/ry2LTaMVFfvZPvcoiwEA&#10;AAAA8Dp8cwcAAAAAAAAAAAAAAAAAN4CyGAAA+PDasljsxwL3KItdLYpFISS2xYphmn172EmSpqOt&#10;bJ8nK4x1/vwu+4r4YvevmbBaL1bZX3d+4OXk7XwNQPH9qJhd/EwAAOCHOpXFfH4QY6+XxcpaEtv4&#10;9vmy2MbnDXnxspgXxtLiJdPp0baPX3zzT0nS8cHu/4/fPkmSNj51SF74Kj5vWZYonZq+9zlDZ++n&#10;eMksimIxdyjr27Sfay2Oxd1+xm59IusTgY/vbctiOfvnk5+/+OdXlMXGwa7DKIsBAAAAAPBt+OYO&#10;AAAAAAAAAAAAAAAAAG4AZTEAAPDhxURn9CXsnf+6fNu9qMVKGsnLYSlHEaQpjA0HSdLy+CBJmn1F&#10;e/YymQdBpOIr2/283bqG/ula+ud/d7+mtiT2/HGvRVkMAIC3tZbFogDmRZzYFlm5a163VhyLMT7F&#10;2D9bifSTF7+6ZMUcHWzesXz5XZJ03P4hSaqDlU07n4d0PtTHvEReFova6Mu8JNaWgCiLAbjwY8pi&#10;yb+ajpJYlMVCjiu3Ys+Msthhb5+Lm8Wv3yiLAQAAAADwKnxzBwAAAAAAAAAAAAAAAAA3gLIYAAD4&#10;8GKi472PtSh22voRi5U7co0V6b7Nvp2s9KHjVpI072y7jHZ/nCf7Nvl5oljmgZDTWvqaT2+i+R3+&#10;7y+L2bmbxfsUxQAAeGNrxbP6fGEdjK0gVpKN5XOx/aUZrSNkuunt/i6KpqPNN8r2syRpeLSi2OJF&#10;nbzY623idP4VT5zvVPz5ugiCZX/+Wg5rtqGk83JZyOuBr527APh1vW1ZLL6y7uLz0vcpiwEAAAAA&#10;8NfwzR0AAAAAAAAAAAAAAAAA3IAkW6X1ynWmAAAAv56Y6MQK9nXiU2zlear2SLeuRLeV6fIimIrv&#10;b23l+jLufWsljzpbkSx5DazzlEdMsZKvdO96uXgn+cnv7j9fFjtN0s4fX+slF85rIu0qfgAA8Fa8&#10;7pl8PuHzgOpFseqprthfoqRjR6/zkv6Tlcd0sPnG9Pin9KQoVg5WGkuzlXV6f721LFa+7yuemDNc&#10;m0O0Zy1xYFNIy01pDMBH9s5lMTc1ZbE+rscoiwEAAAAA8Cp8gwcAAAAAAAAAAAAAAAAAN4CyGAAA&#10;+PBiotOWxdbiV6xAT35EFMXGg2+t7DFuv0iS6uylMX9+PK/3UkgUxqqfJxVfcd+17+SyLBar7muz&#10;er79Hf8oi8Uq/JNmnf56PtYIAADwHlJTGF1Loz4/iO3Ki2KqMb/wsXxn847dgxXFxt2jJClNNj+5&#10;89fpsxdSfagvPu8I10phrbYT1s4wTmJO8XQ+A+A2vU1ZzD/W1s/PuM4KURY7HuxzsZus+ExZDAAA&#10;AACA1+EbPQAAAAAAAAAAAAAAAAC4AZTFAADAzSix0j0KH8UKHnlNbnhRbPai2H5ru8fd2VY1ql5e&#10;FPNfv8/e4ki+tP70Or40Pl4n1tLXfMp3rGUxr5K98Dv9l2WxWJ/frtN3vhr/pfMCAIDvs5Zz/B8W&#10;n3dEcafLfsCazPHtWiy1Mo7u7yVJ49GKOYMXxZbBSqe9l3PuvMATRbFa7f7qj6+lsHpeL72mxNt7&#10;8Ruia2WxK3MQAB/Y25TF0nJ+PbWJsphfK81H+7wcjna9lga7fqMsBgAAAADA6/C3hQAAAAAAAAAA&#10;AAAAAABwAyiLAQCAm7E0RbCcouzhRY9ptN3BCh7TzlaqL6OVPNLiJTJfMd95KSz5Cve1UObWstjV&#10;+ld+pigWrv1Of6zev3LOqJSEWMWfekmUxQAAeCvVB90lxtyYB/gYvYl5QiR4oiR2tHmGxqPt/vFP&#10;SVKd7PFltGJOLlbMiaJplMritMWLOuvW5znZy2JRDgsxk3ghOLY+/5pm+qMa8ysAN+DHlsXW66q4&#10;tLlSFlsGu26Lslh8jlIWAwAAAADgdb7+jR8AAAAAAAAAAAAAAAAA4EOgLAYAAG5IW+GabTtZyWM5&#10;7CRJ89G2ZbCSh2bbdv68tigWxZCwlkTi8WsVsGfLYvG7/F4BWffOn/tyWezpa0jKlMUAAHhLp7LY&#10;nSSpeGEnFxuTNymKN1409XKptvd2/MEKOcP2iyQpLT5P8QJqlHs8KKbsrxfzjij3zMmOb8th7Rc/&#10;URp7uRxmj5/KQX5/bP3+KIpRFgNuSVybxP6PLYuV9fPTPodSti1lMQAAAAAA/pqvfyMIAAAAAAAA&#10;AAAAAAAAAPgQKIsBAIC/3V+diDQL1Z/R1rZ8xXm1bfGi2Lh9kCTNg69MnwZJUu/H917KyP6O26LY&#10;4ucLa1lsLYy1a+jzk1X2bVnseafXbN5DWxRrcyKJshgAAG8pymIlf7KtF3E6L5l2ilKYFXG0t6LY&#10;8vhZkjRtHyVJKYqmPq9Yy2AxzyjnM6caxR2fb8w+b4nC17Wy2Mnzc4MohoX1KC+NneYk8YjtUxYD&#10;bk97jdJ+8sTnY3ywlObx+Njwj7Mnl2/2D33qJEnZ04rzaJ+nYxShj/b5mb+xLNZ+zgEAAAAAcCue&#10;/0YQAAAAAAAAAAAAAAAAAPChUBYDAADvprRNC89qlStpsHaCMk2+snxjv+9u68tPv/0ep1mWye6P&#10;oleOM9kK9LpYMWzc20r05WAFjzRb6SMXW5HeLbbNcf/6Pr0MEkveY0m6L4lf33db1ogSh29PVbGn&#10;nr3zifbfimkrZy2KYgCAW7JWbJ6RmrG0HUPXLo7PI1pR8oqvUmK7+BPLYo/nbNs++Xyi2vxEXsBZ&#10;tn/6rpXF5r0VTj/5kJ19vrGWb2Je4fOIEO/nxI6L+VVMg67Nt65Zp08X2vRPuw/gdl37XHjdvn9s&#10;qvqFUi1RZPTH/QJwmf1zd7DruGlnn6fdN37Fff1z7tyLBbL2ug8AAAAAgJ9c+40iAAAAAAAAAAAA&#10;AAAAAOADoiwGAADeTVsWK031o52QtOuz4/G2KLb+9nu1ckds1yJIrPRejpKkebCi2HjYS5LK6OWw&#10;2Vaub4od33lhLC1e9oil59XPF+dty2JtYcxFUYzf1wcA4G2dymJtveZ6Wawdty9E0sadimLxTH9N&#10;n470nRdOY34yetF0ayWxcXcvSapHK4ppicKpzTvWstjFO/Piju+Vpiz22lIOAPws4vM0ioyh+HVZ&#10;iMcXL0DPXhabt18kSV18AL+gLYW99LnZHn+BshgAAAAA4BfD31QCAAAAAAAAAAAAAAAAwA2gLAYA&#10;AN5NuVjpbb+3HuuwTxWQ58WjsS1e+IpiR+eNjZTb81iZY3j8lySpzIMkaTlaaaxOVvLoFnt+7+fp&#10;fSV7iteJX7OnLAYAwE+tnVN8vWV6bi3Z+HxiLZXW87OUZrqRis9D/Pw5XseLYYuXxA4Pf0qSpr2V&#10;cPoySZI+ZX9dn6dE8Sz5Vzanl4+yWMyjmrLYRZsVAH5uL5XF4nP4WllserRiI2UxAAAAAABeh7+p&#10;BAAAAAAAAAAAAAAAAIAbQFkMAAC8m2tlsVDWUsa5tigWz1q8xBHljS5Wokf5y1eca7GC2O7+n5Kk&#10;stgK9LT4SvXZn+/H9/5KvVwsJW+LYvFO1zdo959KI7Fv76sr/J4+AADv4XvKYlHuWstiLvnMI8o2&#10;bVEsRIm0i7LXZPOPcthJko5bK4sNWyuKabL5SJ+8LBbnLVZEvVYWq+r8QENZDMCvLj53u675fKMs&#10;BgAAAADAm+BvLAEAAAAAAAAAAAAAAADgBlAWAwAA76bW85Xe1YtbIcpi18Q689oWN9anRUnMCh1l&#10;GG139KLH7k9JUpY93vkC8Fz8ecWmRFEWy2t5JF6gXan+UlnMxD5lMQAA/n5R6Lp2R5RsYvxOyWYg&#10;UbYJ7Vcp2ecnXbGimPZWEts/PkiSxv2jJKnOXhSL431+0VXbz56waYtigbIYgI8mPnejHHbt/rYs&#10;toz2eTs+2HUeZTEAAAAAAF6Hv7EEAAAAAAAAAAAAAAAAgBtAWQwAALybl8pi4bQu+7zwVZfzolhe&#10;i15+3smKYXWyoth43EuSyhhbK3xsfOV3lDuiMFZj5fo6M4qkiO/GG2uXllMWAwDgl9GWuto7lrUs&#10;Gp4fv5MXSeMrlSiK5cNnSdK0/SJJ2m1t/lHGQXoyD9n4hCMXL6J6GbVvyjqnt2f/UP39xPwi9kNX&#10;KdwA+LVEKazrmnLilbJY3D8PVmqkLAYAAAAAwLd5/htPAAAAAAAAAAAAAAAAAMCHQlkMAAC8m7Ys&#10;Fi4KHyv7vfbkhYwobnSRFKtWGtNiJbE6WNFjPNoK82Wygkdd7P5u2kqS7jwlltuy2exTIi+FrOKw&#10;6v/Qvt+2JNacNtaZd8y4AAB4F1EhDU+H4LZsWtaB/Pn1dLkpdUXRRv5VSuxvfL5x/Of/KUlKo807&#10;xtHur8XmLZtkrxeFsXiv1cs6yR8Ptd2nLAbgg4myWJTD4nOwLYtFeSyOX/zzdbj/wx6nLAYAAAAA&#10;wKs8/00oAAAAAAAAAAAAAAAAAOBDoSwGAADezbWy2EvWOkiJ5zfbYS9JGg87SdJ8tP262PM6WXms&#10;m+3xTSwd95Xpa0nMy2IXZY/Y+or2VVsmc1FKa4tpL65IBwAAf1FT64qxuOYn4/LXy2Ix/rdFMcW+&#10;zy+iFBblm97LYp//7/9NkrQptp+ja+bzmOzvLfvEoPPXa0s6Icpip2kEZTEAHwtlMQAAAAAA3tfz&#10;f8MJAAAAAAAAAAAAAAAAAPhQKIsBAIB3FCuun195XbyEESu301ry8juqFTzWssdkK8nr/lGSdNzZ&#10;dpkOkqTsK9Lvshc/vPAh+XnCOhPy17s6M/rGsthaKjHp+okBAMAP4XOEtvLyTFnsdMT5eN35/jzb&#10;fCF5wabvfdyP7WDzisfPXyRJx/v/JUn6bX6QJG3KID0piZ2qZya98qsYymIA8Lzs5erD598lSXW2&#10;z921+Nj30pNSWRTJoiwdxTLKYgAAAACAW/P833ACAAAAAAAAAAAAAAAAAD4UymIAAOAdtCut231T&#10;fKV3jnbGtbKYrxjXYStJmg47SdIy7u3+MkmSev+9+N7LYlr8eW1ZbNX8Hn3MkCIBUv3xpkzSOpVL&#10;zksglMUAAHhrbVnMtlbfiqJYO37beB1lmaXYPKH3AT3FPCKKXaMVxca9zUOOWy+bHm3/br63bY15&#10;x7nXF8Xin75eFlvnJ+ujz8+zAOCjibLY8cu/JEklytP+Odt1nURZDAAAAACAC+03pAAAAAAAAAAA&#10;AAAAAACAD4iyGAAAeAdR5PApx7Wl2YuVPGJqspa44vh5tMePVhKbjlbymH0/L1YU67wAsonfi19T&#10;Ifb4tbLZRTnslAS74vnfuz+VQAAAwPv69rJYO5ovg5VpNpve7rAwjXS0gul0/6ck6fDoRbHRCmJ3&#10;snlKt9i8pK8x7zh3OU+4uOOcz0/a51EWA3Droiw23P8hPSmLlWKfg5TFAAAAAAB4XvudKAAAAAAA&#10;AAAAAAAAAADgA6IsBgAA3oFXPXyFd4ql2b7Ce014xZSk+IpvXyku2XZZCx5W7IiimBZbQX7nr9N3&#10;ft4433qeV7pWFrvYf93v3bclEAAA8FbOy2I1ai9PxuwiL4a5eCRVn6fEPKSLsqkXwh6/SJJ2n3+X&#10;JA07m5f0PkH41Nnz82KlseTzl3CaDzw/MbiYZqyPfH2+cVlKo3AD4DZEWWx6/CxJWsaDbb0gFmWx&#10;EMWxuByNsljy0tg1lMUAAAAAAB/N179xBAAAAAAAAAAAAAAAAAB8CJTFAADAO7CV1sVXeEdZbA2L&#10;xT/EjCRKYLOVOVSs6LH/8w97eLaSmLzc0WuWJH3KcQJf2V3sfvnrqtv441//ffkof8QK8nb/e1EY&#10;AwDgrTVFsSdlsbImu9qymBfBvCym3ks0RyvUaGvFmsHLNdP23u6fbD6y8QlC7yWyUn3+0XipFBbv&#10;b53OAAC+Kspi89bKj21ZLPl1ZmwpiwEAAAAAYJ7/hhIAAAAAAAAAAAAAAAAA8KFQFgMAAO/AKx++&#10;kjv2L8ti/vhiJbE6WjmsemHs8fO/JElZ9vidryTvkhU8+mh2VHtci5c94rzdP2x3fT37vfmoj6zB&#10;Ed+eQmDPT5VeXGF+BYUxAADeyvNlsXK2Vs7+OQpeMZ6ndb7gdzxYSezwxeYfURTbeNl042XTzkti&#10;1Z+/ZBvoX1sSewmlMQB4XpTFyv5BkjQPe9vO9rn8Ulms67wkuXy9DPbidR9lMQAAAADAL+b5bywB&#10;AAAAAAAAAAAAAAAAAB8KZTEAAPAOmpXWvgJ8bW7EVKTY/ctoK8KH48H2fYV4HY+SpI2v3D4VPUZJ&#10;UipeEiu2f2p6+O/H59/s4RS/L2/b4ueLckeUPk4lj+dXiic///WV5lE18d21ZHY6AgAA/EjnZbEY&#10;48/Xyl0pi/m8oux3kqTx4U9J0tG3adhKkv7Nn7jJPp+Zbd5RvGSz3N3ZNuYbPv63XjsfaOcZuZmX&#10;pGa/si4QwI2Islg9PErPlMUCZTEAAAAAAM7xDSIAAAAAAAAAAAAAAAAA3ADKYgAA3KK/OvJfVDpe&#10;ux9FMd+PwlgUwRbbTkcrehy3D5Kk2Qtjv/W2InzjRY8uzudFD82Tbf28KXuyY2OFDy1REjv/ffm2&#10;JHYqjbXv/1yUxdb9i3+v52UxSh8AAHxdW8n6VjGm+5C/jtTpmXG6q1GY8df0wunhX/8lSZr3Pg/Z&#10;2XazDJKkf/R2eBcnnO3+ebR5TP3NSqavLYvFadr9ayiLAYBpy2LLYCXqafLrwvYDtZzvb7rz4tgF&#10;//xuT3OBshgAAAAA4BfDN4gAAAAAAAAAAAAAAAAAcAMoiwEAcEtixL828nvR4qRZIR1ThkhwNeWw&#10;KFlUL35VT2RUWWkj+dYXcEu+r2Irv+fHL5KkaW8rwzsvjvVxPl8hHiu727LGZbnDV4pHqSNd/IDS&#10;k38d8Wj1F0iR+Lj6L+zr2lIIAAC3ojaTiosaZzuGh6h8faeSbS4w958kSVPMGcqijb+lPgboxQo0&#10;GqxoqsNekvTH//xvdpyXxvpqBdONF2xytflJ9nlR9vcc4/2cO9t/YX3eZdn0fB8AbkVcp7VfUbf7&#10;7fVc52NLOW4lSaN/jkdZLB7PfgFalyhK+uf5i9d5fn3bXs81151XxzQAAAAAAH5SX//mEgAAAAAA&#10;AAAAAAAAAADwISTZKq2XllEBAICPIEb8l0b+NajlK6TXfX9iOi9ohPa0S6zkjkeqFTw6f768zFGP&#10;VvSY9w+SpDLYivBuHiRJfTx/8RJZWFd0n29LrExX7/fb6+UoiVy8UwAA8CN9c1nsWlFsnTPEvm9j&#10;DrA+7nMAL4uN2cpiY/G5SFl058muu3jOdJAkzQ9/2LHbz3b31gunPk/pvUAT+/HeoywW+1ESW3LM&#10;Q1ifBwCv8b1lsfX67mCf58PRy2KjXXcmf3yTfIzwonX2sSEeb4vVpfn8rv780D7eXRvDAAAAAAD4&#10;SfHNJQAAAAAAAAAAAAAAAADcAMpiAADcku8d8ddqx/kJSrvy2xd6X6z4jpXa1VZ8a/GSx2jb5WBl&#10;seorwPNkRbFUR+nJSu0cK7bXl6UsBgDAr+iiLLa6cn8M3dfKYj4HiJrXuFZkYu6waOPzgL7Y/KIc&#10;rCC2/fy7JOnw8Kck6Tc/de8lsW4ti9m5Tu/dizT+3oq/t7rOQ1ifBwCv8VfLYulo15FHv65sy2K9&#10;Dx7VP9cpiwEAAAAAbh3fXAIAAAAAAAAAAAAAAADADaAsBgDALXntiL9WO9p9K2tEUaydQrRlsdiu&#10;K7WLF8SGrSRp3FvRYz5aYSwtkySpL17ykO3nYq+b1jdyXhFRrPT2ysipLHb+e/GUxQAA+DlcK4td&#10;TD2u7fuYX70sdtr349b4zKksptnKpWWwecfw+EWSdHz4Q5I0Hm2e8h+bTpKUoygmL9GsZTGTfB50&#10;Koudzz9O7wEA8DV/tSyWB/t8b8tiMQZcK4vluJz0z/vQlsMoiwEAAAAAPhrKYgAAAAAAAAAAAAAA&#10;AABwA5JslRZ5DQAAsLpW8ajlfMX0tSnEacW3HZ+TreDWZCUxHWx72FlhrExW+Oh8RXfvlZDOz5+K&#10;FcYuxVJw36UsBgDAT+FaOSy0Y3RYK6U+VF/f97HeH4j9GONT8kqMzylUFpWYf9x7UWz32R6brEjT&#10;eXGm9/cepZj4WdqyWFinF46yGAB8m79aFusnu16Msthw3PsRlMUAAAAAAHjO89/OAgAAAAAAAAAA&#10;AAAAAAA+FMpiAADg1Z2t0qyYzk1bY51S+Mrs2M9llCSlw592/2ArvsfBimJlssc7X/m9yU25I1Z6&#10;Nyu+X18Wi8LZeXUEAAC8jdeWxS7qW80dxXezj/Expl+TZHOFJJtbKOqk01HT44Mkaf9gRbFpsPLM&#10;xutjv/WdPWU8Ss8UxUL7llvXqmkAgOf95bLYbMWwoSmLVb9+7OIydS1I2nmiLKbiJezYpSwGAAAA&#10;APjg+AYTAAAAAAAAAAAAAAAAAG4AZTEAAG5IvahxeImrufeautiUIVZ0d+2vnUf5a7GV2bOv8M7L&#10;YPsP/5QkdYsVO8pstY9aYsW3HX86b0xRYin4+YpvymIAAPyc1rJY1FaaKstFWcz/oVwcZ1KUxbwC&#10;dsnu76uXxGarymiwmtiy22q/29o/e1Gseknmzk+98fdSFjtHWxR7vXaCBAD4mr9cFiv2eT3u7XP+&#10;6IUxymIAAAAAADyPbzABAAAAAAAAAAAAAAAA4Abwy2IAANyw8g1VsadSrkr56SrvOFO1Wy1SLcp1&#10;Vq6z0jIpLZOW4ahlOKpMo8o0KpeiXIq6arcckxN/vkq1W/Xbq/n7uPgJ434AAPAWkopVxWIsb1yM&#10;xDVJNamkfFYVq8peH7ObH3Yh1+I3yaYmPvaXwW6HvXTY6/h4r/nwoPnwoLSMSsuoT0n6lKRcFuWy&#10;aJ4GzdOwnhMAAAAAAAAAPiJ+WQwAAAAAAAAAAAAAAAAAbkCSpFq/KdUBAAB+UXWtbNnWWl5Ptfvn&#10;4tFa7PlJs22j9BEVjmm0zXEvSSrHrSQpH+4lSX2d/AkmNe9rbY6sMxS//5miiPTk/mrvMMojtXlC&#10;oioGAMCbWsf0mBOkGNt9jF5nE7FvY3VUxeLxabK5Qt/3tu3suPj6os72eC2LJKnrOklSznb/+D/+&#10;D0lSGneSpGUaNI1He87iz0m+9bfU+3so1e5PzbRhLZv5P5R1mnE+fzqLrwIA3kyMORu/IB0e7Xpz&#10;v3uUJGX/eL7LNkaUYmNEWvx61j/oc9Pbbq+T65PypZ55vKNGCQAAAAD4xXz9b4QBAAAAAAAAAAAA&#10;AAAAAB8CZTEAAG7C+UrnU2HMCxrrI1//PfJ4NIpia/rLV2hrHmz3eJAkDTsrik1eFvu3ZM/rqhfJ&#10;7FkX7+9JUsy1jzeulMUuU2TteQEAwI90tSy2jtExm7DtEnnSagWx0xhuTvVR08fjsS02pyijzUHy&#10;ZCWx3f/6v+z4xSqn8zyrzHZs9hpZyrbdeHEm3lr14kwr3lu5mF9QFgOAv8O1sthhb9efUQ7bRL0y&#10;rkMpiwEAAAAAbtzX/0YYAAAAAAAAAAAAAAAAAPAhUBYDAOAmtCudz8tiMRFoV0iHuHdZjpKkzldu&#10;p+znmUfbHqzmMewfbXuwbZ3sef9+Z2e6XHl9PhXxBd4/TFspAQAAb+NHlcX6zv5h9hpYWqxi2vf+&#10;/M63k9VMx0efe2w/S5LK/T/tsGLFsVqrkr+n2PY+j8n+HnK2bfFaWWjnEe18qca8yOcv2X9WAMDb&#10;asti087GgiiL1eoFyaYslsvpCliUxQAAAAAAN4hvMAEAAAAAAAAAAAAAAADgBlAWAwDgJrQrnc/L&#10;YqH6/uWjds807CVJd51PHXyltia7f/EV3NPxwfYnq4B0voL7rrPDQxQ4otjx2qLYa49rtWUQAADw&#10;Y10vi52XwySbFKxtl6bakqI4tnhZrNicIsf5YnuwOcjjlz8kScOjlcWyV037avXTXKV4iSiLdT6h&#10;yOvE4rw0E9r5Q1uUibJY6Arr8gDgPaxlMd9fjjYmHL14PXsBu7evwCXZ9WuUxaI8FuNBuPycpywG&#10;AAAAAPhY+AYTAAAAAAAAAAAAAAAAAG4AZTEAAG5CVD2a/WaFdPweeRy21kFiu9jKbHmlQ/Ngjx4e&#10;JUnT/ovtjwdJUufP65uXKb6wO/sLtfsn7fsz18pi1+4PbRkEAAD8WD+qLJb9+WtJTFYY02KFMXk1&#10;ZtzbHOS4vZckTV6V2ZSoh3lFppZ1ohBlseRFmdN8xx9vJhTt/KEtylAWA4C/x1oW86+262TXp1EW&#10;G0erTEZJLPsFZ4SyS7GxhbIYAAAAAODW8A0mAAAAAAAAAAAAAAAAANwAymIAANyEK2Wx+L3xCGLU&#10;2G+KYusTo+phK7br4UGSNO7+tLuPW0lSmm0F98bPk/20JXtFxFdmJ3+9KHZclMHi/bj2t9zb49v9&#10;a9pCCAAA+DGulsXkZTHfu1YWi6JYispX5F+qz0F8rjE/WknsuP0sSVpGq55G3WWthsUL1EWpREnM&#10;CzSySlm8ZrznmLeEdt7QFmUoiwHA36Mti2m2sWAcrHR98MJYWuy4zoYeymIAAAAAgJvHN5gAAAAA&#10;AAAAAAAAAAAAcAMoiwEAcBN8pXMseF4rH01Z7EIcZyUOVStwaLQV2uPOax5e+ch+f65WHuvieFc2&#10;d7a9WhZrUx7n+8kPzD5ziTLI6fGz3SdVk7jj/PUAAMCP9f1lMdvGGJ/X6qkXxca9JGnefZEkDY82&#10;Bxm9GtP5cb1PHWoM9iXKZJdlsZjnZN+mHFWy80JMO29oizKnx+0fKIsBwPtYy2Ilxh77nJ+ONmZE&#10;WUyz3R9lsd4/r5fFrlcpiwEAAAAAbg3fYAIAAAAAAAAAAAAAAADADaAsBgDATYiV1vF74m1ZrF0J&#10;7SWx9XlW66jDoz16sJLYPPhK7cm2vZfEenlRzFd4V19pvXQb229WZl/7/fV0Ueb4xrLY+nMGymIA&#10;ALyltSwmL4KtfAxex+JIgNmgvJbFfGzPPneo01GStOweJEnD9k9J0rS1wlidrB6ziUpYjvN7ycy/&#10;7qh1UfLKWMwf/NC1KJNiIvFiWax1fkBuS6kAgDexlsXiOtCvW6ejjR2HvV23lmm043pLi8Xnfpm9&#10;LBaf435d3JbD2uvX9nHKYgAAAACAXw3fYAIAAAAAAAAAAAAAAADADaAsBgDAL+11K5hjoF+a3xOP&#10;QlcUNLKvxFaOGkiUxWwl9v6//psfZyuw0+IFMd/vqhXJsq/UzhHa8H8oF6WwcO3+510WxM5de7wt&#10;gwAAgB8rKi91GWw/BuVspS9lq7pU2f4SX0d4jVTF5hK9zx2GByuJHT7/bo8frDD2KdncI7bJqzHT&#10;5HOTu0/SM/UXnc06rs2jrt1/zeVrAADeXgwxUfaKcuQ8WFlsv7My9jzZmLTxseUu0pJeEqtLW8M8&#10;R1kMAAAAAPDR8I0mAAAAAAAAAAAAAAAAANwAymIAALyndsT9y6Wrl1Yw+0pp//3wKItZs0Oytsep&#10;CJZ8ZbWKrbyWV0Fif/jXf0mScrGV1+sKbC+SrSu6k/1gHg+RfL8u/J46AAAfm88FvDpafdaxVliS&#10;TQ6Sb1clCmM2p5gPW0nSuL23/ccvkqQ87iRJd7KS2F2y43Ox/brY6y2dl8WaGgwA4OOIslhULbN/&#10;xb0MXsb2GuV8tP1NZ4/3nY1B2ceousR19fPX15TFAAAAAAAfDd+aAgAAAAAAAAAAAAAAAMANoCwG&#10;AMB7akfcv6ksFm8j+wroLopiXhhby2IHq3do2kuSxp1VPZKXxKpXPFT8PJTFAAC4cT6n8LnF4qWv&#10;4l87xByhS70kKXsWpi5WItNs2y//tJqpJpuTVC+K9fPBtj5nibJY38yJJq/AxBwIAPDxvLYstgw2&#10;tvTZr1uzjQ1RFlvrlleurymLAQAAAAA+Gr41BQAAAAAAAAAAAAAAAIAbQFkMAID31I6471wWixXQ&#10;sXC680JYzn6H72u0kti8t5XY8+FRkpQWW6Gdix2X5NsoijVlsaiKxH4tkRoDAAAfUfUpQPG5whxz&#10;A5989J4d7WLpWrHaSzkebTtaOezP//Xf7Tifa9z5ccm3vZ8/+9ylj6qp12Imn3RRFgOAj+taWayM&#10;NlZEWWw+2nVslMVyjBleFovzXLu+piwGAAAAAPho+NYUAAAAAAAAAAAAAAAAAG4AZTEAAN5TO+K+&#10;U1ksfj+8xAt63WMtg3kBTLOtuNawtc3OimLL0bZ9lMK84rGu4PYfLMpiqzhvqP35PgAA+FCiLHac&#10;Y44R9RZzl20/lcGO95LYtLP6SznuJEn7+z8kSRufS/R+3qibqvgco1gVJnsWJnmyrBavmv7luRYA&#10;4Gf1Ulns4NexURbLfv3beYUyrmvzemH+/PU1ZTEAAAAAwEdDWQwAAAAAAAAAAAAAAAAAbgBlMQAA&#10;3lM74v7l2sVLK5jPH48FzymWYMcbmqPusZckTUcriy2D1T7qbPdHFyyvK7Ct5hEoiwEAcNuqT24O&#10;i80xuq6TntRJO1ntRV4Qm7afJUnz/l6SVAa7X9PRnhe1mCiHeR01vsaIbRTMYsvXHADw8bVlMRtx&#10;TmWx/cGqlW1ZLMeY4de13VoOe/76mrIYAAAAAOCjoSwGAAAAAAAAAAAAAAAAADeAshgAAO+pHXHf&#10;uSym4iWweN3q+14QGw+PkqT5aCUxFVuB3fsKbM22Qjsne172HyhKZbGye51aeEVkrX5oY/cDAIAP&#10;KcpiU7IxP8piudqcQoPNNabHPyVJ49a21esvnddOe59rdD5Xab+2iNep2Tsy1dbCVZ/j5JjzAAA+&#10;rJfKYodjXN/aGJRqXM/6YFFsv4+xpL1+dpTFAAAAAAAfDWUxAAAAAAAAAAAAAAAAALgB/LIYAAA3&#10;odqtLHars98Wu5VRKqPqNKhOg8p8VJmPymVSLpP6nNXnrKTiq7b9fCpXV1+fqXktfgAAgI+v6zp1&#10;Xac+J/U5KfsXEGWeVOZJ03Gv6bjX7Lc0H5XmozqN6jSqr5P6Oikto9IySvMgzYNqmVXLbDmZVJVS&#10;UkpJyn7zVyp+AwDcnnVsuKLWenYDAAAAAODW8M0pAAAAAAAAAAAAAAAAANyAJFtNxRIqAADeQzvi&#10;Xl/s/KxlWSRJOdvve6fUntCUYrWvKjs++VCfk+3L79dhL0na33+WJE1H2++zPX+T/fzFX9efn/0H&#10;SbWpiqVm/6Im1u4DAICfUXxNcK3M0n6NsB6XbKyf/eFN30mS6nErSXr4/b9Lksb7f0qS7uooSfpH&#10;GiRJXbH9VCbbrgVTO+/i5y+pt33Z+YtsP3Q+R8mvKaACAH5JcTlcyyxJuutsTNBs1627/b0kadwf&#10;JUldXM/GmOVjTedjy7Vqdl0fN225MsYcAAAAAAB+FfyNLQAAAAAAAAAAAAAAAADcAH5ZDACAX0hK&#10;6Wrh46k4Lm45Szl7Iaws0ny02zRK06hUZqUyq0uLurQop6qcqlItVg+ri1QXZVVlPbkfAAB8SO1c&#10;ItRan72tz1NVUtUm2a0cdiqHnfb3f2p//6eWw07LYadORZ2K+rSoT4tyLcq1KJXFbipPqmIAAHy7&#10;a2MZAAAAAAC3jl8WAwAAAAAAAAAAAAAAAIAbkGQrg0/LgAEAwNtpR9xvXNzcDtkptSdsRZFjsc3h&#10;3rbzwR7d23Y4biVJqdhxfWe/T54023HT2Nzflj5svzY/T21+Lz1Vfk8dAIBfQVtgiTnI5Vzk/Lh1&#10;bjINkqTjlz8lSY+f/+n329zjU7Y5Ri87brNMkqSu2vY01/A5hs8pltT71varOjvK9+Vzjc4LqPli&#10;zgIA+CjWy+Fq17Gb7GPBbPuH46MkaTrYWKNi17UxcmW/Ts7rPc+PGTXGGFea69wYcwAAAAAA+FXw&#10;N7YAAAAAAAAAAAAAAAAAcAMoiwEA8J7aEfcby2LhVPewldBR9WjrHuvK6GorqLW1uoe8JDYc93aU&#10;l8O6bM/vfRsrr8vi9Y/uyvkdZTEAAD6GmFO0RbGLOUc79yhWBls+/y5J2n7+n5Kkw9bqpnc+FfhH&#10;75Oi5ShJSl4Wi7lGrjb3CFEOOxXGrpTF3FoWa+deAIAPI8piUaO0EUFKi+0P406SNO5trCmzjzl+&#10;XJeiQklZDAAAAABwW/gbWwAAAAAAAAAAAAAAAAC4AZTFAAB4T+2I24a6Xqkti4WcmxXPXuXIyyBJ&#10;qg9W+aiHR0nSMBwkScnf2Ka353W+X4udv3rtI3e+VjtWTrclsXafshgAAL+09uuCda7RzDnq4rXT&#10;yeYW2//83yVJy+6LJKn4XOTTnU02eq+3zKNVXuRzlr638+Yom9mjq6i7FJ+ExNwjKi9REospCWUx&#10;APi42rJY9jErF9tOs41JURabRytrxxjR+yAR56EsBgAAAAC4FfyNLQAAAAAAAAAAAAAAAADcAMpi&#10;AAC8p3bE/YtlsVKswpG8vhG1j3h8mq3ikUdbUa3tH/b44V6StPjzO38fHvNY6x5pLZfFSunmDbcl&#10;sXafshgAAL+kU8X0+bJY8m3xotgw2JwjHR8kSfv//P9Lkj4Vm4NEiKzzSmnMMeZ5lJ68TueTkZjb&#10;tNqi2Ol+k32uQVkMAD6+KIJl/4dUvDDmZbGl2NgUZbHxuLUn+Jhz10eeMgaL5wthlMUAAAAAAB8N&#10;f2MLAAAAAAAAAAAAAAAAADeAshgAAO+pHXGfj2a8qPiK6epVjrXy4RWOePw47O0Jx50dt7eyWJ5s&#10;P1ZQb7rzldRlsbJY9v2U/Y3GlCE9v3K6XXFNWQwAgF/TtbJYzDXi/iiKbbdWa6mPNtf4tP1PSdJ/&#10;5El6MleZS1RLTRTK1iqqPx4FslZbFLsm5hyUxQDg42rLYvLaZZTFqmwMirLYcHi0+/16+dPGr08p&#10;iwEAAAAAbgx/YwsAAAAAAAAAAAAAAAAAN4CyGAAAP6FrA3PENEqx8leUviL8tf4a+OwrqA9WEJt9&#10;BXU/3kuS0mQrq6Mc1vW9Pc/PO02j3e8rtPOdPz57DSReL95ohMfW+70S0tQ/KIsBAPD3qq/MmiYf&#10;5KNWmqJmGvcvNtc47q0o9uXLF0nS9PAvSdL/tztIkv4te7XUqyvDYHOM1Nmc4NNvv0mSqk8a9oPN&#10;UXqfmzRTjSf7Xln1ByIqEzJzDgD48OKzv/PyV/WxST7m5Bh7jlbcPviYlbyk/Wkda2yMS1cKYdfK&#10;YlGvjDEJAAAAAIBfBd+eAgAAAAAAAAAAAAAAAMANoCwGAMB7akfcJu4RD19blxy/5b2uXPbKh6qX&#10;xmIl9eBFsZ0VxebBy2LFHs+y4y/bIu0bDF4V8b1rlY8Tfh8dAIC/U/U5Qkqd3eFVlBLbJv+Zs1dS&#10;PNMye+Frs4kx3eccXis9frGC2P7hsz06ehGsDJKkf3hupfM5x+pKffSa4sdFveWlfQDADYrBwEUh&#10;LKqYoxfFjl7e7vz6edP7GBnlbtfWKl8as9rjAQAAAAD42fE3uQAAAAAAAAAAAAAAAABwAyiLAQDw&#10;rtpmmNc1mnvjqLbgFdWMlHzlc5TFltG2o62U1sFWTi+xjdpHjqJY+4oAAOAjWS/zc6S3vJ7ic48o&#10;ixWfZazHe4W097lCF3OOyeYS9XAvSRrvrSw27L/Y46MVxaLisum9VMaUAwDwxmqJiqZdSWe/oE7V&#10;xrTheJAkjXurY8Z19F1vY2Ca4wlRJLPdQFkMAAAAAPDRUBYDAAAAAAAAAAAAAAAAgBtAWQwAgHf1&#10;bWWxViq+UtpXPK9lsclWSmtvtY95/yBJKl75qF4J2XR2PGUxAAA+tuJjfYo1Yl1/9nj1+5fF5gbF&#10;5xi1WK30H5uN7Xu1dImi2M621eccxR/Pi801Ym6yWUtmAAC8rZfKYuNgdcwoi9Vi1cyNPy0vkfCm&#10;LAYAAAAAuA2UxQAAAAAAAAAAAAAAAADgBlAWAwDgPUUJLHab39uuNjSrNCuXs4/UWfH8KIvZimgN&#10;Xv14/Cw9WTGdFquDRIlsE0usKYsBAPCxJa+X+uV+8f2Uns+jRFkseSGs97nDdLBa6fDwp+3vbK6R&#10;RquadrLjO6+Y5upVl3xeMgMA4M1UG3OqXy/HZW+WXS+3ZbESY51faHdxmUxZDAAAAABwIyiLAQAA&#10;AAAAAAAAAAAAAMANoCwGAMB7emVZrJW8BJbWsphvvRymg62QHrdW/1i8AhLH99nO2/nKaspiAAB8&#10;bKmzyspcvCzm5bCQs81B+ph6eBEs5ioxlxj3tj3eW1lsGWy/XwZJUucVljt/XvX6aU6dDGvUAABv&#10;K2kjSSpe3m7LYvNk181RFltmL3DH9XKkwyiLAQAAAABuBN/aAgAAAAAAAAAAAAAAAMANoCwGAMA7&#10;qiXKXr7flsViQXMzMidfEb0uaC6Tbcej7e7vJUnTcSdJqpPd33ndo4+l1WvZjKEfAICPKOYSOd9J&#10;kubipbDFttkLYl1n5S+Pj57mFl4M233+w+4ebG4x+VyjTgdJUl/t+DuvsHRNPVUp5jisUQMAvK22&#10;LJYWu96N6+Aoi02HrW39Ojr58ZsYqyiLAQAAAABuBN/aAgAAAAAAAAAAAAAAAMANoCwGAMA7Kk1Z&#10;7PrvbfuK5nXrQ7XXQeRVj9lXRi/HvT082v3Z6yBdjhXV9rRT2YyhHwCAj2itlKqXJM1eEks+h4jg&#10;VxeVlMXmBosXxJbB5hLbP/9lxxcrjaXZKizZ93svifXyYplv168Xkr1+W1EFAOBHy8lrmosVxCKs&#10;HWWxZbbr4yiLjT7WURYDAAAAANwqvrUFAAAAAAAAAAAAAAAAgBtAWQwAgHd0vSzmS5/dRVHMqyCa&#10;reZRvSA27h8lScvRVkgnX0nd2dHrSursS51rnAcAAHxoJaYQfrl/URRLXisdbW4xPN5Lkqb9gyRp&#10;//DZj7e5y52XxGK/8xpLLuc11FB9NkJZDADw1l4qixWvaMb1c5TF5EXuu+RX0JTFAAAAAAA3gm9t&#10;AQAAAAAAAAAAAAAAAOAGUBYDAOAdLV72SsmWJmcvh8VQXL08FgWwLspisVTZV0BPR6t+DDtbGa3p&#10;KEna+HF9Z9v1+X4+hnwAAH4NaxHM5wyh3W/H9tjPnZe91vJX1E09tzJZfWXxysrOS2LD1rYxp1gL&#10;YlEW8/Nk2X6Kuc1aFrM1aZTFAADvpva28bFp46Ww7GWxJSqaO7uOjrJY8jFuE2MVZTEAAAAAwI3g&#10;W1sAAAAAAAAAAAAAAAAAuAH8shgAAD+DVKRUlJKUktSlqi5Vr38Uqc5SnVWno+p0lOZZmmflsthN&#10;dkualTQr16Jci1Sr3YrfAADATSjToDIN69xAOdmtLnYb9tKw13h40Hh4UBm2KsNWXV38Nqqro7Im&#10;ZU3qNKt7MsdI9bykUpX9prMbAAB/t5TSRZkTAAAAAIBbxi+LAQAAAAAAAAAAAAAAAMANSJJUa2XB&#10;LwAA72CpRZJUfVVz582NJLtf/rjq5E9YbFtsf3r4bHdPe7t7PEiScpklSXfZzpezr5qu/nwf6iu/&#10;Jw4AwC8hLtPbEkq7317OJx/753GQJPV3vT0QU4DjTpI0fP5dkrR/tLlFHY52fLI5x8azYTFHyT5H&#10;SS/0wmq8vfUfmHsAAN5YtbGuysbA3seervPr4NnGtmH3YNujXU/HdfYmxqrkY10z1K1D2hXt8QAA&#10;AAAA/Oz41hYAAAAAAAAAAAAAAAAAbgBlMQAA3kEMtHNUObwKkqPWsR7h2zL6E2JrBbH95z8kSWmx&#10;+5OvhM41ymJ2+Lq0uURZzItlqbNdfl8cAICf2l8ti0UtRVEv9blD8arK7ouVxca97Xd+fMwleq+z&#10;fHtJLDDXAAC8j6SNJKn4dXHnY1LvZbG4Lm7LYtXHRspiAAAAAIBbw7e3AAAAAAAAAAAAAAAAAHAD&#10;KIsBAPAOYqBdmjrHqSzm1Y/YzoMkqQ5WFCuTrXw+PHy2473+0Xk9pMv2vF7BzxNFMcpiAAD8Ur6/&#10;LOZFsRjqj1tJ0uI1lcPjF0nSfHi0471euvG5Qu9ziuxlsdbp1ewFqn2toJLO5xaZbxkAAO8kpztJ&#10;0hLlbb/83cQFso9x097GvuNhJ0kqft1NWQwAAAAAcGv4m2IAAAAAAAAAAAAAAAAAuAGUxQAAeAcx&#10;0J76YV4E8/2LspiXxJa91UDmwbbjwba9H9f7efp1BXRzntgWXwrt1Q/KYgAA/Ny+uyzmVRVplCSV&#10;R6uS7r/8IUkafG7RF6up3CWfk9RZkpR82zU11BAFsXXrs5l2bpGinvr8aQAA+GGiLDYvNvZ1ngJb&#10;y2I+ps1XymJ9pMMoiwEAAAAAbgR/UwwAAAAAAAAAAAAAAAAAN4BfFgMA4G9Ua7Wb/091keqiWopq&#10;KZqmSdM0aRgGDcOgTsluqapLVdlvF2pz655kzAAAwIc3Pd5rerzXcb/Vcb/VNB41jUfVZVBdBqnO&#10;Up2VVPxW7VYWu6332+1CTWeplaJ8dlP1GwAAbyyldFbejOvsVs5ZOeeL4wEAAAAAuDV8cwsAAAAA&#10;AAAAAAAAAAAAN4BfFgMA4B0kv532s5KypCI9rXZ4WUzLKC2jynJUWY6q86A6D8p5tltalNOiLkld&#10;klItSrVItZ7flJsbAAB4HzbGn27XxCzh2q3VnDfNzW2S0qRh+0XD9ovKYaty2Cotg9IyqNeiXqdy&#10;WCmz34pKKao12U357BZzidO+84IYMw4AwN8mFbu5morfPIKZkpROY9uTA6WaVJJUngy5TTzzqlTt&#10;BgAAAADAr4bvcAEAAAAAAAAAAAAAAADgBiRJqrWyBgoAcDPqRd3j+u9Ov7iY+LUjqJ9o8uOTLz/u&#10;tUiS6nyQJJXxUZI0720b+9kf7/y952rb9v2laj/L2WppAADwjmyMrk8KJybGZtumSJb42B1j+Cr7&#10;pKH6XKFOvrX9vDk/bhz2kqR599n2/8d/lyRtij3vdPaYQ8Scor3/605Tn/P3W5r9fDHfAgDgbcRX&#10;2zn7WFRsv5ZZ8rCYJCUfQ+ejXV8fdlt7nl+fZx/lOr/eDqnZv8T1NwAAAADg18KVLAAAAAAAAAAA&#10;AAAAAADcAMpiAICbcRrsbFVwrA3OX/nd6ZfqGi+WxeLxKIv5bvb9zu+p006SVPb3kqT5aFv5/bmO&#10;dnz1ldFRFlsrJG1RLPY7329rIS+9cQAA8H1eVxaTl8XasdzjJqox5vt5qtdIlWxOkGKIr4Mkab+z&#10;ucPw5Q9JUv/wRZL0abHzAADwUV2UxbwgVopXNP24KIuNRxs7h4OXvH3szT7Wxlgclcy2LNbWM4v6&#10;s30AAAAAAH521/92HAAAAAAAAAAAAAAAAADwYfDLYgAAvKPOb1nFViPXKtWqZZm1LLPGadA4DZr8&#10;VmtVrVVdyuoSwzYAAD+/LCkrVbvF/jU1PX+byqSpTFIqUipKWXaLUuh8lOaj5sNe82GvYfvot72G&#10;7V6pnsooAADcopSSUjr1tWO/vR8AAAAAgFtz/RtrAAAAAAAAAAAAAAAAAMCHwS+LAQDwjnKyW1JR&#10;UpHKLJVZyzRpmSbNo92WadYyzdJSpKWw8hkAgF/OeWFsLY15Oqyk7Df5raikouq3+N+aJe39Viep&#10;Tpq2O03bnQ73n3W4/6yyO6jsDsrLqLyMlMUAAHDXimLtPgAAAAAAt4JfFgMAAAAAAAAAAAAAAACA&#10;G8AviwEAbpCVPk63N5T8tprtVhapLFrmUcs8qox2W5ZJyzKp1qpaTzmQdb9mu73HewcAAN8tyl6p&#10;JqUaE4J0MYbX5rbkoiUXSX6Lw1Ox23CQhoOOD190fPii8eFe48O90nhUGo/699zp33OnrKKscvae&#10;AADA9dIYAAAAAAC3gr9lBgAAAAAAAAAAAAAAAIAbkGS1klO6BACAD6od7KK18bXfnH5xjXF70pD8&#10;7DXOHvuzbeejJGk87iRJ0+HB7h62kqS8DJKkTbbjN36aVBbb+vnS+vp2QF1/mtg//wnS1TcMAAB+&#10;hHVsrs0sItnYXPzu2FafM8ThSTbWl9nmAp86f2A+SJKOf/4uSdr98U+7f7I5xW/Zzh/Hl9nnHNTF&#10;AAAfXHy1nX0sVLWxNO7vvB4Wxc3xaGPscHi042Y7PvsYHGN5HJ/q+VjaljuL+rN9AAAAAAB+dl/7&#10;+3EAAAAAAAAAAAAAAAAAwAdBWQwAcDPawe51ZbHvrXG0ZTFboaw62fa4940VxcbB9lOxOkguoySp&#10;k1VBsq+M7tfqyJV3v74eZTEAAP4OF2WxGJt9E0WxJZ8XxWKuEGN8zAWiHDY9fpEkHb78IUmqPof4&#10;5LWTOzt6rZ+sL/9iJhUAgF9bWxaLsXS934/rfJBuy2Jl8utuymIAAAAAgBvxtb8fBwAAAAAAAAAA&#10;AAAAAAB8EPyyGAAAP0RpblfuL7NUZtVlUF0GaR6leVRa7NbVYrcsddkG6iyp1kXV62JfF88AAAB/&#10;q5qfFD+fsjlBqlYuSVr8Vvw2K2lWTotyWjRPR83TUYftvQ7be82HrebDVptatalV/+iS/tElbeqi&#10;TV20DEctw3E9PwAAt6LWutbEAAAAAADAdc99cw0AAAAAAAAAAAAAAAAA+GCSbNUVS64AAB9eO9hF&#10;/ytLqs2jMTSm+rQSJpU6S5L6rj+7vxarfsXzctedPa5ltO20kyQdv/wpSRoOj5KkTU6SpC7b8+dx&#10;b8f7691t/HEbuqVk7yu1xZJ6/r58qH+i/bcAAAB+pLXmtfgY7Ps129hd/O4iG+Orj/0xM+mT3b9/&#10;tLnCvH2w7cMXSVI3HyVJ/57sRHfxguMkSSqTbz9tbJtYIwYA+NhKsTG08+vw5GPq6brer9P9/tnH&#10;zLjuno6DP27X9TG0xvHt9wJxfyhqr8MBAAAAAPi58a0xAAAAAAAAAAAAAAAAANwAflkMAIDvUs9u&#10;KaWzm9VBnrmNR2k8qsx2S2Wxm+zWJb9lqctS3yX1XVLOWTkzbAMA8MvYdHbrk9QnpZSVUlaXirpU&#10;1jG+16JeizbVbmmZlZZZ836veb9XHY6qw2nOkEvx26JcFmnxm881cqrKa94MAIDbVWtd62JPna7b&#10;AQAAAAC4TfytMwAAAAAAAAAAAAAAAADcgCRbZXW5xAoAgA+mHeyKb7OkdST0EkcMjanGUaZqkSR1&#10;F5Uvu/+kebVpsM3n/2nb/b0kqcyTJOnTppckdb09r8yz9OT1+t5er87t65xL1c7z5J5mv/23AAAA&#10;3kLqfEwuPpcoNravM5AU99tcYBn3tjseJUlffv8fkqTsc4V+Hm1bfe7g5/Gpg7TOWeyOOXeSpJLa&#10;OQsAAB9L8bG262zsSz5Gxv0xEnZ+vb9MNiZPw06SNB5s7M1+/R2Bzuznab8XiPtDUXsdDgAAAADA&#10;z41vjQEAAAAAAAAAAAAAAADgBvDLYgAAAAAAAAAAAAAAAABwA/jPUAIAbkY72H3Tf4bS/1NR1fc7&#10;/087nc5y/p+hWPl/9qL6f95i+tP+k1LF9+N17jZ2vpz9P0NZ/T9DWe0/g5HjP3u5XHkd//3vVNvf&#10;A+c/QwkAwN8p+Viu4tv4b1vFf8L6aHOC4+5RkjQebDs8PkiS+mT/2cnf/Gld/Ceq4z9r6XOTHGN8&#10;srF/9v/8JP8ZSgDARxfX1XHd/NJ/hrLMNpbO/p+APu5sy3+GEgAAAABwK/jWGAAAAAAAAAAAAAAA&#10;AABuAL8sBgDAmyiSikqZVMqkeRo0T4NqmVXLrF6Lei3apKJNKspalLUo1Wq3cn7TUq5UxTLDOQAA&#10;P6Flmezm/1Oudkt+mydpnlSHQXUYtOx2WnY7zY9bzY9bfapVn2rVb9WqYnc56y5nbVLSJiUlv1Xv&#10;hhZVFVXVlP0m1TYwCgDADaq1qta6jp3tDQAAAACAW8PfLgMAAAAAAAAAAAAAAADADeCXxQAAeJaV&#10;wVqnlcfxeNyi67FIWlRrUa1F0zRpmiYNw0HDcFBWVVZVl9PZrdZFtS5rhSRWPrc3AADws/O5gZfE&#10;cpZyhECzpDLZbRykcdA87DUPe2kcpXFUX6r6UnUn+S3rTlm5FuValGS3EHOT0tltTlVzYs4AALgd&#10;10ph166j47ics3Lm63EAAAAAwO3hahgAAAAAAAAAAAAAAAAAbkCSrbK6XGIFAMAH0w520eTIktaR&#10;0EsctS5Pd6VkR8ci5bSeze6vNc5m21Jse9htJUnj42dJ0n9Mj5KkO41+vFn8+BiSc+cP+AvG6ujL&#10;Ifv8975T5ffAAQD4O1WfM5Q0S5Kyzw3ybHOL+WBzg+nB5gTz/sEeH2xu0PscpC/xfNuPuYn8vDE3&#10;KDF38TnKul3jY8wNAAC3Ya2E+Zi5LLaNkXDT+SBZbOxcpoMkaXvvY7GPufE9QIzh6TSont0fivqz&#10;fQAAAAAAfnZ8awwAAAAAAAAAAAAAAAAAN4CyGADg5jw36LUj4dKsFF6rIGtZzOseoXopLE402/5+&#10;Z9WQ4f5PSdI/yl6S9Fs6f36UyBZ/ftfbC+VuYwf40uayPPfuTyiLAQBg1jroC2pkQ3+YpgDmhbA6&#10;DpKkw4PVRscvX+zow06S9JvPUP5tY2N5nez4Gs+PslhMRrxCmnv7hyX582IuspzPZQAA+Oiul8Vs&#10;7Ox9zEyLja3Fr9sfvtjYnPy6v4vi96vLYnEdzvU4AAAAAODXwBUsAAAAAAAAAAAAAAAAANwAymIA&#10;gNsTZY7YVVb1lcbFYx1NN2yVo0u2WO2jz7YfK5A1HSRJ84PVQqa91UJyseM38srI1VcIsVI5fq+7&#10;3QcAAM9Zi2JNBeRyDI1cqBe5msdLtceTl8fWsd6lZj6hqJnEcV4T1cEqo8eHe9+1bR3t8d7LYb/5&#10;nMLDYqrLZP/QzAFir/jrRc0k5jLxLyAqKG39BACAj6Ydo9svuqMh2lZHs38lvvWxeRmO9sDs1/ud&#10;jbGbzs9QfOz3sTvU5LnPi7kGAAAAAAA/J65gAQAAAAAAAAAAAAAAAOAG8MtiAIDbUZ+/pepLjFNd&#10;7772FFuTnJRzVs5Zyf+3HjFP0jwp+a1b/Cap8xXP7arn5+VmmG73AQDAN2kH+YuxNfbjZmN++3hK&#10;yWtjPrqnZLf1/MVu02y341E6HrUc9loOe6VlVFpGbZK0SdJdb7ecinIqmpej5uXondNlfeMlFZVU&#10;VJNUk6SapWp1VKuK+fteDwAAANLTMdNuoSS7pdQppW4dQkvKKl4efapqUdUSXx+sc4JcJQ+EAgAA&#10;AADwS7i86gUAAAAAAAAAAAAAAAAAfDj8shgAAN+gqqiqnKoicVuK3cZJGict06hlGlXrolqXU2UE&#10;AAD81NaiaC1+q6q1Xo79p2yoB8h8rF9mux120mGn42Gv42GvYTxoGA8qy6yyzOqS1CWp77L6Lq/P&#10;X5ZFy7K0b+tSKn6LTCpzDQAAvkeM8ad6KAAAAAAAHxu/LAYAAAAAAAAAAAAAAAAAN4BfFgMA3I61&#10;/HFl/xlxyHpoXaS6KK+DaFREJmmZNE+D3eZZ8zyvNZLT8QAA4F204/y67//gm7UklorqWut6Uuha&#10;99ubP7MWuy2j3aZBmgbttl+0237ROOw0DjulstgtVaVU1/OWYrdTwczCZZf89Zr3k6rd1sLYWhoD&#10;AACvkXNWzvlqYSzGaAAAAAAAPgr+3hoAAAAAAAAAAAAAAAAAboBFUlgaBQC4JWWxbSwUrlnFf326&#10;+J2XA6Pdk+skSeqi2FFn2+7uJUnH+y+SpHJ8tOP8eXe9v5g//7lXAAAAP85lXMvH+Cfj/9l+o64P&#10;WGUs+wlPpRGvj82jbY4HSdIy2Pbx9/8mSepkc4Uc5/F5SCo2J8jFHu+S3d/7+VP1+YorMZXwNV9V&#10;nd0f+83PkeL1Lv49AADwscSYF9qhL/mYv+6vx9uR0+EoSRqPW0nSMg6SpI2P/X083a/n8+Jzgs7H&#10;YB+kS2JdNgAAAADg18AVLAAAAAAAAAAAAAAAAADcAMpiAIDb05Q6qvJa4ziVxc6HxlOdw+sgyVci&#10;T7bieHr8U5I0b60optnu730lcpTIktdFLtc6AwCAt9XWQ19aO+VjvV8ur0d7ASzmE8VLYvut1Ujm&#10;g22Hh39Kkj519rp9jmKYVUmKzxXSYnODjYXCtPFKSVmiRhqiKBbb84pJO7Po2jsAAPig/mpZbBms&#10;Ejoc7Ho+ymK9H9eWxbp4uo/tlMUAAAAAAL8armABAAAAAAAAAAAAAAAA4AZQFgMA3J5yPuzVZDed&#10;GiJPeFHMt8nLYkleFTnsJUnHBy+LeU3kLlYg21HrCuSU47UZegEAeA8xxsc/ePzjwjpEx34cV7wK&#10;WmOW4PuLzQWmvY39j/dfJEnD/l6S9MnnCn3yCkmM/X6eXLwc5oUyD5Apr8edl1BPZTFTvV6yVlHX&#10;n9PupywGALgVf7UsVkYbk6MsNg9H6UlZrC2FR1ksrTVQ26csBgAAAAD4VXAFCwAAAAAAAAAAAAAA&#10;AAA3gF8WAwDcrCiKrSWOJ7LK2S2pnt1Ui1SL6jKpLpOK35KK3bKUspQ7uwEAgPfVjvElXa+KPbWO&#10;9Sp2S4vd6uS32W5llMqoOh9V56PKtFeZ9pqPO83Hne566a63olinqloW1bJYMawu6rLUZWnTZW26&#10;rKyqrKplWbR4teyp+kwpRV4iy6pKVXbzuQgAAPg2KSWl9IrJAgAAAAAAvzh+WQwAAAAAAAAAAAAA&#10;AAAAbkCSpFrrcwuUAQC4CVbqiKHwvMSR1/3Yzvb/PtxLkg7bL3bcMkiSPvlx2YfWtIy29ftrYsgF&#10;AOA9LMXH3M7WSLWlkFptbI77uxxrqex55biVJOXeE6HJ5wJbmwPc//G7JGm3fbDjZDWwOz98U2zO&#10;EPeHHK8bcwZ/veT3v1ZN52u/il3er3JlbRgA4Da0Rc32qjs1Y+Lp+Lhut/3j3sb08bCXJHXVxvAu&#10;ruPrJEnqPV2afI5RPV1amrEZAAAAAICfFVewAAAAAAAAAAAAAAAAAHAD+GUxAAAkJf/fab/4auPF&#10;b7PdapVqVaqTUp2UtditFuValFTtVhe7recBAADvoSa7rfu16mlMO6V0fqtVqVbVeVKdJ2kapGlQ&#10;7rJyl6Uy2e2wlQ5bjXu71emoOh210ayNZt2p6E5Fn/zWzhFOcwW75Srls/RJbi7Rr+239wMAgB8p&#10;5gita/cDAAAAAPCr4RtmAAAAAAAAAAAAAAAAALgBSbbS+mw9MwAAH9lXB7262DbZNtXZ7/ftYvfP&#10;28+SpHH3IEnql8m2yc6ei58ntn5/eFo8AQAAP06MsWWxsbfmTpKUfalUFEGyzwhKsTE+LTHW+/7G&#10;nqfDVpI0PdrYf9zd22HDzh6vPgewPXXxOnG+pjB6XhN7RswZ4gdp91+NtWEAgNvQ1rzboTbV8zHx&#10;dHxcv9v2uLfr+/GwlyR1/v1At47FNuZ3/vTkg34tNkaXxNgLAAAAAPg1cAULAAAAAAAAAAAAAAAA&#10;ADeAshgA4OZ8ddCLspiXxJKiLDbadhgkSdPeqyIHq4p0sudtYkhd/PgaS47PayDfHAcBAACvso6x&#10;1cpgyzry25jc2WWwIv6RYqxeq6A+hherh5Stjfm7z39IkubBSmOdzw0iQLZWRaNM1oz93y7WdkX9&#10;pN1/CWvDAAC34UeVxYbDo/SkLJa9PkpZDAAAAADw0XAFCwAAAAAAAAAAAAAAAAA3gLIYAODmnPdF&#10;2t+ctpXCyVcQr4Uw2bbsbYXx5CuOy3SQJG28StLHkBrPpywGAMC7ijE2p40kabpS/Oq9BqIUVdEo&#10;jNlxy/2/JEnTzspiw/bBHp9t7P+UvVTm27TYeebJKqR990n62pjfVE4uj2tLYu0+AADQDyiL9V4d&#10;Pe5trG/LYjmOpywGAAAAAPgguIIFAAAAAAAAAAAAAAAAgBvAL4sBAG5GfWaFcUjrzf6nWu2mYrdS&#10;pVI1TaOmadSyLFqWZb3/Qi12u/Y4AAB4E6narVVrVa31coyOCcJS7DZP0jxpv33UfvuocThoHA5S&#10;WaSyqFNVp6qc7NZVu+Uy2a0Wv1XlWtf3c+19neTm1t7f7rf3AwCAvyKltBZIAQAAAAD4yPhmGQAA&#10;AAAAAAAAAAAAAABuQJKtsP7q+mYAAD6CGOxi1Ku+YDjHgChJmn0z2rYcfTtJko73f0iSlvEgSeqL&#10;Hd+nIknqqm01+3niRePXs5P9Q7w2AAB4G1WdJKkUH5vrIknK2Qbh7GOyqo3x9biTJC2DjfGf//k/&#10;JEl9tTnBxo/rfduVwbZx3upjvw/6Rb1to1BSz9dq1Xj92P/etVw+B2mrZdXvBwDgo0s6H/PaL7pT&#10;Mwafjrcjex+Th/2DJGk87O24xcd8H2RrsTlBF0/3OUWM8aUZ2wEAAAAA+FlxBQsAAAAAAAAAAAAA&#10;AAAAN4BfFgMA3JyS7Nbca7cai4t93zcqi1QW1aWoLkWpLkp1Ua1V54FOO0FNxYoe6+0sXwYAAN5Y&#10;KUWlFNW6qNZFKSWllJSzlLOktNhtHqR50Hzcaj5uNe7uNe7uVced6rhTLrNymdVpUadFqRalavOB&#10;uhQty6JlWVSVrQ7W39ntipquFEbP5g1PCikv7QMAgO90fqGe1Cl5mdTuyGsdXPKCWM0XY/nz3zEA&#10;AAAAAPDz4pfFAAAAAAAAAAAAAAAAAOAGJEmq50kUAAA+pBjsJt/Gb0wnSdnvTfNid9bRtsNBkrTs&#10;HyRJ02ErScrJjs/Fyh5Zsx2f4lWi+GHbdZFxjVfl97UBAB9f/UpWM60jc+w3tay4TE3NOdZ9G0vb&#10;y9ni5839J0nSPPuY7ttN9tcpPiM42th+/PK7JOlw/8WPs7G98/N31cf02F683/Ox/dl62FfuvxTn&#10;i9d5aR8AgNt0GpNjTtAMts0YHeJ5nR9fFhv747r//2XvX3frWNI1Ue+NzEFVrd7bt2HDMLDhX74l&#10;30W34cvwZfmfYRiwsQ/dq2tVzSnxNA6ZEf4RkYPkoEhpHqQpis8jfGvoyxOHCgsZkcnMdx72d0mS&#10;qfb7BB/mnjq27bfNMUp5lEYGAAAAb8Dnr5QBAAAAAAAAAAD4qUgWA+Dd2Aa7w/jcnpieUzO3LVFs&#10;fK4jheTuOkmy3H1MktRjTxqbxnYPiWK9P2d7lKfJYpu5ShYD4P3YksVq6ePeNFK58h2SxZY6Esam&#10;vv3VNjYv+/55P1JDb34Zn2OsP/QUkd05baSP9efw0M2zJLHLXuIXAHxbW9rn5rcli212Y78tWex4&#10;3+cCx5E+Wsac4mrXjzuPIX7dUkoBAADgjXn9ShkAAAAAAAAAAICfgofFAHh35lHTo0rZqvVqo2pN&#10;as16WrKelvPq/gbz88SQ8zFbLwCgJ4o9ThX7nJbpSdVRl8tbGZXy2TpblmRZcpWWq7RkKr3WJVmX&#10;7G9vs7+9ze2n69x+us5yPGY5HrObSnZTOX+D51qvUh8liQIAP6pWntZLSimfrU1r7VmiKQAAALxF&#10;HhYDAAAAAAAAAAB4BzwsBsC7s4WItUd/zkZYSNqatDV1OaYuxyyjXkoUe/DS+sc5ZoZfAHjJZerH&#10;OQlkSw673ODClgL6YSr5MJXzmJ7jITkest7dZr27zeH2Jofbm5wO+5wO+7R1SVuXzGXKXB6P1efJ&#10;wain2lTTpm38f1wAwFtQS69tpN8Sxc6j/0gU26qmFwAAALxVflsNAAAAAAAAAADwDpT0t6O8CgXA&#10;T28b7Lasj5Y1STK1NVMZa+vSP++vkyTHT78mSZa7j0mSq11PMinp201tHG3b/yJJpF4En8zVc9oA&#10;kPSksM/Zxs5S+9japm27PoaW8nS/y8vZaYzl0zTG5ONd/7y9SZLcjbH9cPNLkqQt90mSv48h+u9X&#10;/S/rsk+SlMvL5dKP287vXl18H+9kAcB30sfkh5F4zB2ezTGejs3ny/dhux9Qaj/esu9zg/24L1CP&#10;pyTJbu7bz+P42z2Fy+MBAADAj85dbAAAAAAAAAAAgHfAw2IAvFvTucp4I7km65KsS9px32s9pa2n&#10;lNJ6tYu3hp8tAAB+i1qe1sPyKbU8jNZfa0rNlNrTQuuS7G+T/W321x+zv/6Y0911TnfXmeqSqS75&#10;ME/5ME+Zp5J5KmnrkrYuKa31VLFSn9YzLUlLK73OcwoA4E1orT1NKp2nXsM2R1lbzbqliwMAAMAb&#10;9vV33AEAAAAAAAAAAHizSvrbUyJRAHg32kj7KOfUj5a0pf91f5MkOX76V5Jk2d8mSXalr59q32dK&#10;70u2IbQvb48SUTLeQH5srp7TBuD9eBhru/bofaXWL0cfjZV93TaytjGolrJtMMbv0W/H3i5np7Hj&#10;VI/9L7e/9s+bPqbffPqYJFmO90mS3Tjsh7nvWMZcoI39t286jZ/z8D3Hz7149+phDjCWnxcY+wHg&#10;27hI+dpSvy8uzHtS6YNtzrBtvs0p5rH+dNwnSQ63n5Ikx8Ohrx8Jox9K37JsB6purQMAAPC2uGsN&#10;AAAAAAAAAADwDnhYDIB3p2zRmptWH2pdknXJup6yrqekrUlbM5dkLj1RbMrSX0EubbzJ/PA283kx&#10;APBZrTwL/OjLH6WKPXUx1qampGZqPRlkSsuUljJqG9Pr3XXq3XXW+7us93cpyzFlOWbXaq+yZlfW&#10;TK1lai2pa1LX1GVJXZak1F4vfA8A4G3b5iRb1VGllJRSXpyzbNsBAADAW+VhMQAAAAAAAAAAgHeg&#10;JElr7fMvcAPAD+gPD1ttTZKUaRynLclyTJIsN/9Kkhxufk2SzOshSbIb25Z6StJTTPI4oex8rP4c&#10;dh3r63gue/vOu6eZZgDwUysXSVwt00NCx/hLLWOsvHiXqY3xerfb9b4u/XPtn7t5bH819899H7NP&#10;v/4jSXL3X/+/SZIPrY/dpY3vMtLCpjE2n79j6cct2zzjSarYc5ezkYfkkfG9zgu8owUA38bFWD1i&#10;vuuz6+7Pj8XbZfx2j+BqHnOKpc8d7m8/JkmO9/skybzNIbbjj7nJuQcAAIA34vNXygAAAAAAAAAA&#10;APxUPCwGwLtRUnu1XmkjFqSNN4nbmlJrSq2ZWq/+pvLY7/G+ZdRYfz7O9rNar2kMtlsBAF0t0zlV&#10;7GJNz+acpkzTlLqeUtdT2rqkrUt2WbPLmmx1vE+O91nvPmW9+5TT/jqn/XXmrJmzpmRJyZIptVdr&#10;mVo7j+3nsX6M3WdtOieGAgA/n1p6XWqlVyklpZRk1DZr2NZf9gAAAPBWuPMNAAAAAAAAAADwDpQk&#10;aa09fn8aAH5ov3fY6u8BJ6lr/5zGcdqS3N8mSU63/0qSrPvrvkk9Jkl2ZezbTn354xixJCnz+Et/&#10;Dnv7jm0kprSx++RtYwDekfPYO7RM5+SNmm3s3NY9NY9Xm9ZTH4un2sfgeTcOsI3NNzdJkrtPvyRJ&#10;TncfkyS7Qx/br7ZxfzP2e0gRG8fZjvfM5Tf7Oq1fbntHCwC+mT52P6SDbWP20wvvdjEWX16Wz+OC&#10;fTeN6/e1zzmOd/2+wHF/6MvHXGQ7Whn7PfTjLwAAAPCDc9caAAAAAAAAAADgHZAsBsCb83uHrWfJ&#10;Yttrv+sxGSkkh7ueSlJO90mSqfU0k7n1fcpIFntIJRvPXZct5WRLEutpKVuqyPadJYsB8J5sY+82&#10;crcyZYsWq2PM3DxkgfR95jFmttM+STJtyV+7sd++J4ft//mPJMn9za99u6WP1R9aTwHZ0kKee7r8&#10;MgXtZZepJZfzkjH2ezcLAL6xPylZbOy3Xa+XdUmSHEdK6emuz0XWpc8ttqNtieOSxQAAAHhr3L0G&#10;AAAAAAAAAAB4BySLAfDm/N5h65wYMt4SzpZQctpnvf7X+GtPGNuNBLE5I0ls9OdksbPt1eOeJCZZ&#10;DABeto2L+Uyy2JYOcg7vrGMsbmPc3o0VdfQf/5kk+fW//7ckyXq4S5L8/ar/jGls97WJYdvPfck5&#10;LWSbP5zTRXu/rR/Bac9STACAP9vnk8Xalvx9Xvz5MXnbaksWK1tS2EgjX0bi+JYsdjqOBPJtv+12&#10;wLjelywGAADAW/H5K2UAAAAAAAAAAAB+Kh4WA+D9aecXjru6ZFlPWdZT6rqmrut4Q7mmlJZSWlpb&#10;09r6fN9LX1qf8uj9ZQDgmdJ61aXX1i9Lr9vr5PY6h+uPOVx/TI63yfE2u3bKrp1yVdZclTUl9atT&#10;xTJSSR7Xi9r0NKFk60dtX3crAODHtF2+l1JSHqWRbXOBaZoyTVPK3KuVniDaWktr7dl+AAAA8FZ4&#10;WAwAAAAAAAAAAOAd8LAYAKw1dVlTlzXresq6nh7WldJrJI19RXQYAPA7TK3Xlsg1pWRKSWrtdX+T&#10;3N/k8PGfOXz8Z/Y3H7O/+ZiprZnamg9zr1JPKfV0HrtbGfVoFO81vVr1olrp1S+jH+rh+44L7Mvk&#10;MQDgu9iSv36vLTHsMjnsMkFsWw8AAABvlTvYAAAAAAAAAAAA74CHxQD48TyP/nhSW4LHc1uCyPZG&#10;8aM0kUeVaVTWc9W6pNblxTeEpzZlalOSclGXeq7Iy280SyYD4D25HDcfX4L2cXvKmilrUnqVHHuV&#10;JaUsSd0ndZ9lf5Nlf5Pbm4+5vfmY9XiX9XiXD1MZNefDNGc9LVlPy6Of012O3Jfzia2/XH7p+Rjf&#10;x/4tgxQA+Gt9aSzfnGcoZU4p8/PZQpmTMj9KFuv1MOafc0UBAADgTXE1CwAAAAAAAAAA8A6UJGmf&#10;i1ABgO/li6PQRU7HNmyNF3633Vvp29XxLHQb+217z1mTJLv0tJF2/UuSZH9zk7YekiRXta8r43Nq&#10;p/6ZzXa0i+9Utp/ZtdFfJoxsx/mat5wB4O3qg3Rtc5JkKrskScuadR1j69wHw/lqDOjrPklyvL9O&#10;knz40EfNdYzX9//qn/VwlyT5+xh1d+OznfpxT0sf06erD337cfhpjL1f6n+rl8b0zyeMAgB/nqdX&#10;3HUMytMYhLcx/tn70m304x5CqWMwb/2ewcN1e++X/X2S5P72pm9W+34f5r7lNPqeOQYAAAA/Psli&#10;AAAAAAAAAAAA74CHxQD4cbUX6kJJvXiDtyap4/8m7fynjrSxJcmSdq7TeZ9n2jTeOi69tr7temW6&#10;GE57/8LRAOB9GeNmKb2maUopLaW0tHVJW5dkPfRqp6Sd8mGu+TDXrLe/Zr39Naf7m5zub1LXQ+p6&#10;SGlLSltSa6/U1muYyi5T2aW0nvo1jTqv/0L/W7Xy+QIAvq9nV+dfGuPP1/ujPd9yGNf/Q83UE8yn&#10;uRcAAAC8cR4WAwAAAAAAAAAAeAc8LAbAj+vpy7x/2PlwbUnakrbWXq2d6+vJDgOALyo1KfVRUGfL&#10;PJXMUxkZHTVZllFrrzHE3v76Kbe/fsrh7j6Hu/u09ZS2ns5JYrXW1Fqz1DVLXc+JXmWeUuZJwhcA&#10;8LuUUj5bl+t/+30EAAAA+DF4WAwAAAAAAAAAAOAd8LAYAG/HC0ljLyWHTKOe7TaSS9Z6ylpPaXVJ&#10;aWtKW5PSej3Teo2ElOcHBQA2Y9RMKyWtlNS6pNYlaWvKlJQpmXZTpt2UtNrrcEgOh7S7u7S7uxxv&#10;erXDKe1wyrS2TGt7lu6xtpa1tSylV6bSCwDgK7yUEHaZLHY5BwEAAIC3ysNiAAAAAAAAAAAA74CH&#10;xQD48f3BFK8tYWyrdlp6LWuvtSa1JbWdg8Wm1EzZUsTq5SF/g+3L/8F/BAC8RVNLppa1Lb3q8pDi&#10;uSWALUuyLFnv7rPe3ef+08fcf/qYeV0zr2t2tfYqU3ZlyjyqlqSWnBPFlvRaS7KOddXQCwB8pcsE&#10;sZcKAAAA3joPiwEAAAAAAAAAALwDHhYD4O34QkjXtnhLELvcfEsLa+vSq/ZKXdJaHbWmtfXy0Elr&#10;vS6Ng7f02mzfAQDepZEe1rKmZU1tp9R2Sur6UKdDr/u75P4ux5ubHG9uUm/vU2/vc9VKrlrJLr3m&#10;1jK39pAWOk2Zpumc8tFK0h4ljQEA/BESxQAAAPhZ+T02AAAAAAAAAADAO+BhMQD+epcRYJdeWH6Z&#10;5nXpnDxyMeDV5ZS6nFLWJWVdktpSWi8A4E/UlqQtmcqaqayZ55bUU6+bm+TmJvuPn7L/+Cnr3V3W&#10;u7vsas2u1vwtyd+SzOuaeV2TtfYayWRTS6aWlGl6Utv84EvzBACAzzkniW11uRwAAADeOA+LAQAA&#10;AAAAAAAAvAMeFgPgx/OFpLEvJYVc7nbux47nFLFak1pT2qNKr5xr26n2enbQp1rpdemcfjIKAH5u&#10;Yxxdl2RdsptqdlNN5pyTxZa7myx3N7m//jX317+mHfdpx30+THM+THNKXVPqmrTaaxxrG783W8pH&#10;m3oBAPyZJIoBAADws/GwGAAAAAAAAAAAwDvQg1Zak3ECwA9nG5x60teDOtJEpml75rn3tfXPbVjb&#10;1rd1TZKU012SZP/P/zlJcrUe+351SVrfZjvWPF4ansv4GVsc2DnJZPscP2N0bdt+cxEzVl7NRAOA&#10;H0uZ5yRJXZb+eTEGn8faZ5eUfbtl7WPv1W6Mh+ua9dOnJMnNf/wjSXK6/pgk+dsYI//T1VWSpNQ+&#10;Tm+jbB0Jn9vQuky9X8fQ2y7ehdqN7zpffjUA4Cfx9F7B+br94jq8PrtOf9pP2z2F2uc7u7H9bsxf&#10;6vGUJLm76XOY5bBPksxjjjKPedDlvQsAAAD4UUkWAwAAAAAAAAAAeAc8LAbAD6Nd1JeWv2RKyZSS&#10;0vqLxa21XmtNW2tKbb1a7ZWaOa1X2VLF6tNqrdd5Wfe13wkA3qK2rueEzowksWmaUkpJKeVhjB21&#10;rmvWdU1bT2nrKVfznKt5Tk775LTPenOdw22vsh5T1uN5m91uym43paSPzQ+j7NOxd1O2GuP9s9qi&#10;tAEAfo/zfYBum/9sBQAAAG+Vh8UAAAAAAAAAAADeAQ+LAfCXeymd6yLb61ytjHphv7OxQWktpbW0&#10;uqbV9ZxYUtqa0tbMKc/SSbZ0si0pJaUmpT787FGXHhJNyqipl3QTAN6gZVmyLMu5n+Y50zynTFPK&#10;9HA5eZkwtqV5buNn9vfJ/j73H3/N/vZj9rcfU9cldV1ytZt6zSVXc3kxSezB0/VT67WNtXPrBQDw&#10;WzxLDLtIFrtMWAUAAIC3ysNiAAAAAAAAAAAA74CHxQD44XwpT+Ql51Sv8WezpZvU05J6WlJq67Ul&#10;jKWmlIxqKeUhSeycKLYljH3RlzLEvrQeAH4c2/h3TtAY1WpNqzV11LZ+nudRJfNckru75O4u9bbX&#10;ur9NPR5Tj8dkXZJ1OY+9beqVOcmc1FJHJbXk2QxhSxTbksTm2uucEjoKAOD3uLwPsCWLbXW5HgAA&#10;AN4KD4sBAAAAAAAAAAC8Ax4WA+CH1y5qSxhpF39etNZkrVmXJeuypLQ66lEa2aiX/d68MwB4u7bE&#10;sHOyWGtJa+dEsS1R45yyMc+Z5vmcpHn85dccf/k1y91dlru77NaaqyRXSaayZiprajv2Gn/W0qtO&#10;GVVTp5pWkvYonPNyDN/VXlvSGADA13iWpHqxfLMlqEoWAwAA4K3zsBgAAAAAAAAAAMA74GExAN6s&#10;F7O+Suk1osjaWtPWmnpaUk/LORXlSV7Z1KuUXg/6T/HGMADv0Zac8TC2Pk0WOxvr67qmrmvW+33W&#10;+30O17c5XN+mHg6ph0PmtFxNJVdTyVR6tVbTWs06/iyl1zlhbEsUfSFZbEsSG0N55trry6mhAAAP&#10;vpQsdk5S3eZHAAAA8Ea5qgUAAAAAAAAAAHgHPCwGwA9ry/16Sdv+fCH1a0s/Wdc167pmai3Tli7W&#10;Wk9DuVDGn8tjX+SRnVNOLtNOAOBncE7Y2Opi+WWyxuFwyOFwyMePH/Px48e00/FJZVkzpfaaMqof&#10;Yxtb11aztseJYjWt1NRRGTWNC9otQWxLFivpBQDwR1zeD9jmLNs86HI9AAAAvBUeFgMAAAAAAAAA&#10;AHgHPCwGwF+gPqkyanNOCjnX9KQuPSSQXeZ+rUnWzK1mbjWlnlLq6TNv/9aHxJQy9zrr36a1kvYk&#10;Omz7lpf9w7dJck4/eXCxHgC+oW2MvRxrL7WUV+tsxHjNo6ZSM5Wa1ENSD1nuP2W5/5T76//I/fV/&#10;ZCprprKmtFNKO6Uu+9T1lLqeMpf02pXMu5KptEzlcWLoNlf4vG3tZcqnkRYA3ouL6/I/HPk9rv/H&#10;YUYW6qP1c69x36CWKbU8v0cBAAAAPzpXswAAAAAAAAAAAO9ASZL2NF4FAL6Rng7Sxufz933HM8xt&#10;fF5ssA1Wp7H/9sTzlpQyZ+0L6ql/7g9JkuXmOklyvP2YJPl7uU+STG1sN15AfurlJJPO89YA/LjO&#10;KWLtYjwb6RdtjGNbatiWirEt30ylj77LsY+dc1uSJLu/7foGyzFJcvjXP5IkN7/+K0nSjndJkv9h&#10;bD/nYczdnL/ZkwTOl00XV63jq73o+dgOAPyMLucEl3OA+sK9hYcFfcnuMiWs9XsMu+2AtW+33++T&#10;JMf7myTJXPu9h3lsDwAAAD86v+kGAAAAAAAAAAB4BySLAfAdPU0W297nLecIsYtksQvby7xbNkkZ&#10;SWLTOM5Dslh/qzf3PdVkSxZbbj8lST5Mff22PwD8bJ4li53Tu3oi2JYgtpY+uJ6TxkaixpbQ0epI&#10;BhtJGXMZo3DtiWIZY+vdx/9Ikpzu+tibpSeRfShjv8uEMwCAP8mflSw2TX0edE4zHUli07hnUcZ2&#10;x5Fifrjt9xrmtiWwuscAAADA2/D538YDAAAAAAAAAADwU/GwGABvzvRsAGujaq/Weq1rsq5praW1&#10;llJKykhQAYCfWcvU08LKqOyS7M4jZivPUzeSpLSa0sZ4mpq2nNKWU+bdlHk3JVNJppJ2d5d2d5eb&#10;j7/m5uOv2d/fZX9/l7YuaeuSqbRMpaW052kfAABvwXYvYbPdU7gsAAAAeGs8LAYAAAAAAAAAAPAO&#10;eFgMgO9mSzN57iIr7OUNh77B9qeMeljdk8XWdc26rslak7VmKiWTt34BeEe2hLFzlV41JTXl2Rhc&#10;Rs2tZm51CxJLytrreEqOp9zfXef+7jqH25scbm9S1iVlXTKXNXNZ09ZeAAA/ut+aELZtP01Tpsnt&#10;dQAAAN4eV7MAAAAAAAAAAADvgIfFAHhzyvjTsqZlTVKfVl2Tuqatp7T1lLouqeuSUlpKeTWyDAB+&#10;Kg/5m72+lCg2tZqp1fMeV1OvnA7J6ZB69yn17lOO99c53l+n1FNKPeWq1FyVmnlqmaeW0taUtial&#10;9gIAeCNaa2nt4d7B1m+JYpLFAAAAeOtczQIAAAAAAAAAALwDHhYD4C+05Zj8PqX1auPPWW1JbVnX&#10;Neu6ptYltS6ZUjL9gZ8HAG/FOUmsTE/qMlFsc5koVtqS0paknZJ2Sru9Tru9zv31L7m//iXtsE87&#10;7LPLqVdp2ZWWuS29ppp5qplaMgn1BAB+IpcJYwAAAPDWPP8tAQAAAAAAAAAAAD8dD4sB8Ga11tJa&#10;S9raK63X6FvtVUal1F4A8E60TJ+tzYuJYhl1f5Pc3+T+5mPubz7meH+d4/11ynpMWY+ZUzOnJush&#10;WQ8p65KyLvmwm/NhNyepowAAfkwvJYWd7zlceGl7AAAAeCs8LAYAAAAAAAAAAPAOeFgMgO+uZhr1&#10;hayRERS2KaO2vbd8lNKS0vIovWRUXXu1lrSeozIlKakpr/9kAPiptDKlleeXfy8mirVT0k5ZDndZ&#10;DndZ99dZ99fJ8T453mdX1uzKeh6T6+mYejqm1VNaPWU3zdlN8+WPAwD4aUgWAwAA4K16/tsCAAAA&#10;AAAAAAAAfjolSVprj3JbAODbaCPN6yHTq/9tvnx2uV7024u643Nty+jXJMm8HbEd+8f1xyTJ4eO/&#10;+maHvvxvV/24re379o9jywDgB7SlVVxesl32z1ItRorYofV0rw8fPvTltY+d9XifJNmVMYbuxvFO&#10;h/5528fSf/5v/78kydxOY7M+Bs9tjMGjL+cx9WlyZ8uWLuY9JQDg2+hJ4w/axbSoXvSXdwLOtxzG&#10;fGoeS6ZtTR171HFPY+nzoLL2+dH99T/69rXPi6apz3vmuc+Dtnnbsox7GcNut0uSrGs/HgAAAHwv&#10;7tgDAAAAAAAAAAC8Ax4WA+Av185v9k5fGJpqkpqyVeuVrL1ar9ZqWntINilTS5naeX8AeC/mec48&#10;z1mWpdfpkOV0SEnraWBlxGmcTr3urpO765xuf83p9tfMbR21jOr9eSzejnMeox/SOTL+fhHmAQDw&#10;UyilPKlNa+1JAQAAwI/mtd/IAwAAAAAAAAAA8JPwsBgAP49aRy29RtLY1Fqm1h5HmAHAu7CbSnZT&#10;SV1OvU7H1NMxc2mZS0uy9NrfJvvb3H/6Nfeffs3dzcfc3Xw8J4rt2prdo0SxLWFs8zxB7EtpoQAA&#10;P7aXEsIuk8Smaco0Tc+Wf8nlcQEAAOB7cfceAAAAAAAAAADgHfCwGADf0WXKyNZfLn/d9vbtVHqd&#10;I8PWU7KO5JTllKnVXqVkKiXJOgoA3oeHNIw1ra0PiRfTqGVJliWHm4853HzM/rbXut9n3e8ztTXT&#10;q4lifflLhHoCAG/NS4lil15KFLvcf6uXtgMAAIDv7et/Mw8AAAAAAAAAAMCb5WExAN6gi5yS2pLa&#10;Upe119orrSZbulir593KKAD42bW6pNUl85TMU/LhapcPV7ukrUlb0+5v0u5vsr/5mP3Nx6yH+6yH&#10;+1xNNVdTzZyl1wuJYo/yPUdNvUrSHoIzAAB+eC8lfV0uPyeEjZrnOfM8n5dfJooBAADAj8bDYgAA&#10;AAAAAAAAAO+Ah8UAeHMe3s4tvUpNSs1al17rmnV9SD/Z3vbdUlSeJZMBwM9mxGiu6ynresquTNmV&#10;KaW0lNLSDndph7vsb66zv7nOcjpkOR1yVWquSs3f5pK/zeUhnTO9tkSx56bkcaLY+S99OQDAW/Gl&#10;ZLDLZLFzP3xp/82X1gMAAMC34q49AAAAAAAAAADAO+BhMQC+uy3X60/L92otaS211id1NpLHAOC9&#10;GMFimUaVtJS01OMh9XjI7c2n3N58yv3dbe7vblNaS2ktV7spV7spU2mZSt+nV8/z3I73opEoVsuU&#10;WlxuAgBv1xeTv0ay2DRNmabpnDD2UrLYZQIZAAAA/FXcvQcAAAAAAAAAAHgHPCwGwHdXMqVkGsPQ&#10;Z4aibfEWY3JhS0tJaq8RUVZqS6ktra1Pa0swe9gRAH4Il0PTZf+ybZB8qbo5p8w5pbR9StunHq9T&#10;j9c53nzK8eZT1tNt1tNtruaWq7llnufM85y11qy1nnPFtrG0ll4P+qA9AsUelraaqUn1BAB+PJ+f&#10;NT24TATb+nEHIplKr/NB5qTMaZmeVG0ltZVn86TL4wIAAMD39pnf0AMAAAAAAAAAAPCzKelvMXmF&#10;CYDvZht0vjZvZHuyuYw9luUuSbKbxpGWff+4/iVJcrz9NUkyr8ckydV4g3can4Y9AL6Xr0sJe0UZ&#10;g1ftY+C6LW9jdNwGt7O+fM6ht3MfC9vH/54k+fSvfyZJ9ne3feu2JEk+7Pp+u210rv0nTeNzG4O3&#10;off5P2wb1S/eRzrHaHhPCQB4m55Ne4Z5pKjWQ59XHfb9XsV67POwMuZx8zZfq33eldoPWMaBz/Or&#10;4WmKa9LK5fzqab/N0wAAAOBruWMPAAAAAAAAAADwDnhYDIC/zPTCQNQuqo7a+lLKeEN3LKm9WlvT&#10;2prSnr75W0vrlTX1IZMFAH58tfYqJSkl8zxnnudM05RpehhFWytp5xSvjBDpktxfJ/fXKceblONN&#10;pvXQqx0ztWPmsmYua0qrKa2mtfakaplSy5SWXrX0tIuaktqDqp/YjnM5FgMAvFWtfL7WqVfK/KS2&#10;+dM2b9rmZdu9jWdKfVpfcJ6PnY8PAAAAv83nfkcPAAAAAAAAAADAT8bDYgC8GSMj5bnWkkcpKJe2&#10;BDMpJwB8b5cJFFt9rWdj2xgMt/CKeepVSkspj/I425q0Ncv1xyzXH3O8vc/x9j51OaYux+xSskvJ&#10;XKZeKZlTHhLFak2tX062ePBSXigAwM/tIf38857N5wAAAOAv5m4+AAAAAAAAAADAO+BhMQB+WFuS&#10;2GVWyfmt3ZEolrokdTm/rdtaTWvP01C8zQvAj+IyaeylxLEyzynzfB7z6rqmrmvSaq8RLTbPyTwn&#10;rZ7S6inr4Tbr4Tb7m+vsb65zur/L6f4uOa3Jac3UaqZWzwljJa3X2qvVmlb7NtNnxtSXfOnfAwDw&#10;s9nuUVzWl3ztdgAAAPBn87AYAAAAAAAAAADAO+BhMQB+OFui2HM1Sc2UkunxFlvaSq2p9SH9pEwt&#10;ZWrn/QDge7tM2vqtlaspuZpSS+21HFOXY1JHTfVJraf7rKf73H36NXeffs3p/j6n+/vkeEyOx8zr&#10;mnldc9VKrlrJXNOr9drSPKfWaxuTXxqbtxH2XKUXAMB7MU3TkwIAAIAfnatXAAAAAAAAAACAd8DD&#10;YgD85bYUk5ddJIOV0mtbuyWKtTVpa1praa09bD+0rGlZLxcDwJ9uSwZ7lrx1UZeeJYttY16pvbY9&#10;x5iX9dDrdJ+c7nO4u87h7jr3Nx9zf/PxnCQ21ZaptocEsVoz1Zq5tcytZaprprpml5ZdWuYpmV8f&#10;nF/10r8PAOCnM+Zr5aI22z2KrV7aDgAAAL6XP3D7HwAAAAAAAAAAgLfCw2IAfHclNeUzuSpfThgb&#10;Sus1XL6le7nZVtMoAPh+SpKSVj5ffUR8XBeJXOuarGumMmUqU3a7ZLfLw6B23CfHfY63173uP+V4&#10;/ynr4T7r4T5XJbkqya6U7ErJnGR+tHurNa3WpLaktvOYuStTdmU6bze1Ouph38+NqS1T2teN5gAA&#10;P4dpSqZJUhgAAABvhrv4AAAAAAAAAAAA74CHxQD4y/Sslee2hLGtXtoude3Vaq+RijKlZnqay3Lh&#10;WW4LAPwlWnlaD/pY1eoprZ4eYjKvdr22wfF4nxzvc7r7lNPdp6z7m6z7m5R6SKmHfJhKPkwlu5Ls&#10;SjKnZE55SApb10zrmtJqSqsjF6xlLlPmMj3KO/ttHv49X50bCgAAAAAAfAfu2gMAAAAAAAAAALwD&#10;JUlaa+1yBQB8O59PKHkYjJ4+y/yQaLKOz6V/7G/6x/Uvfen9pyTJrh6TJPPYblf6fqX2n9DKnM4z&#10;0wB8G1tKWB3ZmPXRKJd+DfakL6VvV8byufTPaR7b1TEGtvF5vE+SHD71MfD61/5ZT/skyd/Hz/u3&#10;pY+JuzrGzjH2tfJ0LL4cmdt0uaS7vHCs43tunqajJXPdxlwAgJ/Ldq/iavTt2Odh93f9XsX9/W1f&#10;X/r86+qqf27Tu2XM07Z536Ze3KtoY//N5fq5fX7eBgAAAC/xW3IAAAAAAAAAAIB3wMNiAPwwyhZ5&#10;eVYv6qnWWlprmVoytS9vDwDf2zZWvdSXUs6pYp/rU1uvVnutx16nfXLaZz3cZT3cJaf75HSfXTtm&#10;1475MLd8mFtKqylP0ia+MEaW2utC+0yq2Ouej+oAAO/Js3kdAAAA/CA8LAYAAAAAAAAAAPAOeFgM&#10;gL/Q59NNSuqoy0ySzyeHXaa0bKbUTOmJKj1V5fM/DwC+lfMYNRLCSktKS6aUTCnP+mlcpE2lZSrt&#10;YexaTr32+2S/z3J33ev+Nsv9bXK6S0532dVTdvWUD2XNh7Kex8LnY+hFvZAo9pJaej0kiF0WAMD7&#10;siWJTdOUaZqeJYu9dO8CAAAAvjcPiwEAAAAAAAAAALwDHhYD4Dv6rcleX9i+rUlb09KrtJbyKL3l&#10;mVKSUmSeAPDNbYlhpbaU2lMkPpckcU6gaMn0ePV5LBuj1mGfHPbZX3/M/vpjDtc3OVzfpBz3Kcd9&#10;rlJzlZpdW7JrS8p6SllPSdYka1rJk9qSwba6XL9po85f65wo9rrt3w8A8NNrrdd2z+EiYezSS/NC&#10;AAAA+F6eX60CAAAAAAAAAADw0/GwGAA/gC1B7AtJYpuRtuJtXAB+dFua5ZYcNl/8mdqUqT1clp0T&#10;ubZksbomdc3hfp/D/T73159yf/0px7vbHO9uM7U1U1vzb9OUf5umc8JYO+3TTvvUqfYq7Um1r6yH&#10;iLSviwr7ys0AAH4+I1lsSxTbaksacw8DAACAH4WHxQAAAAAAAAAAAN4BD4sB8Aa0UVvbkvFGbmtb&#10;8kpLazWtfUUyGQB8Z1MpvdJrS5g410ggy1p71V7tfp92v89hf5fD/i7L4ZjlcEzqktQlu7RepddV&#10;69XqklaXc2rnljDWSj5bAAD8TuMexeYyUeyShDEAAAD+ah4WAwAAAAAAAAAAeAc8LAbAX+ciMOxB&#10;T0F5WV//pbdxS+sFAH+VXZmyKz1d4nHCxPnPGKu2MW2rWmtqrbn9dJ3bT9fnRLE5LXNadlPJbiqZ&#10;S8tcWkpbU9qa1F5zSeZHyWF1VCs1rdTUl+rRKPy5AgDgBaUkpTyb922+dA8DAAAAvhcPiwEAAAAA&#10;AAAAALwDJf2tJq80AfAdXGaSbP2Xnl0e27W1f677vvT+1yTJ4eaX3h9ukyTzekqSfBiHnS7jy0pf&#10;0b74cwHgJQ8pEZ/zMPL0sWZLlSjbfmWMbXVsuRz753oYy3v/y3/9X/rmSx/7ruo2xvXPadvvdJ8k&#10;mTPGyqtdX9z6z1vH2Pfbvf7v/JKp/d6fCwDwYyvjXsXVeeK3JEnqsc/T9vf9HsV67PO7MmaI84hA&#10;b2vffr6YH9Zn9yrGPYxtWnYxv9q+BwAAAHytyytPAAAAAAAAAAAAfkKSxQD4jl562/Xi2eXLUamN&#10;/Up/OzfLdZKk3vwrSXJ/2xPGdrW/rbsbb+VOtaerlC21ZaS6PHsrF4Cf2NOT/QhyeOTZggtP979M&#10;dHhpLNkSIdbxeTX3pK+0niBRRhJY2ZLAtjHu+p9Jkrtf/pEkWe9vkiS7OvYb288juWL790zbJd2W&#10;WDasZU6+4l/5Mu8XAQB8zjYPqyPd/G+7Pt/b+vvbfu/itN8SYPsOY1aYNuZ32/KX9flYfSFZ7HL+&#10;BwAAAF/izj8AAAAAAAAAAMA7IFkMgO+ov+36fNB5+uzy85ditwU9OSzLbZJkvempK8fbj0mSqR2T&#10;JB/G8cpIFju/fntOFuteSoMB4GfyJyeLXYxZrTzttxHrvHx8ni+5RtLEru2TJNNIGsvax7b2ax/b&#10;9r/+R5KkLGO7kSQ2nb/u69/7IQFtJIsZ8wAAvom2jPndrs+7ytpnhPu7T0mSw32fz81j3jdPY55Y&#10;+37Tlo6+pao/cznflCwGAADAHyNZDAAAAAAAAAAA4B3wsBgAb09rvZ4tbk8KAC618rS+5Nn2pT6t&#10;PK1pVGm95qlknkrquvRajqnLMVNaprSk1V5398ndfQ73vU6nU06nnjYBAMCPq5SScpFk/nj5NE2Z&#10;tjSxR/cuLver5SEYHQAAAL4lD4sBAAAAAAAAAAC8Ax4WA+DNkiQGwF/vMl2s2xLGUtekrpnqKVM9&#10;5aq0XJWWlPQ63iXHu9zdfMrdzafs726zv7t9ljTxe31tghoAAL/TVJKpnO9N1FGZpmSkik3TdE4O&#10;29Y/nT0CAADA9+NhMQAAAAAAAAAAgHfAw2IAvD21JrU+Sxb7YsJYKb0AeEfaRV2sLeXV+pItIKyk&#10;japPKushWQ/nRLF57pX1lKynnO5uc7q7zf3tTe5vb7IsS5ZlydVuytXut1+uSRIDAPhrXN6T2BLF&#10;trr0UpLsOYHshQIAAIA/6vlVKgAAAAAAAAAAAD8dD4sB8Ga9lCh22UsUA+DP91JiWe9L1pSsmeqS&#10;qS4pZU0pa1JPST2l3l+n3l/n/u4293e3WU6HLKdD5tIyl/ZiAsXX2zLPAAD4lraEsMuE1/N8biq9&#10;hu2exUv7AQAAwLf2R377AAAAAAAAAAAAwBvhYTEA3p7Wks8kigHAlz1NBLvMB2uZLuoyP+xpklhp&#10;o1KfVNpWx15rr3Z/nXZ/ndtPv+T20y853l3neHed3VSym0qu5ilX85S2Lmnr8uh7fy2JYgAAf4XL&#10;exRbcthlYuzlduflX5kwtm33tdsDAADAJQ+LAQAAAAAAAAAAvAMeFgPgp/HS27kAcOkyiaGWz9fL&#10;aq8y6pwkNipLry16rB6Sesi6v8m6v8nh9lMOt59ST/vU0z4fppYPU8s0J9OcnE6nnE6nRz9vSjI9&#10;+94AAPy1tgSxzXkeOZVe2/K0XmO9eR0AAAB/FQ+LAQAAAAAAAAAAvAMlPYlFDAsA30FNkjwfdJ4+&#10;u1z6Zo9sCw5JkuOv/54kWQ6/9rWH2yTJ1bQmST6M45V16btt0TDbm77j0xu8AO/B00GllYv3ZcZg&#10;UC+Wb2NVq2P/MaZc7eYkSfnbVV9+OvbV930smucxuPz9Q/+8u06SLP/870mSm9tPfbtxCVZaP+6y&#10;v+99+lj29w+7JEmrff00vlC5+Pd8SfN+EADAN9Van7+VMYOct3ll7fPE0/0+SXJ/1+eBqX27v12N&#10;7Za+/+W89cHl/PXiHsqL+wEAAMDn+c0BAAAAAAAAAADAO+BhMQAA4N2qZUotU9pIE9tqU0pJKSWZ&#10;p2Se0soIIzsdetVTUk+Z59JTxcqo9djr7tfk7tes+5us+5vkeJ8c71PW46glZV0ylZaptMyjSktK&#10;64liW6oYAAA/rm2eeK6p9Cq9zvPEbfvW0lpLfSVTDAAAAL4FD4sBAAAAAAAAAAC8Ax4WAwAAflpl&#10;1NebkkxppVeZes3znHmezwkQ6/GY9XhMllOv3dyrrL0Od8nhLsunj73uP2W5/5R2vO+1HNKWQ6a2&#10;ZGpL5rZmbmumlFE1k4wJAIAf3jmJ9gXb+sva5pWbWnpd2pLHzvXCdgAAAPC1PCwGAAAAAAAAAADw&#10;DnhYDAAA+Alt2QtDqUmpKS0p7WFt26o8rfNRak2t9VkSxLb8rAeSJXVJ6pJ2e512e53T/U1O9zdp&#10;p0Pa6XBOENuqtJrSaubSMpd2ThS7TJoAAOBteDaPm0oylUzTlGmazvPNP5oQ9kf3BwAA4P3ysBgA&#10;AAAAAAAAAMA74GExAACAC1tSw9pq1lZT01LTUkqveS6Z554Skak8JIrt79P297m7/pS7609p9ZRW&#10;T7maaq6mmg9zy4e5ZVfW7MqaOUvmLJlKy1RaSmpKalpd0upy+bUektBGAQDw12pTSZueR3xtibRb&#10;otjWb54l1W7LH6WOSQ4DAADgW/CwGAAAAAAAAAAAwDvgYTEAAOAnVkd1rdS0UpOUUZspyZQ66tny&#10;kfzQWktrLdM8Z5rnpLRe+/tkf5/727vc397lsL/PYX+fXVqvOdnNyd+mOX+b5sylZC4lpbWU9pAR&#10;dpk4AQDA2/B01vngSwljrfT6vf7o/gAAALw/HhYDAAAAAAAAAAB4BzwsBgAA8IJ5njPP8zlRbKuU&#10;0mtdk3XN/u4u+7u73O9vc7+/TatLWl1S2prS1sxpmdNSyqixfDveljC2JU1cJk486ElnDwUAwF/p&#10;pXnb5bzucrvzvHLrR32JJDEAAAD+KL9dAAAAAAAAAAAAeAc8LAbAd1deqBc3uFDaqMtNt+WjAGCL&#10;aPi9Y8RuN2W3m5Jak1pT1iVlXZKsvU6n5HTKur/Lur9LDvfJ4T5zrZlrfZQYMZLAxqB1mVTWSkl7&#10;JXkCAIAf29RKplaezf+2eV2b5rRpPm/fakmrJbUkteSrk2NLqymtJun1W+e3AAAA8OWrTwAAAAAA&#10;AAAAAN68kiStv+oEAN9Y7R/PRp3+7HK7CFB5eDN22++QJFn+9d9G+7EvP94nSa6mdWw3PuppfPYD&#10;T9P4OZOkFoCfXTmPHePzbBtzeqrDWkY/1rbRb9Yxxvzbf/p7X1CW/vnrP5Mk+zEmrfu7JMm0HPtm&#10;a/+c2ui37/OC5j0eAIA3aUuDXdd+D2Ia/dXVLklSl36v4v72Okmy7Pv8sqeDJWl9/TRmpNvyh9lh&#10;719ODzOPBAAA4LdxJQkAAAAAAAAAAPAOeFgMgO+vXdQLWnmeNpbxNm1pybTVNqC9cLxSSkopaVMv&#10;AN6BNn2+xqhxOZaUEbu8LS+tprSa3VSym0qynnrt75L9XdqhV06H5HRIOd2nnO4zrcdebcnURgrZ&#10;SA57rQAAeOvOdyeSJK312pzvTZR51HbP4+l+l/02P31YW58UAAAA/FZ+KwEAAAAAAAAAAPAOeFgM&#10;gDentfakXrK9tQsAl15Kr0xqkpoy6pwsNhLE2s112s117kadDvucDvu0uqTVJaXWlFqTuvYCAOBd&#10;uLwHcXnPYpqmJ3W5HgAAAL4XD4sBAAAAAAAAAAC8Ax4WA+DduHzLF4B3oExPK2XU522JYlNaprTz&#10;bvW4Tz3uc3d7nbvb65zu73K6v0tdjqnLMaXVXuf9S6aUlJYUgREAAO/OZXLYlijm3gQAAAB/NQ+L&#10;AQAAAAAAAAAAvAMeFgPgzdnezr2sbHXBW7sA708rvR6SxHr1vLCHqiWpJUlq8jhRbCSFZTkkyyHr&#10;4S7r4S6nUetyyLocztvt0rJ7dOS59AIA4H24vPdwmSw2z3PmeT4njF2uBwAAgO/Fw2IAAAAAAAAA&#10;AADvgIfFAHg/SukFwDvw+SSxh8SxbmpPa0sKK1lSsqQe7lIPdznte7XTMe10PCeJfZhKPkzlvN+U&#10;Xuchp9ReAAD8lLaEsC8li22JYpLFAAAA+Kt5WAwAAAAAAAAAAOAd8LAYAG/OV799u8W6SBQDeLda&#10;mZ5UvwR6fBlUk9SUtF4jISxtTdqaw+2nHG4/5bS/yWl/k6ynZD3lqtRclZp5apmnlpKakppW17S6&#10;Jq31AgDgXbq8d3GZLAYAAAB/FVelAAAAAAAAAAAA74CHxQB4sy7f0j2TJAbw7rVRm5op9dHlT2mj&#10;zoliS0pbkoxqvZb9XZb9XerxkHo8pKzHlPWYqdRMpWYuLXPZflpLrTW11pfHKAAA3if3KgAAAPhB&#10;eFgMAAAAAAAAAADgHSjpySxeeQfgO6hPPs5Kf3a5vfCCbWljh3ZIkhz/+//alx8/9c9lnyTZlXXs&#10;sB1o9G08Gz2Pn1MvvwAAP5vWL3XS6lWSpOzmJMk0BqFWj3359vpMOfXPu5skyf7Tv5IkN//69yTJ&#10;rvUxZdf6fvPWjzFl6y+HsmUa38N7OgAAP6W6zQfnPt8s23xz3HIv43Obhy7HPu9cjndJkvub2yTJ&#10;h12fN+6mp/PWuvTtzz+njOOOex81uwAAAMBv4TcWAAAAAAAAAAAA74CHxQAAgJ9OGTVNU6ZpSqkt&#10;pbasp2PW0zFZ116pvWqvdrhLO9zleH+d4/11pqyZsqZk6dVar9SeGlF61VJSz8mWSRsFAMD71Fo7&#10;p4s9Vko5p4J9rn/J124HAAAAX+JhMQAAAAAAAAAAgHfAw2IAAMBPq0wtZWppWdOyprRRWzJYPfY6&#10;3ifH+5zub3O6v83x7ibHu5vMbRm1Zm5rptRMqZc/5qylpJ1zzUrSpl4AALxrWzLYS7XZEsleSiYD&#10;AACAP8pvLQAAAAAAAAAAAN4BD4sBAAA/r7omdc2U1mueMs1TktbrcEwOx9S769S76xz3Nznub5Ll&#10;kCyHTK1maj2F7HFNLZlatqOeq+eOPRQAAD+3y2SwL9m2n6Yp0zQ92/+lZLGXksgAAADgt/LbCwAA&#10;AAAAAAAAgHfAw2IAAMBPqCeH1baktqVf+UxJdnOvqSZTTTvcph1uc3f9S+6uf8lyvM9yvM/VbsrV&#10;bkpJS0k7J4y9pJXphUqa4AcAgHdrSwi7TAa7TBjb1FqfFAAAAPzZPCwGAAAAAAAAAADwDnhYDAAA&#10;+GmV2lJqS1rtlVHLkixLjvvbXne92nJKW075ME/5ME8pqaOSknwmYWxElrVeLU/rIdIMAICf0WVS&#10;2GZLFLt0mSj20n6X+7/0cwAAAOC38lsLAAAAAAAAAACAd8DDYgAAwE+ntFFTSZlKsi699ve9Dr1O&#10;h31Oh32W4zHL8ZhWl7S6ZJ5K5qk8ShLb6qnzmrJVeVIAAPDYZULYZVLYS8liAAAA8GfxsBgAAAAA&#10;AAAAAMA74GExAL6/clEv2FJhLrXS65ziMlJdtuUvaqMAeLO2c/25Uj5f25gw1V7rfbLepx1v0o43&#10;WQ69sh6S9ZDSTintlLmtmduaqZ4y1VPmVjO3mikt05OfUFNSM7moAgDgkctbD62UUfOobS7b+5SS&#10;lG12+TCPvbzXcZlA9uDzCbgAAADwEr/XAAAAAAAAAAAAeAdKkrTW5KwA8B289KZrf3Z5G4yepYm1&#10;bb9DkuT4r/+WJFlPH/vi032SZJelf26b196XNp6Nnuf+OYa9V1PIAPhTtPLSub+7POdfnpunaZck&#10;WZZ+Tl/H9tPUz+1lrK+1/5w6IivnekySXE2nvkPtY0iu+9jx8V//niRZ7j8lSf5t7se7St9+PfX9&#10;d+P7TOexaIwpY2yp6WNLK9tYdvE+zvnf//r/DgAAvE31hfnudHlvY9imu2Xcm9jfXCdJluM+SbIu&#10;/fPDmO/upr5HWft8eLvXsWll3Ou4nIcCAADAC1xBAgAAAAAAAAAAvAMeFgPgu2sv1IsbXGhl1OWm&#10;2/JRALx9rbW01lJKSSkl0zRlmqaH8/1Y38qUVqbzdpmmXu3U63ibHG+z7HuVekqpp1yVlqvSztuV&#10;VlNaza70VLGp1UytprSegrbVWakjPWzU1l8uBwDgXallq+lJbc73LsqclPk8a2yZ0jI9m0W2Ur+Y&#10;2gsAAABfw8NiAAAAAAAAAAAA74CHxQAAgL/Ml1Iht+SwLVFsqy1BrNaaWnsaWGk1c0nmklzNJVdz&#10;SWpLast6f5v1/jb7+7vs7+/SljVtWR+OV1tKbefjbcvP3+OF7/nS8sskCAAA+JxtXntZm20+fOly&#10;OwAAAPhaHhYDAAAAAAAAAAB4BzwsBgAA/LDOyWEjOWGaepWWXqmfrbRRp0NyOuR4e5/j7X3297fZ&#10;39+m1SWtLplSMqWcExu2OieXlaR+JrChTjV1qmlJWpJaai+JYgAA/AaXybkAAADwrXlYDAAAAAAA&#10;AAAA4B3wsBgAAPADmS5qKCUZaQullJRWU1rNlJYpLbupZDeVc5/jITkeUu/vU+/vsxwOWQ6HtOMx&#10;7XhMqa3XSCibSslUHhLLtoSxzZYwttVDotjoX6iXkskAACDJw/z2oi5dJuC+tB0AAAB8iYfFAAAA&#10;AAAAAAAA3gEPiwEAAG9A7dXWpK0PyWJlzVTWlFJTSk2WQ7Icctzf9rr5lOPNp2Q5JcspVyW5KsnU&#10;aqZWU1pLaS1zSuY8JDOs65p1Xc8JZ+e0sJEo1so0aiSIbd+w1NRSn3xzAAB4yTRNmaZJUhgAAADf&#10;jYfFAAAAAAAAAAAA3gEPiwEAAN9MaU/ruZ7c9VBPbQliqe1JlbamtDVTSabysHtbDmnLIce761G3&#10;Od7dZpc1u6z5++4qf99dZUrLlJa2Lmnrck5y2JIdtmSxLUksbUraliY2nZPEXiJhDACAr7HNQ19K&#10;FmutpbXPTqQBAADgd3n+2xgAAAAAAAAAAAB+Oh4WAwAAfljPEhbq0qutvc7ZXz3ra2pLprZkPe6z&#10;Hvc5He9zOt5nl9ZrLtnNJXNN5ppHCWUt06Pos7r22rTS66X+S8sBAOA1X0oYu/S12wEAAMAlD4sB&#10;AAAAAAAAAAC8AyVJWmsPr9ADwDdTk5H/8tTTZ5dL3+yRbcEhSXL6+N+TJPc3/0iS7NopSfL3q7HZ&#10;cUmSTNtPmsaKU98u481byS8A38PTk/rlube+8P7KeemI95p2Y0kbcV9rP9dnGuf6sd3x138lSX79&#10;x39NkvynpY8dH+oYA4Zy/l7j8zz4PB+l8pnvvZ77/pfz3qV/zy2kbN6Gos8fFgCAN64+v4lx4el8&#10;d25P551XZU6S3N38miQ53N/27cYMc7fNT+sxSTLV3k9TP+56nqh+fl4NAAAAl1xBAgAAAAAAAAAA&#10;vAMeFgPgzSmlpIx0sMdaaxGWCfBzqFvVmlprsiy91lFZey2HXve3yf1tlv1dlv1dprpkqktKeqXU&#10;pNSU9Dr/hLH8tyrtIT3sc8unUQAA8DW2ex0v3fMAAACAP4uHxQAAAAAAAAAAAN4BD4sB8NM5J4xt&#10;BcBf74sJXuWiuu2cvq6nrOspaeuo2ut4TI7HHG9+7XV3nePddea2ZG5LprRMaSmtprTfnijWSq+X&#10;nJPExsXVlJpppJeVVAljAAC8bty72BLFpmnKND3ctpeiDgAAwJ/Nw2IAAAAAAAAAAADvgIfFAHhz&#10;trdst7duNy++bSthDOAvsKV4fcnTJLHNltS1nesfUiPTazv+6ZCcDrm/uc79zXVOh7ucDne5KslV&#10;SUqWlCxJWUd9XaLYl5yTxEZy2FyflkQxAAB+i+1ex5eSxS7vhQAAAMBv5WExAAAAAAAAAACAd8DD&#10;YgC8OdtbtC+9TfuQPiNRDOCv9vncsK93TlcoJVMpD4li65KsS5bjvtfpmOV0PC+fSs1UtnSzh2ql&#10;vV4pTyrtaZXLevRv7HXe8w/9uwEAeB+2exjbvHee58zz/Gz95lnyLgAAAPxGHhYDAAAAAAAAAAB4&#10;BzwsBsCb81Ky2PZWrbdrAX5cpfX6Wtu5fpp7nVMj94dkf8jx/i7H+7u0ekyrx8xTMk9JSU1JTdJG&#10;bS7Txv4c27/rodqo3/bvBQDgfblMFtvqcj0AAAD8WTwsBgAAAAAAAAAA8A54WAyAt6eUXl/g7VuA&#10;t6OVXpfO5/Jp6lVrUmvu97e5399mf7jP/nCfKTVTanYl2ZWk1iW1Lg/HKTWtPE8Su8wZq+VpfcmW&#10;IDadK08KAAC+xjlR9wvJYpcp6wAAAPBbeVgMAAAAAAAAAADgHfCwGADf0ZRkSknyuXdgS+t13uBy&#10;wzIlZUpLr5pdrzKllilpc9LmrK1lbe2cEvM8NwaAb6+f88/alLTpnCDWc8C+fDlS2prS1odBYV2T&#10;dc2yv8+yv896PGQ9HjLXmrnWfChrPpQ1ZV1S1uXRt9j+dlnnn/TC6PQlfb+HJLKt7wUAwM/tMlH2&#10;pf5y+eX8s5R51JYc1ushWazPX782ARcAAABe8uXfzgAAAAAAAAAAAPDmlSRp/dUkAPhOLtO9Xnh2&#10;eRudyti+rf3j/lOS5P7mlyTJ6a73UzskSf42tt+Nz6kt6bZXb/tne+nnAvCnKeXppUYr/dy7XlyB&#10;1NbPzWWMEfO4RGmnfe9LHwPqzb+SJJ/+8b/19Yc+Bvynq77/Vfo5/3joY8K8+9C3+2Jq2O8bE87/&#10;vPNY9fQ4458FAMBPa8wDx8SwjAngeZq4bfaCufYtpzGNrKc+j93f3iRJToe7vl0b9zqmuW84fm4z&#10;4QQAAOA3+n2/EQEAAAAAAAAAAOBN8bAYAD+uUh+SWjJexy09laaVKTW9WuZepVcf3j4zxI39Afgr&#10;jHNzK0krmdNrWz6Vlqm08/JSWkppmadknpKcDsnpkNNhn9NhP0aAml0p2ZWSqa6Z6pqyLinrkl1J&#10;diWPTv7b2PBS/T7jn5OWqdfWjwIA4GdVk9TzbLO0R6mzv+EWRGstj//DH9tM+WGDPrHc7oE8+GPz&#10;WAAAAN4vV5MAAAAAAAAAAADvgIfFAHhzSilPCoAf2euJB1uC2OW5/XyOL1NSphz39znu77M/3GV/&#10;uDsnOczznHmeU2t9UttyAAD4K50TaEeljfqCy3mxeyAAAAD8Wb58VQoAAAAAAAAAAMCb52ExAN6s&#10;l96uvezTWi8AfjhzSq+SzCUpo5I2ak2ynhPFjvf7HO/3aa2ltZZpmjJN07nfqsxzimQxAAC+mdcT&#10;dL9oJIzVUlJLOR/vIWF3TsqcMuq825ZQBgAAAL+Tq0oAAAAAAAAAAIB3wMNiALw5ZZp6XSSLPUsU&#10;uyRhDOC7aylP6lJLTUtNaht16tV61eN96vE+p8Mhp8Mhy6lXSe01tZSpJaXXmpI1JZnmXgAA8F2U&#10;JOWcj7vVbzaidi/vdVze82ilFwAAAPxWHhYDAAAAAAAAAAB4BzwsBsCb9dLbtQD8+J4nii1Pa12T&#10;dc3x9jbH29u00zHtdExprVd9WpvzmCBNEgCAN6iVKa08pKm3qVfK1AsAAAD+IFeXAAAAAAAAAAAA&#10;74CHxQB4e0rp9WyxpDGAH812Tq4lqSVpraW1LU3sIVGsrb2ynkYdkvWQ/e2n7G8/JfWY1GN2U7Kb&#10;kpKakppal9S6PBsDWu0FAADfUruofsv9oepFbclhL7mc1750j8N8FwAAgN/r5atSAAAAAAAAAAAA&#10;fhoeFgPgzXrp7VoA/notJS0ltUyp5XG6wqb2qmtS15R2SmlbqtgpWZdkXbIe7rIe7lJqTak1u7ll&#10;N7ek1l6tjSq9ypyUOWurWVt9lPAAAAA/ji1hrLbSq/Q6r8+UlilpvUqZU8qcNk1pk9v6AAAA/H6u&#10;KgEAAAAAAAAAAN6BkiStNS/bA/Ad1Yv+pWeXL7db+0dbkiTHj/9Mkhyuf02SlLZPkvx9bDe1Y/+s&#10;p77f9uZt62/qthd/LgB/VOuXGjnVfqkxz3OSZGr93F7Gubls5/Zxzm93/Zx+f/2xf376V5JkHuf+&#10;7XMa+83jeOfjXuSIbd/j5bEGAAD+PPUr553bVtOYv5YxH563W/Vrn/ce7m6TJPu7m7689Xnw33a7&#10;3ta+HQAAAHytr7tyBQAAAAAAAAAA4E3zsBgAb1Yp5UkB8OOZpinTluzYU42fVLZajslyzHo4ZD0c&#10;suxvs+xvM7c6asnclkxZe7U60sS2ulRGTS57AAD44TzMYsd8tfVqKY/ScXs4eitJm0raVJLSq5ak&#10;lp6aLjkdAACA38JVJAAAAAAAAAAAwDvgYTEA3qyXksXOaTUPG/YC4Lub5qtM81VS5qTMz8/Rbe11&#10;OianY46H2177XudEsdZG9USxkl5TS6bHhxtJDC3Jo8UAAPBNbAlfW11qZXpSLyXfPpsnD1tS7xfv&#10;fQAAAMBXen5VCgAAAAAAAAAAwE/Hw2IAvFnb27XzPGee5/Nyb9cC/Di2BITLc3NpNaXVpPaqyzF1&#10;OaadeuV0Sk6nhwSxUS8ligEAwNvSE8ZaydMa8+Y2zWnTnFJ6TWWXqezOfVJGAQAAwG/jYTEAAAAA&#10;AAAAAIB3wMNiALxZW7LYVpvL9JqU0qu1XgB8NzXtSW22xLG0NWlr2rqMWtPWNbsp2U1Jaa3XZaJY&#10;aZ+tWvKkAADgm2rTk2rlaV3aEsQuPbuXMVze+zjPowEAAOB3en61CgAAAAAAAAAAwE/Hw2IAvD1b&#10;Qtg0JdOUeZ4zz/Oj1S8kiwHw3dVaU2t9fm7e1p9OqadTjvv7HPf3SV2SuuRqN+VqN2VK7dV6lbRe&#10;I0wMAADeopcSxtZWsj5aUaap1zxqJIu9NL8GAACAL/GwGAAAAAAAAAAAwDvgYTEA3q6RLDaN8nYt&#10;wI+ntZLWSkqZR/Vz9ZY4djrsczrsc9zf5bi/y3I8ZDkeMo2LlZI6qieKPaijXrIdAQAAvr2XksLO&#10;Ky7rcrOLexnbvPmyAAAA4I/y2xMAAAAAAAAAAIB3wMNiAPwAXkqHuUyFKb3Ob+H29W0qadNDX9NS&#10;n6TPALx34/z5pH6byyCEc50zv55WLVNqmVJaHbWktCVTSaaSpJ2Sdsq6HLMuxxwP9zke7lOXY+py&#10;TGlrSlszt5q5belij2v8S1ovAAD4S5SalEfz1PP8d9SWkLtNXEc9n8eOexwjYWybV59/zJbQmyk1&#10;U9qozWVg2bfuAQAAeLs8LAYAAAAAAAAAAPAOlCRprXkXH4DvYKSHtS1FbBt+xqupZXuGuX9eDk7l&#10;nD629o/jff+4+Vf/vP2YJNmtffnV1LebW/9s6ylJUqZd7z0zDfz0+vm1tM+d7/o5tZ3jDLb+0SaP&#10;1GfnzL7hw7n0cn23v79Okvzv/sd/6wvakiQ5/Me/J0lu/9U/z+fuekySTMs+STKP7zWl77ep43tu&#10;P7+NMeQhp7JvMH323w4AAH+Oh3sV3fN7DZfz1Kfm0uetden3LqZxN+Tqau4bjOX3tzdJksPh0Lcb&#10;8+qp9fnz9hO2n779vG/Vb6T8AgAAvD2X13YAAAAAAAAAAAD8hDwsBsBfoH0mN+zLWqbxhm5JUtJK&#10;T8BpZU4rc0opKaW/0/vSG7t5chyAd6ZNvV61nUV71TJSvEpNSn107n2ppnPKV5JczVOu5qknirUl&#10;WY7JckxdD6nrIalLUpe0tVc/Q7dMZVRqptSU9vnUgj4i5NF37lppj1LTAADgz9bnn9s8tbTWK/VJ&#10;bdtt89qXbPPpc99K2qMF2zx7u/dxnn+npG2J7c9mxd+uv1wOAADA2/Gl3xQBAAAAAAAAAADwE/Cw&#10;GAB/gYccmK/x0tuq29u0l/Vw/MlQB/CNPSQpXCZ/9bP3bjdlt5uStiZtTTvu0477nA6HnA6H1PWU&#10;up7OSQzn427n9HMamnM6AAA/r4d7Gl1rLe3R/Hiapid1uR4AAAC+lt+2AAAAAAAAAAAAvAMeFgPg&#10;B/Db0mLa+JNSklLOb9VmKsn0kDC2vWXrbVuAodRen/U4vevlc/LzBLGnSqu9RsbjOVlsXZJ1ybK/&#10;73U8Zjkes65L1nVJa2taWx+Oc5Gs8Nv9thRLAAD4kVzey9juffzxeTIAAADv3cu/BQIAAAAAAAAA&#10;AOCn4WExAN6eNj2padr1Kr3Om40C4KmWpJVeL+sJY1NLps+cTEtrvVI/W1PrlVHteEg7HnLY3+Ww&#10;v8t6OmY9Hc9JZc8SEsY5vpakju/av+9FAto2HpyXSRQDAODtuZwPXyaLzfOceZ7PCWOX6wEAAOBr&#10;eVgMAAAAAAAAAADgHfCwGAB/ocv0l54KsyWC1VGbrT+/PTuVZCop85Qy9zdrp2k6p89s27VW0lp5&#10;lDoD8F68kLFYHp9dv86WMPb8THp51u5VsqZkTdZjsh6zHu5GHbIeDmnrKW09ZTcluymZy5S5TOek&#10;sa9NSngpIW07DgAA/Mi2ee+XksW2ex6SxQAAAPij/MYcAAAAAAAAAADgHfCwGABvVynJePP2SWVO&#10;yXzebEuduUwqA3gvtuyvF3LGnihtuqjLhK5+Np2eVXtSJTUlNTntk9M+y/G+16nX1GqmVrObSnZT&#10;yTwl86Ork4ekhJFC2abPFwAA/IQuk8PKNKU8ShYDAACA38tVJQAAAAAAAAAAwDvgYTEAAAAAAAAA&#10;AIB3wMNiAPwFposh6LJ/6vI/m7b9ZyXPxn+Osk29ztu1kvZkQ4B3qtRef8D2n6O8/M9SPvT9P09Z&#10;Wq/zf/x3OSXLKe10TDsdz/2UNVPW7KapV+k1tWRqD//Zna0HAIB3bdz7AAAAgD/q5d/MAwAAAAAA&#10;AAAA8NPwsBgAP4wtQWzLo7lMFHswksjK3Gv3Idl9yDTNmab50WYlmUpK6TVNU6bJ0Ae8Y59NGCsX&#10;9dSW0limqdc4p7a6pNUlGVVSe7U1pa2pp33qaZ/l/jbL/W1Oo+pxn3rcnxPIprRMaam1Pqnt5zzo&#10;36+WXs++97PYSQAAeDu2ZN2tzqap10gWm+c58zzn6uoqV1dXjw8BAAAAX8VvzAEAAAAAAAAAAN4B&#10;D4sB8B2NRLBNmUZ9NszmmReTxsb+57SbqdeZtBmAP93Uem15kCUtJS0pS1KWlHZKaafU433q8T5l&#10;Paasx+zSntRU10x1TVpN2kgnS01pU0qbUtPrklM7AADvQmu9AAAA4E/y/LcuAAAAAAAAAAAA/HQ8&#10;LAbAD69n1nzZNE2jdpmm3Xn5mpY1La1MacXQB7w/rbQn9ZrSypM6J4htiQYj5rFsf6YpZZoezta1&#10;V11Oqcsph/19DvuHZLGrqfUqyVXJOVEs66jte4y0yM05Yay9UJfplQAA8AZdzoMvbeu3eyAAAADw&#10;W7maBAAAAAAAAAAAeAc8LAbA91dGXdgSxEZozYteShrb0m0e3q7t1VpLa68dEYCvN87CW+RYGTXO&#10;3ms99Tods56OWfa3Wfa3ybom65rdVLKbSqaSTCUptaXULbWsJXXUV2qlFwAAvGVbYthlPST89pIs&#10;BgAAwB/lahIAAAAAAAAAAOAd8LAYAD+slxLEtsSwh4iy0c9XyXyVeZ4zz/NDUplkMYAnHnLAkrTp&#10;aZ3PsS/s9Kwff6lLUpcsx0OW4yHH/X2O+/vU9ZS6njK3mrnVTGmZ0lLamtLWtPTazvpbUsLDufvx&#10;d5rSSq+XvufUpicFAAA/st96z2KbL2/3PgAAAOC38tsTAAAAAAAAAACAd8DDYgC8WW38OZumZJpS&#10;Rj1aYcgD+L1a6fXMyG9srdc5WWyf5bjPYX+Xw/4uc1rmtOymZDclU2qm1LS2prU1qS2pLdM0ZZqm&#10;zySLAQDA+7HNhzfnefFWpSSlnOfPAAAA8Fu5mgQAAAAAAAAAAHgHPCwGwJv1LHVmJItN0y7TtHu+&#10;3YvpOAA/u5EC9nuM5IKzLdFgU9ekrmlrr9PplNPplP3+Lvv9XXbzlN08ZZ6SeUpKakpqWl3S6pLS&#10;akqrmUsyl4ckhWfneAAA+Ilt8+DLZLGXSBYDAADg93I1CQAAAAAAAAAA8A54WAyAv9CUZEpL0s5d&#10;UkZt/VbPtKnXtkWZn1QrJa2U1NZSW0vKKIB3prRp1DgVPjrXXtrOyS1TWqbPbLillJQgCE0AAP/0&#10;SURBVD2tti5p65I6qp1OaadT5jJlLtNDQsI4d7daem2hj1NJpockhZqWmodzdis1rTxOR7tMS7vs&#10;AQDgWxr3NMZ8drsH8UddhqKf58XnSfw0qt/7qCWpJWllelKv3E1JPnPP5bK+5Gu3AwAA4Mfjeg4A&#10;AAAAAAAAAOAdKEnSWhOzAsA3dznYbPkv25PLL71/e7nfMnbc9pvL2v/S9v3j9l9JksP1P/ry002S&#10;ZFf7dnPZ9eV/iZf+lQDfQj+DPg9V7IleyUhpTE8ieKqfbFtdkiTzbuywnXOXfs7N4W58XCdJbq4/&#10;JklO178mSf53Uz/OVevHeTh7fz4FbPuu2/d76C9HjYv9L3c8u/x3AQDAj+/5HP6pufV5+f1Nn3fX&#10;0zFJsq6nJMluzO/LuCbYls8j/Ww39c9aPz8vf5hWP51P19FP4/uVMS/fegAAAH58fnMCAAAAAAAA&#10;AADwDnhYDIDvrj7Lg9mWjGpb9VCcMurSeY8ypZZpDGtT2jSnTXOy1bZ96dVGAfz8yhcTDS/PiQ/n&#10;1l4ppVfWUWOLqfWqa1LX1OMh9XhIllOynLKbS3bz45+9nadf6rvL79NKfZQqluejyOUgsfWXywEA&#10;4A3Z5sUv1TqVrFNJyZySOS1T2nmOPT3M5y+uCS6nyVPqk3ppOwAAAH4ez387AwAAAAAAAAAAwE+n&#10;JElrzTtCAHxz22DzNFWsv8Wax++5nkelp880b0kz61i/jV7z1P8ytUNfsP81SXK8/kfffv+pb7cu&#10;SZLd1I/717wh+3rCD8C3UJ5N98v5nNrTBx709IGcz9ZbOFipp+0vY33v28d+zv31l/+WJFn2+yTJ&#10;h7H/h/WYJJnb5dl/89LyzRfWf+lk3h4SJgEA4GdRxjx5vblJkpyOfR6+Ln3+XcY8eTfuQ9Qxn5+3&#10;eynbRL/2eyWb+uxezMX1wlg/bsWcvwcAAABvh2QxAAAAAAAAAACAd8DDYgD85cqflbdV5l7pVaZd&#10;rzKnFMkyAJstVew1U+tVRqWtvVJ7rUuyLlnWY5b1mOP+kOP+kPV0zHo6ZjeX7La0AgAA4JuYpinT&#10;SFBP/6+I5HP/IZFSypN6abuvVUuvNgoAAIC3w8NiAAAAAAAAAAAA70BJf9vo979CBABfaRts6sXy&#10;+XLJeVR6+kzz9qbqOtZvo9e21Tyd+l9O1327638mSZbbX/vy9T5JclX6gcpfMvp53Rb4/srFdL+N&#10;82CStGfvj4xz8jhJltb70sY5dlt/vE2S3P/Sz7Uf//Xvfbvat/sf//63JMl0PCRJ5nGc515avvnC&#10;+i+dzJtkSQAAfj5lzJPLfp8k2d/3+fnp2Psy5slXZZvvr0mSqY55/nm+35dv6rN7MU/7y/XTl+br&#10;AAAA/HAufzMEAAAAAAAAAADAT8jDYgB8d9NFPf7bE6WOehrIVUqvOvJmaul13nDaJdMuZZ5T5jmZ&#10;pl5tq/IQUwbAsJ1Vu9J6tXVNW9cR+9iStiZtTd3vU/f7HA/3OR7uM6VlSsvVNOdqmpN16QUAAHwz&#10;8zxnnueUUlJKSWvtSQEAAMClz/xmHgAAAAAAAAAAgJ9NSZLmFSMAvoOXBpuHjK+RaNPGZ9meae6f&#10;6+i246xjs2kc4KqMBJu67x+3/0ySHK9/6cuPd0mSD+PnlBe/0bck0Qz4/srFdL+Vh3PRS2fCMs66&#10;66GfU3d/m/uKpff7f/57kuT+Uz/HTvXYtxtHrGvvr8bPfvktlYc0s8/7wvry0r9gaON7AwDAT6SM&#10;efLV0u+F3N1eJ0n297d9/Zgn/23ejT36/H6q2/x53Btp292WbenTmXs735vpLtd/cb4OAADAD+fy&#10;yg4AAAAAAAAAAICfkIfFAPhuyp+cq1VLrzaScVqmtEzJNCfTnJJdrzKnlHkMe4Y+4P1qpderSnuS&#10;1lXbktpGcmOStDVpa5bTIcvpkLosqcuSD1PJh6lkNye7OSnrkrI+2g8AAPjzldLrN2qtxX9wBAAA&#10;4H3yG3MAAAAAAAAAAIB3oKS/ReQVIgC+m8tB5+H919o/2vgs2zPN/XMd3Wl8bvudtxrJN3OOfcFp&#10;nySp1/9Mktx9/I8kyVXGdm07YlIu3sK97P883+q4wM/sj5+TtjPvOL9mekgYu4gaK2PbMs6V2VLF&#10;lkOSZP30MUly/+lfffF976fWz8678TOmcb778tsp23d6yRfWP0pB+6w2Xy4BAIA3r4x58tW4tX+8&#10;u0mS7O9vkyS19nn81fneSr8HMtWn1wbTxXy7Xszg23n/7nL9F+frAAAA/HAur+wAAAAAAAAAAAD4&#10;CXlYDIC/XvtM3Fgy3k59XE9tuz1sMY03XEeVXi29UuakzCmlPKlpmp4te6kA3pbPn2AvwsS60kZK&#10;18U5t5Re65KsS9bllHU5pdUlrS7jzFuzS0a17NIyt5p5S4oEAAC+jdaS1l68f9Fay+f+wyIvLQcA&#10;AODn52ExAAAAAAAAAACAd6Ckv0XkFSIAvpvLQadsC8pIoNmSaMaLsG0827yOz1NfvK0+m0YSzoe2&#10;9AXrPkmyfPolSXK8/meS5KrdJ0nmtibJZxPDPrcsSWr9oyk5nz8uwGteOid9WT/BPiSJbeewl98Z&#10;KeMcXDLOpWPT9rGfS+9//Y8kyXJ/nSSZl7v+Oc6p87ZfHSf3MidJWnnpZ37pvPqF9edB5AWt/3wA&#10;APiZlDFPvhr3KZZDv9dx2Pf5+el0SJLMY7o8Tf0vW19rn7fPF/Ppntj+4HIef7l+uxcDAADA2/HS&#10;b2wAAAAAAAAAAAD4iZT0lJQvvI4PAH+GHm1zDhLbQmfOq3sqzUOyWN+gjlSaLVlseSGda8uOuRrZ&#10;Y6UekyTr9a9JksOnkSy23I7tt4yyB5fpPZe9ZDHgr3B5Lvp6X58s9pAothkJYeMYyy//PUly+8/+&#10;2Y49seBvrZ9Lr6Z+Dp+W3m/hxXXa9V6yGAAA/GnOyWJrn4fXpd8D2ZLFDiNpbBq3/ucxLZYsBgAA&#10;wEu/sQEAAAAAAAAAAOAnIlkMgO/oC8liGcli21upX0gWOx9nfE4jxeZD6W/Hbsli7eYmSXK47sli&#10;Zf9L8ihZ7HFiz+9P7/la3/r4wM/o95+bniaL1TLOr+3hnZHtb8+SxdpIFhvn0vuRKHb3r38kSeal&#10;Jxb829R/xq70c+qWLFbHD5UsBgAAf77LZLGMpLDjSBS7v++p6ln6+t2uz893Y8a/rn3e/mcli31p&#10;Wg4AAMCP46Xf2AAAAAAAAAAAAPATKUmyrqv3fgD4Dvozyi8li5WMFJvxVmo7J4uNt15LT6fZksUu&#10;U7rKOPLfxv5THek2d9dJktNNTxZrd/1z1/r6vJLa89Ly3+/PPh7wHvzec9F2Ht18XbLYts34PPRE&#10;gpt//nuSZP+xn0Ovxjl0Sxab1n2SpIyEgmkaaZDlKvlMIsGDLySHfWn9lyIMJIsBAPATOieLLeNe&#10;ypgXLyNZ7Pa23wtpp77+6qrPx6/GvHxZeoLw700WG5cBD9cPAAAAvBkv/cYGAAAAAAAAAACAn4hk&#10;MQC+oz+aLNb3P6WnxLSx53n/kYLz97Hf1Prx2kgWW25+SZLUu38kvzNZrLU/OmR+/ucAvObyXPS1&#10;vi5ZbCSKXSYDjHPoevMpSXLzSz93Hq/7ufTfSl//b9PY/tgTDErtCQVl7oliksUAAODPt83bd6d+&#10;b6Ps+ny7jmSx6+uPvT/29R8+9Hnxlix2Oh36/hfT9N+bLLb1AAAA/Phe+o0NAAAAAAAAAAAAP5GS&#10;JHU9jfd+trf2t2fI9O+3f22dXv8t+9fW6d9+PzxKtMnjFJus43P0I0injc863mZdxv5tJO2UbYPW&#10;9//bOWqs9+3+NnmULNZu/yNJsmv9Ldp8JrXnst/Uun3X3+vifwuAr/DSOelLttPjOvbf+jxOEhuJ&#10;iVvC2JbKuJ2TT7/8K0ly+2v/PN39miT5T7u+34exfT3cJUmm2vvdh5Es1nbJo3TI5yNE/1sd321L&#10;JHjeb9+vH+Ghf2n7rd+2f2m9/nv3r63T679l/9o6vf5b9q+t0+u/Zf/aOv3b77d7KWXp8/bd3Oe9&#10;67En/V5/6vP2ZSSI/f2qz8vnqR9oHcvni+Swx9cMjz3cDXm6/eX3SZuSy0Rjvf5796+t0+u/Zf/a&#10;Or3+W/avrdPrv2X/2jq9/lv2r63Tf1U/lgAAAAAAAAAAAPAzK0nSlrvt/aSxeHuGTP9++9fW6fXf&#10;sn9tnf6n6c8JOdv6YYu5+ZLtrdfW928j7atsy8dbsufjH0/j8yZJcvrX/5wkmWt/2/axNhJ2Lm3L&#10;p2n7twD8+Nb09IBD5iTJ9OFv/bO01KWfA8vak8Dmcc68GslgqT1p4Jf/+r/2/nSfJGmHfZJkGumM&#10;H9LPj7vxObV+zt3Om3XqP7uNsWA71W+JBV/fj3P9eAPm3PfV46d/pj9vv/Vjvf4v619bp9d/y/61&#10;dXr9t+xfW6fXf8v+tXX6t9+f3whf++eHqz7vriNp7PbTpyTJ8a7P47fkr3kc55wsvM2gt+OdbT9o&#10;dGOzy3s95+9zVh7tu+2k13/v/rV1ev237F9bp9d/y/61dXr9t+xfW6fXf8v+tXX6r+n9xhsAAAAA&#10;AAAAAOAdKEnS6mF7fAwAvqHx9mnrb7k+f2v1t9kSxer43FK/ytzfps1ItVlOI1ns0JPF6i//S5Jk&#10;N1Jx0tqz56rr2PfyOevtZ15ur9f/3v61dXr9H+3Xkbh4LD1hrMxXSZK5tGTp58YyksR26efmaR3n&#10;xkNPIPj0z38kSdrS+xx7sthc+/79yMlU+v7zlvq4JTWWkXCwfSkAAOBPU09jPr8bM/ORHLy/vUuS&#10;HEcy8DyuEnYjWqyMeftUxz2azflezXZ1sRnz/It5/ZbkCwAAwNvhSg4AAAAAAAAAAOAdKElyOr/2&#10;DwBvx/ld1y0FrPTXWy+fhF5GGth8/JgkWf/j/5MkuWr9LdupJet4Y3YaI+KWgFNqX7D125u4W3+5&#10;vV7/W/vX1un1f1a/mce5riRJPfaF49yZkSyW/UgQ2/c0xk//+O9jdV9eTn2/qW3JYv2Yu/EztySC&#10;NlIk2zTSHgEAgD/duvSJ+DltfSSLHe97othxJAaXMV/fjZsm01gwrRep7+dkscsksZfS4be7MJd3&#10;YwAAAPhRuYIDAAAAAAAAAAB4B0qStPW45QAAwLe3vc56fit1e3b5K/syUmpGas35NdftuNv6bft1&#10;LF+u+8d/+38nSXbtdmw3PWx7fmX2hX6+etpffje9/jf3r63T6/9ov50ne7pA2ljfWq8kmbdz8vi8&#10;H+fG209JkuMv/0ySTLUfa1pHslgdx9x+5nbs8zl+uEg3AwAA/gxjzn/5Hw1Z+rx9SxRbDn3+Xkfi&#10;2Dym7fOYt5fzNcT2uXl63JcTxrZrj75Bac9v0+j137t/bZ1e/y3719bp9d+yf22dXv8t+9fW6fXf&#10;sn9tnf7r+u1KDgAAAAAAAAAAgJ9YSZL2j//neI4MAL6Dsj22vKXRjGeXv7Yvu/65JebUcbxpeyz6&#10;Yvttfdv3z3/919Ef+memh5Sy85u5F/2ztB69/s/qX1un1//RfqR/nVPAtoSx9pAENm/n1NHv7/rn&#10;bU9jPPz3f++bje3LOMZUR39Oedx+9naOf9oCAAB/nvMb4enp6nXMz9e1z8/r0hPF2rHP39fRb2+U&#10;zxfz9IeEsa5t91TOLvvNdu3RFcli+h+gf22dXv8t+9fW6fXfsn9tnV7/LfvX1un137J/bZ3+6/qn&#10;V3IAAAAAAAAAAAD8lEqS/L/+H//X8RwZAHx721uvv1drv2/YmkYaTj31hLFyTsF5fszLflO2VDSA&#10;t2CkAbSRLrB7/KpI3Zb1hVuyQD321MXD/j5J8j/829+erN9lewVlnEPXkVY2fta0RYlNT8+XL+UQ&#10;AAAAv10rfR7fxvvgW6LYdj9jGq+Oz2MiXtdTXz6m87sxwd8SybLN8y9t1xSXy4eypbsDAADwZriS&#10;AwAAAAAAAAAAeAdKkvxv//f/y0svBgHAN/DH0rm2t14vU76+lAbWxmcpPdmsfua92JeOsS3f7XaX&#10;qwB+WHW8G3IaYQHbOayU8nAuHae9eSSBtdYTCdZTTxhbjj2BYEslm7dzaW+zjoSCUvuBzufm+el7&#10;Ke2PnfoBAIBHtrsXbb5KkpxOY14+VnzY9XsfW/JvG/P/c7LYmP9viWRbgtimXfQPni6XLAYAAPD2&#10;uJIDAAAAAAAAAAB4B0qS3Pzn/31Lkjre9t/eLtK/3/61dXr9t+xfW6f/efrt5dQt8eZy/df2bbwF&#10;u/XreK92S7fZ1s9b/s1Iuakj3mbbfnr0/3vbvpc/S6//Vv1r6/T6P9qvpZ/39utIFfjwtyTJPE3n&#10;BIEtSWyexzbbserS148EgnnuB7+a+nabOpLFtgTGLVlsmvrP3hLFXsolAAAAfrs25vrl6kOS5Hjs&#10;8/fUPr+/uuqJY7txT2RLHpvG+i11uK3bTL1/PiQC9/n9ltL+kGX2eVuiWf+Vw9Zc7qvXf6/+tXV6&#10;/bfsX1un13/L/rV1ev237F9bp9d/y/61dfqv6SWLAQAAAAAAAAAAvAMlST795/9DSx7eGtreAtK/&#10;3/61dXr9t+xfW6f/Gfrx1msbaTN98WeeZf42/faW7G68RbtFnE3SnfR/Yf/aOr3+j/ZbsthSeqLY&#10;OlIBtvPyq55t9HDO/C227wQAAPx52ngPfJvjX96D2cwv9l+a2Pf5fx3XFG2Lib9w+fOS6bxv/3v0&#10;+r+gf22dXv8t+9fW6fXfsn9tnV7/LfvX1un137J/bZ3+a/ptCQAAAAAAAAAAAD+xkiS//Jf/07P3&#10;fwDgm2nz5ZLvYhpvze7aMUlS0hPGpjalnlPG+nPUev336l9bp9f/4T5dLf28u6UCTF+Varft/cds&#10;CQcAAMCf52Gu3+f4D2+Kd1vi1zYd3+b5z5LAvjDv3zbfrhe2hLHtONu1BwAAAG+HKzkAAAAAAAAA&#10;AIB3oCTJP/9v/9Pl+0QA8O203eWS76KM925LG2/Njtdgp1ZSH/09iV7/3frX1un1f7TfcgDm7bx3&#10;Pg8+JH6NXZ730+sJAy95vpf3UwAA4M+2zd/Xc7LYU9u8/pwo9mTtw/JLW4LYZtvsIVmsf37p+AAA&#10;APy4Pn8lCQAAAAAAAAAAwE+lJMm//ktPFmvjdaAyXg/Sv9/+tXV6/bfsX1un/xn6jL4/q9zXPrx9&#10;+u37p89IV89MAz+5OUuSZFfXJMn0mdyvB6+tS2rZ1m/nzte3byPhYAwF53Pwy+do/XvpX1un13/L&#10;/rV1ev237F9bp9d/y/61dfqfp38p8WszX/QvJYptzsd7afn2BYZ5C29/uhgAAIAfmN+SAwAAAAAA&#10;AAAAvAMlST795/9jS5I20gLOiS/6d9u/tk6v/5b9a+v0P0Of0ffP750ys46UmyV/6+tHD/CzKq2f&#10;h3etJ4zNrSeMfdY4Z28ukwTO68c5/XL7S9vaqe16P07GW5KB/v32r63T679l/9o6vf5b9q+t0+u/&#10;Zf/aOv3P02/3XjZfThZ7/V7IdrTtHs7555y3eOry+AAAAPz4Xr8yBAAAAAAAAAAA4KdQ8ihZ7NH7&#10;/+NT/37719bp9d+yf22d/u33f60tyWwtV+Oz91ObUsebuNsbtnr99+pfW6fX/9F+Ow9PI2Hsqc8t&#10;e+QikuAhLXLrn6z+zPH6dyh1/uzy52OE/v30r63T679l/9o6vf5b9q+t0+u/Zf/aOv3P0rdtgn4x&#10;X99sSWTb9P3hWuGp7ejPE8X6X57P/7tp23H84Emqnf4H6F9bp9d/y/61dXr9t+xfW6fXf8v+tXV6&#10;/bfsX1un/7r+81eGAAAAAAAAAAAA/FRKkvzrv/xP4zmy8XF+z0j/fvvX1un137J/bZ3+5+n/Gtu3&#10;mM8JO/1zku6k/wv719bp9X+4H++GrKWne20Ji5819n3wtN8SC35zsli7SBYb3+388/Tvr39tnV7/&#10;LfvX1un137J/bZ1e/y3719bpf54+6/gci590Ob9BvinPJ/JPnJPFzn3/ec/u6Iyff5lkVtrDMS6v&#10;HfT679W/tk6v/5b9a+v0+m/Zv7ZOr/+W/Wvr9Ppv2b+2Tv91/biyBAAAAAAAAAAA4GdWkuRf/+X/&#10;3JKknd8GGm8L6d9t/9o6vf5b9q+t0/9MfUbfP79XX8Z7sHNbxmf/PgA/q3WkAKz5W5Kkjr48ftt/&#10;ZAaMU+VDFuSL5+y+YOuf286t28+6SBYDAAD+RNv8u8/TL6fpl8lil1tczvcv75Sck8XG9cFlstm2&#10;PwAAAG/HuLIDAAAAAAAAAADgZ1aS5Jf//D+1JGnjNaAyXiPSv9/+tXV6/bfsX1un/4n6dL37fv1m&#10;kigGvDM1Pd1rnI6fJouNk+Xz/uvO2V+yjQEAAMA3sE3gf6cteay+NG2/uKdzeUXw0m4AAAD8uCSL&#10;AQAAAAAAAAAAvAMl/392/jTYsvO+73u/z7OGPZz59Dyh0d1ozCBmEJwHcRApyRI1OJasOLLjDM51&#10;fBPn5ia3bqqcm1TdF7dSdZPceEjZiWMnsRVJkSVqoihRHCVCAAmAmIFuNBqNnqfTZ9rjWuu5L/7/&#10;dUA0TStxbCHF8/tUoTb2Pnuv4VnPejaquPkFVv7Gff/H/u9HIiIiIiIiIiIiIiIiIiIiIiIi8n9q&#10;KouJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiI&#10;iIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qx&#10;mIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiI&#10;iIiIiIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJ&#10;iIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiIiIiI&#10;iIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiI&#10;iIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiI&#10;iIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiI&#10;iIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiIiIiIiIiI&#10;iIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiI&#10;iIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiI&#10;yDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiI&#10;iIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhs&#10;A/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiI&#10;iIiIiIiIiIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDag&#10;H4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiI&#10;iIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qx&#10;mIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiI&#10;iIiIiIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJ&#10;iIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiIiIiI&#10;iIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiI&#10;iIiIiIiIiIiIiIiIiIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiI&#10;iIiIyDagH4uJiIiIiIiIiIiIiIiIiIiIiIhsA/qxmIiIiIiIiIiIiIiIiIiIiIiIyDagH4uJiIiI&#10;iIiIiIiIiIiIiIiIiIhsAwFg5W/cl27+g/zLF1MDQKBqXwGgpgNACvZqCv6+ZJfJXybedNUaf1/7&#10;uVZoMgAi9oGMif/FN5AKAJp/6m8HbWPtNtv3pPYxtJ+xfb+tPbfaH+15vPl9yT7fbG3n+7l5++bm&#10;MfiT3DQ037Pd9ry2jsdP/O0x/aefb2jH0rXX9vtpt59uOqLQbsb/5e3za7f3znFqvveE4J+y/63x&#10;39q+Pb/5mrfn3/qTrsv3O76bj+vm8/xnuXks221/v2v99r7eOaZb1+ymOfb2fdc+fp8Ni/zA+n7r&#10;083rgfmT795/9j3aenvds++kVpam/ujH5etTe+/W/rnGP3fzd1zm343fbx363vXH39/uZ+vVf/p6&#10;t7VW+Mfa87x5q62t75Gb1yKnNUdERERERERERERERERE3k3/9P9lVERERERERERERERERERERERE&#10;RH6gBFQWe9dkyQpf3WCPDVb42qjnARhWXjMp7e+9Tg5Apy0lja3GUmSWLRnVYwCmwWtemW2vE+YA&#10;iP73srpif2/sfXl/LwCD9REA/YUlRhubAEz8GGaWdgCwtmnHMg1WeAm5VdBW1lcAWN6xYK/7uVUD&#10;e32ua8dcjdcAmIzsWJrQ98/tAWAw2ABgOBwCsLi4aO9LVl/b2LC/9/v2ubaWVk1sfyHYWFQTG5uy&#10;6ALQ6/UAGA4GAEwmtv1eib2vtH8ZVvb5cWPHm3dnAaiSne/Itxv9Z5aFF2PaOlyWbExvLuS0RZq2&#10;MFNj17IKXnXzck77uXY7bdHm5mJOqy3Y1LW9vz2u3OdEqO1467Fd29KTOJ2eXbfR2Kt2uR1H7Sme&#10;ce2loMzeV3RsHFvVxK5f3EqhvfP43n7Vxq09v8bPux2HzI8zNfb5Zjqh8WOOPnZlbp8NbRHMH+u2&#10;8uPHnqJdw9rn5sTPpd6q4Nn7ct93WdtciF6/E/nBd9N60tYot9YVf/TvmPY+3brN3bSy+7/n60Jb&#10;jGzf134njcf+neSPma+n4zgDQB7tXu1UqwB0/XsjZra9ia9PQ69tdud3ArA5sjWiPY+i8TXj5kqn&#10;rzuT8M5aZ4at/wR7/1a5bKt85n/2x8zXp9zXnk47jJWtHY1/Tza+g+DfOxS23/b7currdBFtvyqM&#10;iYiIiIiIiIiIiIiIiMi74Z2/PBEREREREREREREREREREREREZEfSAGVxd41bVmsGVjpq9dbAmBa&#10;HgRg04NHk+aavR+rp/Q8qRTbtJJXqCr/6d+09LpWW1OZWoWr4xWTmcy2l9dWVwmNvW84sO3ML++g&#10;DWMNJvYvo9o2vjm2x8W9BwC4tmZ1prJvpZi21DLcsKJYP7NzXOzb52JlZbC2SBUzK7BM/VwqL7RU&#10;XmAJuRVZul17X+0HNty0/bYFm7Yo1pZqqrHtt556ESa3olX09Fa342W0qRXUYmnVqXFtr7eFscbL&#10;WpUXstohL/24Qu0lHC+fZV6pags3bxd53tmqqUJbFrPtN/67zeymQllbFovtBXFtASd6Pa5qbPv+&#10;8lY9K/PiDpUdJ14ESsmPJ7PjwM8zRXte+/GldoM+ro0Xduqpba/wUtn3O756qyz2zu22UmPbyXx8&#10;sghxq/7j59TWgryElxp73h5LW0Vq2mO/qdrW7rPxWlI797p+P6ksJtuH36e+Trf+pLJYq13P5uZt&#10;vR8PrVi4fsPKYG0BcqZvNcui8Oqfrzftero2tQpgntnrvdFVe0z2neQfo67s7+37U8+22/i62RbN&#10;isbLZb7/Vnvvj6OVJW8ui7VrS+2v+9fc1ni066+HzrbKYtnEPtf1qmHh63D7ubZqWHlRrPHvn+SL&#10;Wz227y+VxURERERERERERERERETk3dD+L8QiIiIiIiIiIiIiIiIiIiIiIiLyA0xlsXdRWxbDa1tF&#10;YdWUSdwDwNDLSY2XxXKs4jLn1ZLMKydttWXqtatJ3ypcg8Yeh+N5ADodq6v0S9tfGl4CYKdFWhiv&#10;Wx1mOJ4wHNm2d+45BECxbCWx9VUruAx92yMvcZU928fKihXFOl782rtkVbPp5nUAxqtWkMkaK7vM&#10;zPgxT2y7nRl7f+UFrqsr6wCUfXt9bmERgOHQPh/9fW1ZLPPnrbYsVnuprMztZLulF2CGNwDIMi/A&#10;RC91+e8op40XsvwOactkRea/s6ztuIPXqdqyTVu8+R5e7GmLN1vlGS9xtdf05rLYVhHIj+vtgs07&#10;X288ndN+LveSTWG7IdR2fNOpVbWy0stm/rnajwd/9NAbVfXO88r9+vowftdxvlNbFmsLZW31i+Bz&#10;d+KFOH+eZdnWtdyqEXlJLPjYtPsq2iqaa6tB7bk0Phfaxzr5sfj7M7+WItvHzevJO22VBH2d2uL3&#10;Z1sW29iw+7bv63Kna98t7boxqe39Yy9TtutUWwTLvRDW9bJYZ3gZgHJs30GddmHxe3etsrLYNLf9&#10;NMGet2Wujn+ftOtvu0ZU/r6tsphvr0htVdArhX5iqV2X/PFmsX3ZY4TR17d2zWq1hbWmXcNu2l7m&#10;JTL9Xl9ERERERERERERERERE3g36XypFRERERERERERERERERERERES2gYDKYu+atmrSK6xKMq6s&#10;UrIxtUrX1K9KVlj9ajazGsqsV1qi567qxjInIy8tjWcWALg0tN8Cnr9uFbDOrFW5du2w2kqcXASg&#10;WD0FwI45q53kWZfB0I5tNLVtrmzaPq5blIysv9Pe27Ntjit732DTCi+7d9jrHS+4rF4+B8CueTuW&#10;fcteeplcAYBg7wttOSa3Yxx5wWVz6sczsce2dLVjyc41+hhMx1b66vdsO6WXbsb+eua/jxyPrdJW&#10;drzwVVnlLXjxJS+9MOZpreSlL79UJK9dRS/GtNcyawMybUnGCz0eg9sqgrUlsdSWt+zPW0WctpgT&#10;vaZ1s6Yt2ngpLW2VwOxzYx+vNhTU6XjRx19ox68tqk28ONbmudqCWlv3qv18O/56v2vjNtyw8lts&#10;Uztbbj5vr4W1ZTE/z7Ys1I5nk8JWVa5u9+1VuDzasRZe0Ku2qmQAkEUfRR+DZqu6ZqJ/Lvo1ntTv&#10;vBYi20d7b7SPN98DNz/3dc5vsRjtPm6rfWS2Xg9re745sTeGchaA0r+Tkn9HXbpkVcu9C/Z9MF9b&#10;eRIvUPai3fPtvToIVjBrCnscV779m8ti+Drux1n5cU6Df6/4upn7GtGWHAle+Qy23xTa4pi93K5b&#10;7Xpdduw7ejiy762tUqMPUNdrnZlvN/jxvV1LtPNuttZDEREREREREREREREREZE/PTf/L8IiIiIi&#10;IiIiIiIiIiIiIiIiIiLyA0hlsXdVW6Wyx9rrKdO4y/7sJaQsu2ZPp2sA9MZeMfHi0nhq9ZJpzz4/&#10;nLXq13fOWvXpa09ftvfP2OsPP3o3AIf3WrWls/oaAGVl2y/yLrMLuwG4dMVSYl994lkAXjhhRa4N&#10;D7EMPSg18jDVXN+SKmW0JMuNS/b+vRYa49MfewSAB+44AEA+tbJYr2u/W7yyZrWorGtFmh0HbgHg&#10;+ZdfAeAP/+hbwNsprh/74Q8DMO+FsPGGVdjmunZuhf8ecjqxstisj9H6wPaztPcgAFdv2OeCl1+6&#10;pX9u7MeTvKxll4R6bKWYPPMS11ahx20VxdqCmD9vC1terLlZW8r5vvyDqS2EJT8gL7Gl6NUsP5y2&#10;ToeXx5r2OLy6Vfjx4+W0EOx57tcvtnWuxi54WxBrxyH53AvfUxa7ydZxv/Nl3x2V72caSkJm1Z2J&#10;H/O0rQj5m8vCziFM7dp0vOJWet0t1DbnUmXXHK/O5bnNkaywsRo37TVR3Ue2l5uLhd+vrteWxNri&#10;YWtufgmAayurAAzbe6kzB0Bd2N8bL09e37R784033wTgwmlbzx+54xAAt+/y8uHEtpdXXgrzstgo&#10;8zKYrw21rw2Zr9f/m8tiybZXelWwXdcjvlZ44bJ99NNiEuz4JtG2Mw12HOPGC4++rpa2tNBJ9r0Z&#10;pyv2euPn5SXHaWPfbw2eIBMRERERERERERERERER+VP0T/9fiEVEREREREREREREREREREREROQH&#10;ispi76J20AcjKyHV+by93rHaVehapiQGq5PEsT32xlZP8YgJyesqdd9qJZNlq4J9+fmzAPy9X34a&#10;gHGwT/yZn/oMAB9+7A4AFqZWHms2rwOwvr4J0YonK5tWZTpz3vb97KtnAPj9b14EoLTACmMviy0v&#10;2gsbq3ZOsx5t+sjjtq8H7jgKwL4lO5bl0s5l9w479ws3NgGIPTuX3pJV1v7J538LgC/89in7vJ0i&#10;/8bPfwyAI3u9ZLNhx9mNXowZ23FUXsDau9O21xbMmrkdAFy+buWXXmH1qoW+FWiqTdteJ9nnZzv+&#10;+tiqbVmbxnLJn7cFr+TVqrYodnPBpy11/UmSf779fWfdlsVqe33q+0mFlW/aMlvtzytPeo2TvW+r&#10;INZYUSf3FE/wwhhe5craopg/Nl5aq0b2OO8luZvLQ39SIa1px82LQT7NaPJZwozViJrCKnADz6PV&#10;XtJrj3XBa3TZxK5F4dckVl71qe0cYmOVoOA1paaxz6doc/DmayLyg+5PKou1RbFWtvV+LwBO7V4c&#10;+LpfzNu6uonds69etHX89HVbf187a98tzz1/GoAlLxP+xMetLPbR+w8DMJ9sXYlT+3xr6AWuKbb+&#10;hszWsXb97Pq9/nZZzE6gil7y2iqLecGssc8XXjTMsf2FmwpjVbRxGUWvdkYrpw3zBQAm/nrRse12&#10;MxuQbHgJgOm6ldQ6U6uD9ksvkWX2vVOrLCYiIiIiIiIiIiIiIiIi7wL9SkJERERERERERERERERE&#10;RERERGQbUFnsXdTWlSZeS3n5tNVHXrtgdZLGs137D1rN5NBuq0XtzK2I1PF6Sp7bb/7Wa6ukTBat&#10;WvLEa1Y3+W//0TcAuLppf//kD38IgEcfvBOASydeAWDv8jIAu/bspfZS1R8//RwAF69Ztam3vAeA&#10;l988B8CJM1YYG0ysxDI3Y8e8vnoFgIfuOgbAPbdZLe3ym68BcMdBS4N96n0PA7C5ugbAm5e9DLZg&#10;pZqsb8Wx3/7iFwH4ztNWFrvziJVifvKTHwDgvsO2vWbVznneCy8dL8/U46E9z2ysvv2KbefkDfv7&#10;uLHiy9233QLAXb69MLwBQFlb8WahY58fD6xeleU3lcWw7dTBxq/258nLPW0RrC37tGWc9nmztbm2&#10;TGbaYhmp3Y5t3wM/nLtqx7napn76Vr4JfSuuDZLNmbZAVpZe1RpbUafnJZ00sfNsH5d69v79u217&#10;MzZVqQZticfP46ZS0dulMS+Wbf3FXq+CbeiS7YYrm/a+1aogzdg8rDpWGBvWNoYeAaLI7KQ7U7sG&#10;zYbNtc7Y6kU7uratA8t23yzN2pwMyc5x4iW/PPO8kcg2c/P9ulUW8wJhK/r9e3NZrF2fpn4fV6Wt&#10;M0+/Yevv//oHLwHwqt2ajApbR9ZWbX3a41nMX/hRK01++rHjAMwlu6cZ2vdB9LLXONl+Ro0fpxfD&#10;Mr+n/7eWxdqSV17b8eS+qJReFsuw7wmCrTET//xmZuvfZrTHlWhr07kV299gaGvK0pyd2KF52+5y&#10;ZuvyjNc783YNquw4aq99ioiIiIiIiIiIiIiIiIj8aVJZTEREREREREREREREREREREREZBtQWexd&#10;VAWrluRzVlL6R5//GgD/+KtWX7FWCbz/fVZt+eiHHgPgyLKVw/LaKiW5117eunQBgPHsDABvXLXq&#10;yS//1rMAnL9q1Za77rF61p5dtt3TL58E4Nplq7k89Mj9fOqzPwbA1775FAC/9sXfB2D34dsAmN25&#10;F4CXX38TgKkfw/ycFVzWVqw49vDdVo6pB1Z9ev7b9v6/8vPvB+DD99wLwK/96q8B8EfPWIFl/3Er&#10;ix06fg8AJ954A4Azp+zzu+esgPOXPvdpAO46YKWXydUzAOydtWLL7kWrsU28hHX+/HkAfunzrwLw&#10;pD3F38af+eQhAH7ovXZcvamNSTGxRw/HMNqwYkxRWPGmLfM0fk3bMlvtz5M/b8thbdmnLc20Ja7k&#10;v99sC2RtUazZ+l1nWxyzxxNv2Hg884IlfF60YBobfkdPLGDDuhfIxr6ZXs/+JZvYfmfazVugh9Lf&#10;f+dhe3z/IzZnjh/aB0ARbAep8ZLZTbbKRcEe29JPhr1/EuzAfvF3bG6etKgeb63Apge/xh2bS+Po&#10;NSAv6s2UNiZxZHMqrNsY2gyAu+0S8v4HDgBw1xF7oV/aNahGNhdIdpJhq98m8oMt+lR/u/xn2gLi&#10;zdplIWvvFb+vkxfIxm3hsGPfJd86aev3P/7SywCctGWS6dxOADbXrRx5uGfb+wufuQ+Aj91nC00x&#10;ugpAGtj7OrmXyzJbC6Zt+cyLX3lj934nWRGsLY2159d+x06DfSfWXvHMGi+LJVuPimSJw6xdAIO9&#10;3q49m5mtLmuZfVd/5QX7rn3i+dcBOH1mFYDbDtkXyWfeewcADx+1zy0FO6/2ezAW9r7GvxdERERE&#10;RERERERERERERP40qSwmIiIiIiIiIiIiIiIiIiIiIiKyDags9i6qglVOpt15AJ4+aTWVv/Mr3wHg&#10;Da+yvPfjVtf68Z/4EQCGF61SsmvOainf+NIXAHjq6RP2d/8J4NI+q5e8dMKKYkXX3l9VVlZqKzO1&#10;BcjIPdpS9kp+5Md/HICVoZVafvHzvwlAb3kPAJPMKk8XrtpBHrrNCmJNZe+/eNaKK0f2WnFmvGal&#10;sdGKFVv+6r/2KQAWvQTzt/+7LwPgMSnGNjRMSjvmrLQ/ZFiRptm0sdpnf2bej33Oz+kj7z0CwEPv&#10;sXKNh7C4es0+9/U//jYAX/qWFWVu9RrVX/5XPgHAwXkr0uwqrO/WbFgxp5vseb/0Yk1lBZu2LNZe&#10;09qLO40Xe9q/31z2aUs2W8Uef19bJvuTymLDqY3ntTU7j/Vk1+W5U5cA+INvWXHseTt8du22x5Fn&#10;64IFeThmwTAeu8f+5dheK+IcWu4DsNuTakWy4+1ktv9mqyzWHtc7tSWx71cWuzy27b580eboGysV&#10;z75h9Z0/fNnm+SSzMejN2Hxeu7oOwG6vpv3kJ24H4L59cwDs7dsc2TNn16If7Xmv8DH0ORp9Uqgs&#10;JtvFzetPqy2LtetPq10327JY5utUVdmXRnfOKpdrydbny43dgy/assP//KVvAfCHL9t6tGePfR8c&#10;9NLWX/1XfgiAe/Z2ASgG9sG5zLafGttvHezvb5fF7DH3v3eSfae1pcbWzWWxafSS19TOo5vb+ebY&#10;51PlhTJfc2r//rkwtP2/uWbv/we/8ccAvPSmr2seZvMgGZ942ApkP/cZq4EuVnb+Cx0fv7a8KCIi&#10;IiIiIiIiIiIiIiLyLlBZTEREREREREREREREREREREREZBvIAP7jj+75T2/+g/zL13j1ZJxymiZx&#10;fZwT85KvPvsWVYJJp0/WKdh12+00xQwjOlxYGXB1ZcDVzSlkPVbHiS99+aucv7bGiUsV14cwqWEw&#10;gfXBhBtrE4YjaBpYWpihLDKoR+QRsgRZgH07YGEGuiX0uzCd1Bw7doBUj5hUI0Iac/HyRfrdnAaI&#10;qWJldZXJcJNbjx5jx/IiV69cYbS5yY3r19hcX4PpBJrEfCcnVTWMxoQmkFc1RYB7j+6nnlRMr59n&#10;tLHGhVPX6UfYf6jL4lxOFXO6Zc7K+pB6OmVzNGE0GlHkNlazM12KTpfRxpjRFDbXYH0Al2/AlXWY&#10;nQ9cXR+x//j9DOjy5EunOX1lgzNrgfPriZWqYFIs8OZb12gCHNifU5SRR99zN3leMFckQgj0wghI&#10;ZNMBESipiF6jSimRLM7n1zLQhNwf7V0e7yMQ/FlDIBGoCSRiqt5RtmpC+8zLXSEjEUi+Kftr+/5E&#10;lgfyLBDzkm6nZHn3fhYXFljef5hDhw4R52a49eg+Tp+/wEwPNlLOJEU2Jw2TBro5hAweuPcAi0vz&#10;PP7w/ezes5db9+1keXmZ+bym1ykomRBpKKiIJHqdnDwLNLUdvx1RsuMNgRQSKdjZJwJx66zaoo69&#10;Nre4zFy/w9zybvbsXGLvLcdI3RkOHNjLW1euMz/XZWNcE2Ok0+0SY6SMY7qdwEcfv5NbbtnJRx+9&#10;jwN793B83zy7lhfY0YvMz/RY7AZ6ZU6RJhQRitCQ0ZDqikBDDHZNRLYLK4olsmTrUAq2nqStsli7&#10;nkX/90AKwe7bdv0JMBkNaeqakOXUdcUk5aSmIfQXKYucSbnMzMwMpy5tMDMzy6krG2RFSRYjdQPz&#10;+ZgUAo/de4wUArvnCgiBbGqFrzImW/C2ioteatxaB+3ejaGGkMjTxHuL76wEbhUfY+5rkp1nCA0h&#10;QpZVEGpCmpJINKkmBUhZoAlQ512aEBimDiFG1qcdYsz58hOnGY1gWEGM0O0G8jwwHdvqvH+5pKoS&#10;D911HMiZ72RkRY+YahI5pLo9ERERERERERERERERERGRP3Uqi4mIiIiIiIiIiIiIiIiIiIiIiGwD&#10;Kou9i9qyWN5fpMgLmu4ys7Oz/NFLFyi7XVaqDikWbMTI9fUB337hZV48cYqLF67xxtmLzPTnubY2&#10;4I1TJ5imQFZP6Rbwngd3s2/fDL2ZnMXFLqkKzPRyNm5sMBmOmO1BkcGP/NA93Hnbbn7iM+/jvQ/f&#10;we65ijuPLLNxY4Xbjy3Sz4es3rhIqG5w6eJlyjBlPBoSqyEhTemEKfV4zHTzBoPVG6TRJvuXd7DQ&#10;6bCz12O536cYjcmrhmw4JK8SC1miH+HOfTuJkyl7sk1mQkOPGxzYAR/+yPu588gBHn3kUR65706K&#10;Xp/bDh/gyuXL9PLIcHNANRmzPD9LHiNHb9nHjp1LLO8oWd41y/Vrm4QMhtRc3ZhQLN3ChRtjPv/1&#10;53j57AqX6jnOrNYM6LBad7h++TxNBvcd30u/P8MDdx+hKHJmmBAD5PUmqWko09ieUxNCIDW1lcVi&#10;TgqBOuSkELcek/fH7PeY4e2imBd9oj/PqK2+5cWchJXJUrDqTBPiO+oz7b9amayhW+YUWaBODXmE&#10;lHeAhs7cMr1uh3Exy+LSIt966VWyInBhrWY0bcg7BWQZs2VDzOHxh+5ibn6eB+88yvzcLEvdQK9T&#10;klfr5Bnk1QYxVRShsmNvKlI9JSUr/CQv+LSPdqTBf40aCMHKRG1ZLNIQaRit36AerBFpyKsBcwvL&#10;bIynLPRyXj55mm6WuHx5BNOGPI1gMiKbQqzhk48eY8dslweO7GKhm7EzH9HLGrqT65RpQr8eUNRj&#10;sskmeT0hD1OyNCWmmowaiF5XUt5HtoetbmGoIFgXMXgRkICvX7ZCtfdw8vUrEcjahmAzJcZAzDJI&#10;DeMaUlMRe/NkIdH0lul1Ck5dXqXf6/DauWsUeUY1ndI0DcvlBIDH7j0KwJ5ZK4eFapMUoBu8uJh8&#10;fzFCSDReVgy+PkYqIJGnys6L2suL9k/7HVuHwrYTghXIQk0IiSzY+xsqmpCoUm31sqygCZEm75JC&#10;ZIyVxUZNhzzPePX1U8z0YG0NcmAyhHoCvQBFgIfu3Mtsr8vD991Op9Ox8lnMGW2uMakaigII4R1V&#10;SRERERERERERERERERGRPy0qi4mIiIiIiIiIiIiIiIiIiIiIiGwDKou9i9rqSUVOU9dU+QJ5lvH6&#10;xQmLCwucvLhC0zTcmAzY2Njg6vVrbGxsMFt0mE6nfPDRh5mbneH6+dPM9HoszCYWFzr85Oc+w+23&#10;HeW9jzzGQ/e/hx3LB7jrjtt5+aWXyCI0DdQ1/Pk/+yn279/Lkb0zLM33WOjV7Ns1T7874aEH7uPA&#10;nkVeP3mSPE149dVN6jGMp5AqOHJ0DzsWZ+n1ZpjrdxgPx3TzjMX+LGUMLPX79MuSbmro5QWD66tQ&#10;JfIppCm8/76j9PKCjz9yG7ce2EeZ1jm4e54jx+9kx8IMx+++h4P7drExHLNnxwKvvnaCTh6Y7ebM&#10;dnM++8kf4rYjh/lzP/ljvPeRhyhD4JaDB3nj1Kt0u3DwyFFm5xdZ2HsrTVbw3KlLTEPJ9arH6jjx&#10;1vkLXLy+To91yOCxe26h3+9x1637yLNItxkSAuSjNahrunFKDJDREEKgaRKJQMpKUog0ZECgCaV3&#10;szKSl6vwEph1w2oiiQwrdLWSx63awk9DxLo/tl2CbSfzIllMbfunhqamqmtCalgfTJiOhgyajPF4&#10;yHpdEAM88cJJQoxcXKupE8zMzhHzgoVORV5EHr3nGJ2yYOdMQTWdwOA6k9GAbr1BaCr6sSKP0IlW&#10;MBuPBjTVlJhlBBoroJFIPqfbUlrwMlAkeWnMzjlLNg6hGpJT0VQVsRoRO3NsVIFuHjh19jKz3YK1&#10;9U36JRQ5lBmUjdd7ju8kSxWHl0qoRnTH10mTAXFwnTQdUTYjy/1UI2im5FnwslskegXNymL6zaxs&#10;DyHUENqi4XcXuKy8VW+VuLyQGKxyGGm+6xF6ZU5RFMQskEUYjKakeso0dmimYwaxR2qmnHjrMhk1&#10;r7x5iYyGyXRAShU7urYO3FwWi9NNALqhtueNH2d7r3rJ0NY+W0cDiSJV3kF7e03lu75j3y6L2b1e&#10;UBPBCmMkmmT7axK2lSzSBLwsFqgorShJQZkF5hcWOXZ4P6laZ/+ukuWZxJ6ljAfu2M3Rg7M8et8d&#10;7Nu1zO7FLoGa8cYK0+mUTp6IWeZFMzsHEREREREREREREREREZE/bfqVhIiIiIiIiIiIiIiIiIiI&#10;iIiIyDagsti7qAkBSIxraOqKzWlOPZ2wWvVZWpjjie+8SD0dMZgMqEYDZnsZ3RzC+g2qwRrH9y4y&#10;Xr/Gew7v4ej+3fTikN0LfY7eupcyNOzYuZN+tyArFllaWuS5l1+l2+8xqYeQweOPvYeqgenqBdbX&#10;1tm7PMtMt8v8zBz92VmKLPLEU08zGQ9Z30z0OnD7XXvYv3eWD338Uxy/7Rira0PmZme4eOEykcRw&#10;MGQ4HHDbrbfS7/X46OOPc/zYbZTNhAN7drNy6QoRuPvW3TRVxcN37KVTFKQ0YX5+js7cInmE0Jmh&#10;qSa8fPJNqsmYV197jZAqDu7ewUK/y0//+A9zy/7dLJaJMtRsXD1LL2+oR+vs3THLBz/wfo7esp9X&#10;Xz/D5voqTz7zMhtra6yOYWNjg1RNqKqaneWAPIMPPXAb/V6HwzvniCTKepNAQzZeg9TQjbV1vkKy&#10;sliIECNNyEmErRJPHaw0RgjgJR6AiH2+SFMijT9PEJLXrSwt1pZwmhCtMBYiKbxdoHl7exWBhmo8&#10;oKkmdDodiiyQYkGZB5pihjxC01ui2yl5/tQ5+v0eF9YmZHlGyCJNSiwVFTHA4/cfpyxydnSBVJGP&#10;V0n1lLlsTEbDTJiQ09AtEkVM1BN7PWSFH39GaI+bZOcPXhuz4o+1xewx9/Of73fodQoSVg3LZpZZ&#10;qyJFFnj59CWKLHLh6rpV3fyfboAigw8+cCu9Mue2vfN08sgsQ4os0GlG9phDlkWgIcQI0a5Vk6za&#10;1oTc2j5bxyrygy2mxtaxZEWudv2pYg4hUYWSFNr1zBpeVki0sligJgUoA4QQyGIkhsC0rsliosk6&#10;xFQxCh1CM+G1ty4TU8VrZy6QUZEqW0d2dO2X6o/edwRCYs9sZuXF6QaBRDfYegkVhESKEULy8lfy&#10;5SVtrYd5qgC2SmNWZfyuemfovONeL2msLJZqQoKUEoHQvkoTOyQyUsixOGK21XosYsOtB/ZzaPcS&#10;t+7bwb23HeSRe47x8N1HeOD2g9x9bD975nOWZ3Omo6tUk3Wo10lpzI6lWTqdnHoytPNARERERERE&#10;RERERERERORPn8piIiIiIiIiIiIiIiIiIiIiIiIi24DKYu+qaGWRPCeLMKxzAjXTYifzs32eeOZ5&#10;ygghgzLC4b0LLPVL6msDijpRji+xcvEtPvvB+9mz2GPPYpdDe5bpz2SUoWE8qZmOBrx5YYPNzU1e&#10;PHEaYsbqcJMqQRYDb567zO379wAl+3bvoSxnCcUsg3GgrjPWBonFxV3cds+dHL/9MAeP3c2Bg4cZ&#10;pS51inzlD5/k2soNpikSspwQM0KWkWeRwWjIfXfdQV4W3HPXbRy97Shz/ciRY4c4vH+Z/uwMe3f2&#10;mabAzj27WNixk0kxR1b2OH1phRtrG3zzW9/h+vXrnDt3g6aCHfMlMdXce/wQ1WiD0ZUzbK5cZt9S&#10;n+XZDod2LXL8lr30uzn9vOGLX/wSNy6fI8WcuW5kacduFmdKmvEaZWw4MNfQLTM+9OCd9LodlvsZ&#10;KTX0GBMCZJNVAg2daGWvkKxkE2JGCIGpl8TqUJBCpCHDWj32T+blm8yLPkWaeKGmuakoFq27tVW7&#10;yuzR2zNtWSzzIlf7mNOQx0Cv26XIAlUoyLPAqMkJqWa96ZKammdefYsYIhfWpmRZRl3XNE1Dr55S&#10;VYmPPXoXZZ6xf6FDp8iYDaOtxzxCNVihrsZ0QgX1lKapiKEhxIJIogkZgUQdcoCt4ycAXiQi2Djw&#10;XYW0NBlTVxWb44qqqmj6O7g2jqQET75wium04tXTI0YjCBGqGub7kOfw2L1HybKMQzvniTGjqDet&#10;5tZMIEY6RUnICqoGUsypY0kTcqqQUYcMQqaqmGwrWyUupr6mtGWxEoAqFlY0pNgqcSUvJKYQ/P4N&#10;1OMNqmpKmQVINYlEHhOxO0uRQVXMUGSJk+cuk8eGE2cukIeaamq/UF/s2tLw6L1HCcCe2Wjr2WST&#10;AHRiZcfWeCmsLRe2q6LXFttSWns+W+vK95TF7PwCgQD0UkWWEqFuiA00KRJSJIWcQEaKuY9WRkqQ&#10;SEBDRkMeaoo0JWuG7JnvsmMmZ+9cxq7ZSC+MmC0qYrNOEUZ0iimdvKZTJsoyMJ1uMq2G+NeJymIi&#10;IiIiIiIiIiIiIiIi8q5QWUxERERERERERERERERERERERGQbUFnsXZT8t3qTqiHVNSmfIY+BKl+m&#10;38l58dUTzPdLut0p893A3UcOsGu+x8NHdnLnrTu479AODu9eZD5tUG+ucPzwbnbOdZiZLZnr5pD1&#10;6OYZL7x2mdFgyPMnzzGtEhdWBwym8NaZS5w8fYkd/VnOXlxjuAlnL2wwmHQZhTmGVYfU3UF/YS9V&#10;uUjeXeSlN69xdXXMb37pGzz/8gmuDisGVaIzt0To9Mh6XWK3y8snT3L+2jUuXTrD86++xM7d86xs&#10;rrK8c47+0hwLSz1iv0OMDRvThjEFG9PAN587yZkLV/nDp1/hxBtn+fbzp7h4+QabmzCdwlxvwnQ6&#10;5tDOWTZWr/PQbftYnu2wfy5juZ/TazZY6sH6lfPE0Q3KLHB49xwfePy9PHL3EUgN+xe7vP7KKdJ4&#10;zF2HZpjp5LzvwTvpdkrmspqQErNxShYgTjcJIVAGK9bQVKSUCFkJITLFSmBNKK1EEzIse2P/BGpS&#10;gDxZISdPVsAJXgZryzdWFnu7hJP8+c1lsbacY2Ux6BSQZ4FpXdPUFaNpQ6qnjFIBTc3VEVTTMX/8&#10;4imqasrF9cq2k6xsNksNCT723jvIYmBHJxFSQy8NyEJiFnucrl4lVVOKLJHqikggAk0svChWAHxX&#10;WcyO/+3jTkAgS/YYglfVQiTFjI3aal9p4QCrzBHyLs+eukIoupy+fAMyKHuRkAcW5vtkZcldRw9R&#10;p8iO+Q6TJtGMNhjX0NQ1kxQJecmUnFETmYaCaTZDFTrUsaSOJTElElY0EtkOIlbsyrB1IAXLW7Xl&#10;req77uMUbF16R1mMCgKk8YCUEp0iAomaRAiJUPTIaJhkfTIaXj9/hTw2vHL6KhkwmXhZrGdVrcfu&#10;vZVAYu+MlcOy6QaBRDfaehmTrXMp2H1qq0fyJFcihgZCIk+1n9+fUBZLVhbr1A0hBWKdiCmQQrSV&#10;IOaEdh0nkBKQErFpiE1DliqyVJEGqzDZJJ+uwXiV6doVqs3rNONrNOMVOvmEnCG9bk2ZTcmyijyr&#10;2dxYo6pGlHkJIXnnTERERERERERERERERETkT5fKYiIiIiIiIiIiIiIiIiIiIiIiIttAAFj5G/cp&#10;rfMuaIJVRQaV15cWDgNwam0OgP/iv/8lAE5fsWrK8eP2+qcf/wAAh3fNA7BY2N8P7N8JwPOvnwTg&#10;0si2/+tffgWAb584D0DqzwDQyW2/c+MRAHsWZ+1x70FCpwPA2StX/fEaAJPMCi1r0ykA5dwCANdW&#10;VgA4cHAfAMP1VXtcuQLAjvm+vT9Z0WbPvG1/34KVX8rcilTPvmb7izNdAEaVncN4OASga6fK++7Z&#10;AcCPf+hBAGaCncOBnfb6pLHfQZ5bs/c//fplAH7ja88AsHJ1AMAnH1gE4Bd+4ocAmG02AVgu7DjD&#10;5kUAOkwAaCp7vez68TVtueadZa3od1SW7HN5svEq0tj+4AWcxt8/3SqM2fO6fe6/58x83N7ejj1G&#10;f300te1VnSV7XDwEwKlNG/f/6pd+D4Cn39qwv/t53LZk2/+//YUfA2Bv7uef7Prt79r7htdt7vT9&#10;ukwbuy4TL/ZM4jvLRO3vUEOy49oqorXPvQS00LP3n79mx9XsOM6Fxq7JP/ji0wB86alXAbb6X8t2&#10;CPz7P/8ZAB44ZPdFObgEQD61bfV6PQDGU7sG0cc280pcMbU5ELFjebvuhrP3hZuOPfiBxGTba69R&#10;op0D7W9wvUbn+wu+n7evvT91IbU1NtPOoa33R69BtS9v/dbXH5PNmXY7W59vq3hb52nPts7X92jV&#10;t7fP93t+S5z8g+0A+PusVgWZX9NWu/3aApY0Pjfa8WrnRPD9tpKvi1u7uan81h7f956f8/Nv999W&#10;ptqSY3u9y8buxfa0JqGzte92n9GveeH3WXtMiXde+/aqpZvGpj22+uZr3f5961hvnjumvX9yf3u2&#10;Nffe+b4m2nqQgh0nwa+1/z02tt5uHUbw9/srNfb3tsDV+DVrT/jtdczGLPd7p1fa59ZHtqeJrz8r&#10;nT0A/Kbfu7/89RMA3LBbk1uX7fGv/CufBOA9e208O77eLkRbz4Nfo9rXl0k7Xlk7122/vca+H/LG&#10;zjv4Ra2CHd8o2hrR3iOztZ1Pqm28pn6eVWHHUfnwNs0751p73bq5Xa/k+6/9OLu+PlaNbX/dvwe7&#10;HXt/t2vr8WTQTiTbUaDZmofta+1caL8LbtauR+19F/w+bOdGe59v1R79mt48x9rvlq0KpB/a1vq0&#10;dWDOx6q9N9rjaG3d91vrS/udYNrPtfchPmeb73Mf4/daexzvPHq21rWb14G31+V2/Hys2+N9e4ER&#10;ERERERERERERERER2Xa+9393ExERERERERERERERERERERERkR84AZXF3jVtuWPTyyBtleV62AXA&#10;r331eQB+/1uvAzDw3Em3Y5WUo7dYiezQTqt7ZV6burFxHYAzF6ymdcYrWhu1fb7qWkEs84pK8PJS&#10;8seqSgQv7GSFlVli9FqIV0gm/uhxpe9Kr9jn2s+3v0dMXgVJXvyKWImlE7wo5R+3Pgw0meej/HGr&#10;ojKx8lVnZGP2nlutHnV8n43Z/Iw9H43t/W9cWgfg1GXb8rWx143WrGD27336GACfftBKXMt9O9/x&#10;qv19sW8nWHi1ZbBxA4Ay97KNV1/aatHNNaPvrSK12grKzVWWtlj0zppLW33KvfCTeU2lraRU0T43&#10;SFauGfas7HNmYtf6b3lZ7JmzNh61X589pX3+r//FHwfg/j02ft0NK4ktRdvfdGCJtvZzHS/KDep3&#10;1qoyL7BtVara0/frXwe7nkVj4zmX23VZuWHbDwu3cCVaIe///T/9AQBPvGZ/yzp2jvvn7Br+Oz/+&#10;OAAPHrJznKl9G14Zqn1M6sbui27h12xsc6jv913yIs3Qr93In7eVpk60553atpPbA0WysSKzUt+g&#10;sudrY/vc4i67n0OwuX79ypsA7Nhlx7teednKyzdlZceb+2Bulci8AlVHe3/jxzOc2uD2u7afTrBr&#10;Mt70+3ho7y+9PNjp2GPl9+p1z111Z209yadWc2pG9lh67aqd41O/hnnu61BhxzEdWlUwq2z823uj&#10;jnatN71qNcjt+PKOnX81sHup59dlfcOuS/Bq0/yMvW/rHqn8vLyEWN5Ufttac7x+mPyxrd2Nff3L&#10;JnYPzI2tRNfp+z0zs591LxlWE1uXun6/zdU2p3womfq1r5KXuKKPVWbH0vhKNvHPN6WdY9Ft56Cd&#10;Q/KS1yh6EdG3055z5vdJz+dUd+LnOPb70LebOrbGT3O/vzMfy8zXk4Fd442xX0v/DmnX5UUvOxZe&#10;3Mp9fY5+D4x83Q25z02fE1XjRbRo13ZYWO3yemnpsN94+kUA/sEf2GNbWDtgU4L/y89YHfDhQ3YN&#10;umtvATBXW8my8PGkY3NpZWz3Qls07JV2TcuhFbwyH9d+bu9v/DptYPdIVtp5T1dt+31f37O+nc9g&#10;ZNd9sGnbm+3bduY6dl7joe1/7HMq9zl6xT9X+drR79pxFZXNg5nKFw0vcrbzpuz69ytTJv6e9jsg&#10;de1YN32MVzftGi/M+Fj53Comdt918Opk+10wscnafj6btTm27nOo8O//jq+Xwa9x7t/1Rcdrbn4J&#10;Rr4uLM7a/quhr8u+bmSZbXfq/1EwxD4/7dl++z07n2zDxjb5cTeF31td/47w747R0G+2xvbX92uQ&#10;Jm0JzSt60calLZS1c6yt5TXY+rxVXvT1+O3So4iIiIiIiIiIiIiIiMj2o7KYiIiIiIiIiIiIiIiI&#10;iIiIiIjINhBQWexd09aYai/1DINVUG7kuwH4/NetxvJPvmZlsSsW8KDOrZQxP2f1lmZqZY2uV1/e&#10;rsFYQcO7G1Slbb8u7fO1l5SGXo3KvIJVhg5lYTWS0gsybcUjTW2bdW1b7fWsHlJ7UarxCkndxoC8&#10;MtIWdEKwSkjMvALSWF2o8s+PktdAor2fzI4592MtvKbSrWww6jU79uU28tSWfzw64kNG7fWn1LfC&#10;zE7sc3/9E7cC8JHbbSy7XtjZWL0CwHzXxqHwmtN44MUhL9rENonmY9d4JcqDPTR42aetHqV3/j4z&#10;eDVqi/89bZXZvNDlpaHSK1lbNaW2LOalm41g5znuWmmtLYv97V/6XQCefctLbr75w0t2vH/lz1nh&#10;575lL/ZsWnVpd8e3P7brfcNrLwPfb+Elt+jzo/BKTVs+a8NADXZ8VVt58ePfOWvne/W6lX5Sfxc3&#10;yn0A/Fe//hQAT5ywUt60trFc8BrZf/gzHwTg4YN2DH0viyUfo9qrSnVtxzbrJSz8XOZ9Tg0mNqc2&#10;O7ad4OWcqdfzxgMr4XQntt/5wv5eRDuXjYFXoxYO2POpb3dslae8sOOJtRW4Zmftmg68LBZ8spSV&#10;jX1bFsu8fNZErxFltv/KB7XoLwJw6ZLf/14k3LVsx9GOfTWxeywlO4+hF4hu+D2Zl/ZYTHw7PqVn&#10;Sps7I08LrQ68QOj1pCz5GpDZ6zPBz9evbexZbSp5WejyxMbr2pp9bte8jXfm22vvkSK3NWDSXpd1&#10;H//MDmyu8EJYY+NXbJXF/B70gtDYH6d+D1Z+vh0vMC41tt0bI9vO5fIAzayN6YwvP73KakszA5uf&#10;DLzCVFj9blzbG1NhBarejB17Xto+Nmu7364N7Zwrrzct515HauzYRqVdu9rXuybZyhW92rToC+u8&#10;nwMd2//0mhUQbzRed5u399W+/9HQy2TB7qn+0kEA1r0YuXLdxqA/suObaWzMS99/6et048db+no4&#10;9rJj7dWqFKz6NMxt/K527PHzz9h32H//lecA8Dgm++zS8O//3I8A8Ogt9vnO2jkAioGtP+Ohzak0&#10;Y+t27t95VeH3ql/Lcmjj0PeSV9fX5YkX2DaSHU/P1/+8seOfjLxu1bHzy3KfS15YK/339IWvPesD&#10;+9zK1Lbb32fjOejYCQ1rm0tdLzL22us3tnmQT+3z47ZA6RWtItZba7LvgjWfWxMvB5YzXhD1tTX3&#10;+7Uc2dxsq5t59PVoxsZ0FOw+vu73cXfRtjf2elo5tfWh72t48HWv7W6Fwj6flzZnNtbsmsz4NWzL&#10;ZMnnaObl0tSza3VpbPfGtau2n6M77Fqkkc3ZYWPftfg6knvRLM/8vxW82MjEduiXiOD/zRBj+51m&#10;x121FVQvi1VY0awti2XB72GVxURERERERERERERERGQbU1lMRERERERERERERERERERERERkG1BZ&#10;7N3kRaHoNanNxos684cA+P1n3gTgH/3e0wCc2/RiRtdKGWPPd2Ve+AjRay9eW5l6cWeSef2rZ6WO&#10;YWb7qb1ctNSx7Ya21jVqqMdW7cDrPoUXUHpeQet4tmg6sn1Zd+VtW79CbGdW8MKWl8Pa8lY+Y69P&#10;vbQyjV6gClYjactkVbudyvaXeQFnrvAaWluT8kJOXftxdWw7bfGr8iPdW1pd5D//+fcCcP9eL/Z4&#10;hWr9hpVq5jr2fn+gGtvnSn/+z10W85pS8HFtn39vWcz/7BWUf1FlsdYRi9Xw73il694lO95y4yIA&#10;O0sfX59jTW5zqK23jLeO38tiycanLfd4DIr6prJYe7y1D8eqzyNmdnItWonqv/71JwB44tXLAAwn&#10;to/laPWe/+fP2jE/etCu8YyXxUJj87jxfTQ+F2Z9rjDyapNvry1PbZReR/JK1KaPLVv3iW1vac7e&#10;1/XC2MuvngEgzlkRMHb9GkxtLHYs2ftKr9kNb5wFoMjsPHKfQ0Vl90bmiaHYzqlgc32a2/vHfg8W&#10;s1aX8jgUvZ6tG8lLPGdOvWF/8Guyb69Xq3wcUt/OI/q1LLyclvm6knuZZzjx9/ds3Vneafu9eO4U&#10;ADtn7Xjnvfg2WrMS3OqmryelT7I5qzBlvn4NB1YaGmzauJDZ+Ha88Jb5wtbxYiJeahuvWIlouWfH&#10;3fPqX+Flsbr2elNtzysvCoXSi3BepRoN7PjS3B4ArvT2cfqqHcvKFbtGu7q27ePzfl/4nJidt3rb&#10;sLLXPeDF1Od93dh95kEqsjmbE0t9P+YrpwHIvTy16etiZV/JxGCVqMILX3NeUeq16+jU1qtR8EKY&#10;vz6I9vnQs/11um3Fyc59w69JnPfvEq/bLficXyjtGoz8mow37RrF3KtPbdmxsROOft4ZNqZjL4td&#10;7tg9/OvPnADg737FvsOmvo74Lcu/9bn3AXDXLlundgQbv1uWrUq1vmH7u7Rp5zXwQmRV+ro+tXFe&#10;SHacOzp2PjONjd94YI8DL4Fl0cZhrrQ5uL5qdavG63/9NinndS1f1t4+v8rX9xkvnPXsHjrr9cGL&#10;K1ZEW/B189CcHefi2Ktf/n0avebXfk/FNCVlvqZ6YbQ912HX7remY2O0suJFrhX7jtrtc3SX76uq&#10;7HmK/l3bt++CgZf4mszuo6y2Y17KbE50/O9DH5NxZWNWF3aOVfLqpK8D0ed66WPViTYHa193xz6n&#10;B4XNidzXy2bN9jvjY5Qy+84eT23OVT4nC99ex8e+LYrlU/uX2JbF8PPy//55uyzWfud4mcz/qyTz&#10;z6ksJiIiIiIiIiIiIiIiItvZ1m96RERERERERERERERERERERERE5AeXymLvIo9zEUb2L2OsDBJ3&#10;HQfgm29Y4ePv/aYVlk7c8KrWghWMrg29EuNlnbS1QStntHWriZc2Ki/3jL3i1dZTqhvXAJj16ksv&#10;h77XixZKq3Isexln76JVRpZm7Vg7XoLJvYwVvYyTPAU22rR9bKxb/WPNH9fH9rn2HAZe1Bp7yWXg&#10;daUqWM0k5F5d8lJYUXgBZ2Blma3yVlvWwTbU79rnxl4Em/jjXXtsO/+vn7OyzeE5L5ONrXIyXLf6&#10;Sd+TWt3CKysTO14fnq2y19vsD99bFvM/e+Xoe8piW3z82ve3r/r7Si/7tOf7z1sWa49nn8Ve+Hd/&#10;9qMAvPeQVaDy1fP2uGFzo5547WXW/t542WfU+Hn4eJeN16n8+LLGxqPxysvUqzlTr1bd8NIOXrnq&#10;LOzhfGXn8F/+ytcAePLEOQCSj+WRBTv4v/Yj9wHw2EGbI3OV1YUyL9OkaK83lR3bXGHHlMb2905b&#10;r8tsjK5HK+aseImm8YJOXtqxTgd2P65ctaLPpUtWEXr1lFWimo6fg4/RwpIVdW69xe7XXT7Ws17S&#10;malse522gle/syxGW8ryfNMks+Mf5TaHpuUSABtTO/6NkR3vk0++BMDzz78MwKMP3QXAJz7+sH3O&#10;a1WjqW3v+jUrdV09Y4W0zRtW+Jl4RWnkj+XSPgAO3norALcesvOabNg4dMa2nXkvFXa7XrPyS3zm&#10;mo37pRtWNjp//i37u9+T3b4df5bbddu927Z/7x23ATDj47Dh1a8dpd/jfj7tvbFVZPN7qfFaIV5a&#10;mvj1rkq7R65Gu07fOL3Ob3z1G/aedTuXz33q/QB85mFbk9Om3T/XVuyaXVuxfZ+9bDW1Kyt2v4yG&#10;Noax63Nzv43doWUbk0cXfX3N/Np6GWwytQJVGWw/c6Xtp1vZ9qZDmztrYzu3YslqcoNZq7Zdn9rc&#10;XRvbNVtft89fOWOlwLfOWg1ubWi1vszLZ4szNiYH99h25ubsWuzeZWOzd6evKysXANgZ7FqWUz8+&#10;r2KOc7sHrpRWa/vVZ60s9ne++s6y2C22Of7az30MgOOLtv/aq1m5J9nePGfPX7ts+1nzWtXUvw9K&#10;H78DizaXj+6y8b7FY3bLXnJra3PrKzb3Ftpalq8Nwetcbb6q8vUujzaendw2OPLzrLpWTjtx1a77&#10;k6/ZvXb6LauB3nnY/v7x++3e24cdf+HfL6Gw84t+j6d6RNVWKftWLZt07fHMwMfiqh372Ys2N198&#10;5hkAju62OfVnPvVxABYX/XPn7BqfOGfHePaSraP1xO7XYwdszB89vh+AHV0bq8mGr6Mdu0iNl82u&#10;bNhY5b7Ole3k8YLi9cu23dOnbR05e8Hm8pp/p8fc7sPZro3pwQN7Abj1iN0by0teAKtse43X2DxC&#10;x2zuY9Z+B3vxsf3uaVX+3Vz7PVUFn3Qu8+/MsJU9FREREREREREREREREdl+VBYTERERERERERER&#10;ERERERERERHZBlQWexeVtRUuOiMrZNTRCiHNbivpPH3Jihn/9a9/HYAnTlu1Ji4fAOD6xP5elPab&#10;vxC9XoKnfBqro1RTe2y8AhVzq9L0c7vsd+214sf+eWt4HNy7jz07rLqzw2s/86W9Z8731ffSVvB9&#10;tEWvIrO/Z15J8cgTw4Ed68BLY5teKzpx2QpeVzbs2C9esWrTuStWlLmy5iUd+zMjL41NM69GFV6H&#10;8v3lHauJ1H7OHS94TYZWS8mTbehHHrMx/rc+fgyA3dGqLamyaklbEOt4lKSTefGr8YqJP/rL3+Vf&#10;UFms/R3nTe/75y+L/R4Az75l5zmJdhxLc7afv/TTnwHgY3dYZWZntHHPN61KM/aiUiptjnoMD7ww&#10;RlsWS17k8XEOXoxLyY6vwo5v6rWnpj2Pnr0+ybq8fsNe+5uf/yMAnn7dizheMTo8b49//cceAODx&#10;A7ateS+LFX7tk88VKnv/nM/3ZmzPs9xKNhvJxmgltzHb7PijV4zOXbb77tUXrY70+kmrM/nLTPwS&#10;bvolW7WhY9ZuHQ7Z7cr9x6wC9aMfsuPeObLz6tVeY6vteGM7R7BBrqPtYOzVo0Fmx/XKJSvvvHzG&#10;rs1Lp+z50y/aNat9qv65n7Fq3Ec+cC8AF8/Z8X/7KSsWXjpr7z9vLzOx4d+q54187k5st8zvsLLQ&#10;J37owwAc94rS0R0+1zftHr541gpgr5+ygtizr1rp6JU3sPd58GvTl6tZi1j5WcOShdN46N7bAbjX&#10;x+/+Y1YiCl6/60xsDenUNg5F9MqglxQbn+vDiW15tbbr/dRpG6An3rLx/4OTl3nDC2F3HbV9/MJP&#10;fRKA2/3YnvumrcUvvGwFqZU1r7PZbcXYz8WXQ/ApGDzbOF/YMXzmPYcBuP+YFbgO+iQpaps8xdSO&#10;Y94rdN3Kng+Gdq5xzgbnerIDu9G18tnlkV2bbz9ndacnn3gKgPG6jc1ei0TR9bKXh7w4Z5cIj1Cy&#10;y06fj3z4QQA+/P77AZhcsou3L7P1cXZkc27WS2DTzApcVzp2Xr/yrE2qv/VVq2AN/Zrv88rff/AL&#10;nwbgYM/G5/knngTg5edtDr1iw4ydPUx9PD1yReHPb7EpyPF9dk8/cMxeeP99RwHYs2jr1o1LVlib&#10;8/Uo90pfU3oJs7Lxnjb2vN+1cR6NbEenztv4P3vKju/VS1b5etkrWh7N44fea/v785/6EAAH8O+j&#10;ib0vBK/e+fdNDInML8qq18te9vv7ydN2kU5csmv42htW8Br5OvPDH7TvsB/+uN3nV73w9bU/tLE8&#10;cdYWqnWfq8k2y72H7dx/6qMPAfDAcbvoYy+LVe130byXTCc2OarCzu36qr3v9Ze/A8Arz9u19o9v&#10;zbHGl7M1u81YtdOg8PXk1kM2tg8/cA8Adx+3+9wjfORjO/84trrejK8QRfvfM16vbL873y6L2WOV&#10;eb3Nn+e+vn3PV7eIiIiIiIiIiIiIiIjINqKymIiIiIiIiIiIiIiIiIiIiIiIyDYQUFnsXVN6+qc/&#10;tupIHa3SNFq0GspJr0L9nd+1Osznv/06ANXCXvAKE0DZsd/8NWPLmoSRpT26tRWU5r3ssXfJ/uXQ&#10;fqu+3LLL0kfvv/cWAJa6Xr+ZnaOXW+0jq73KMbEsSJjaY+6Fq+HASiu514+ip2myzEtfmZVeMj+3&#10;9nHqFbVRZue4Nvbqz6pt7/J1q4mcuWDlllfPWS3llbNWdDm94mkZzxGteymmnLFzmkxsTHtekxqu&#10;2eeKxo77X/vsowD87IM2FvNT20+WvHTl9ZLcy1dFsO20rycf2yy0v7f01/15W0fCy2LtDZa8KNP6&#10;5y6L+fP2eKpg4/12WcxqMGcmNh5/+5d+F76rLDbwudNWqx67z0prdy7Zfg917fXlzMfD52ro+fXy&#10;ShN+ndszLJLPDy+vRS+LNbyzLNaOUx7sfGo/n+vDikuVvfd3X7QK0EWv0Y0nltLZW9g5/Cc/8xh8&#10;V1lsYeplsTZn15bFpnYObVms8nTWemVjPSktt7TZt9rTxU373B+/eBqA5198EQC8XLV3r9WTlnf5&#10;HPZrdOqSFXyefslreF7wKX2Ibj9oj3/hR94PwAf22PHM1VbMCW1qy6+9Xxqm0bY/9e1sehHtF3/P&#10;1oWvv2Djc8rCXVQ25Zibs2t8x/FbAdizYNu9fPY1ACbr9rl5L/z4Jcdjdaz5ML7pBbVLXs0qZm3/&#10;M7P2wZ/+sY8D8MgxG8eTz1gR7lt/+AIAvrwxZ8NGXdh5hhnbzouv2/m35aE1iy3R8ePa49Woe4/Y&#10;nP7Xf+ZHAZib2oF1RvZYTmzN6GD3Zsf3086t9aGd75WxXbf/+pefBeAJC6BxsejS32Vr63zX3nv7&#10;bjuIA4Ud49XTtk5UPlZF1/aRdWxej8Y2t65dsTl61ZYzJn5NZry2lPtYfuhRq9h99H0PA3B4p91f&#10;CxP7fG9s61Y/2bll0QZn3deR6fwRAE5uWhXq979lJ/P1P3oZgLF/Fzxy97I9PmiTcN8eK5CNRnYg&#10;L75gJbIXXrV77jX7quHue+zAf+HPfw6AHV4UWx7acc2ObZLPec6pymy9uVLa8WyVxb5mZbGBl7x2&#10;RtvvB++28e6s2bhuXLbx6/q17yzYcbe1v7du2P5PX7TjXPFJGvzrYIeHDu+0OBU/+hEroj12l93b&#10;+aaNR29q+8+ifXASbTuDyl4vvJjYnbE5feYtO89vPH0SgC88aed/wefsxCtYpR/3j33Q9vczH3kE&#10;gMV1O7+5tsRZ2LiurfnxdDJml2x+v3HV9vVr33gOgN9/0Z6f95LYVb+fDu21nX7owbsA2DFn99PL&#10;z9vnXjthc9aXT29v4isx7PcXfu5TNkY//EF7HA9trt3YtJOrF+1abuY2eV+7YPfbV/7oGwC8eeIC&#10;AEd9zB+822udu+yG7/TsuDpzdg2fPWkL1RNP2XGeeM3W1UP2Zz7zUTuODzxk21nu2N/rG7af+cxO&#10;qOPnFdt1M9mYVv7fIJW/r8o8S9p+p3uJrK1eioiIiIiIiIiIiIiIiGxH+l/LRERERERERERERERE&#10;REREREREtgGVxd5FpVeuulMrgFTBsiQrvf0AXOtbquN/eepNAP7HL30LgLXMaiv0rQ4z8DpJt7YS&#10;yP7Stnv7DiuP3LfPCh/v8XTHXbdYzeUWT/ZcumhVmcyjV5EAtVU4mspKLxlW6ciil7Yy+3t/1n5v&#10;OPVzGXtRalrZ3ye1l6WSZUyS156S903KnpVogpdyuoU9Fl4FmngV6ux1K+28fP46AKeu2f6+6KWX&#10;N1dtCo8LG8Ohl692LdsYJS+ilcmyLP/un/0kAJ8+ZDWSmU2rlmT+88ki2nHUXpppi2NF7m/w8/Tg&#10;2JbkY/gvrCy29art//uXxWy83i6LeRHn+5TF1nMrGF3zRNLynI3b/NCqMbv9MGdtt/jwkXkZaeCv&#10;b8VZ/P2Fn7hHvLbqWI0/esyLzJ/Ptu/37axNwQ+ZVwb+4pydS/AK0L6uJXb+gx95DwCPH7Bj/56y&#10;GJ4Z8jk85zsdV7adttBVzR4A4MyaPf/qt21OfesZyyu1c/Gj778XgPe910o+Czttvxe8Wnd6xQo4&#10;33zmFQD++FnbzsWLtt8lH7tPeMnv3/6YFQQXK5vTbRmn/Q1v8Huu9jHzeNNW4ecL3zoBwB88a6We&#10;V7wAlvl4VX6e9cjWl/3ztqGDy3YPfuQRO59b9ywBsDxr98qmX9xTFyyL9U2vTn3rtO3g2sjOZzi2&#10;63B4r32uvS49L8AdXrJxe+j+e+z5LccBaDy/tOp1p9fOngfg1TetHvjkd+y8hl7f8luRJQ/F/eWf&#10;+QQADx+19as3svHvjm0cO36P5H69k9+UHhbjRmVz/wvP2Oe+8Kzt/43JDEMvX12/Ysey1y/JT77P&#10;xvzeo1ZZ2r/fil5Fx7ZFZmvtjVWrQL1+wubOS69YWeuNK/b6DZ/vZ22qsGSXivffZyWqH37Yqkr3&#10;LVkxsb9uxzEzsWs8M2PX5tyG1Z96h+waft1icfydf/wVAM5esxv2sx99EIDPfdaKYnuX7ADWV+za&#10;Ls1bWXF9zcbq1ZPnAPjVX/9j+K517N/+N229vG2/zZV45S0AZsa2n9m6rTrZeFwtrZL1q34P/Ldf&#10;fRqAQWYXcc6LlQf8Fj1QWv3pgWP2HXXvvXcDsOewjfOoZ/t9+S07vjOXfa48a3W402/a+Wz6uPZ9&#10;ffnow/Zd9+MftJLkMZ+T3YGVyWhszai8oDhpz9jLmnnX5tiFK/b6M69ZIez3nrbre+Kqf9/5NOh3&#10;ba599gO2Nv3U++z69C9ZpXDRS4pladsfDe1eyWND0beF7+LQbvRvvGKVuN96xs75ubNeJVvweubI&#10;65n+3bt/ye6rowfsnGc8Y/eW1zlP+bHP+pw+MGP7+dxH7Vg/+ICVvJrK5mryutp63ybpK5dsjP/+&#10;P/ltAC77XL/9sF2bn/qxjwHwnuM219au23G39bRizu6dfI/t70tfs7LYb/zKbwBw5rxt/0FbjvnJ&#10;T9s1e+h2W19mva7Xndp+27JYXtm6TbIxrXzBaItiVeGJR/8WzmsvG6osJiIiIiIiIiIiIiIiItuY&#10;/tcyERERERERERERERERERERERGRbSCgsti7pvACTg+ri4y9vnUheTlkp5V4vvCCVVD+7q//kf3d&#10;3k4xYzmT0msoe2esrPHwYauhfOh2Kxjd72Wx3dH21xlbXaqeWpqj6tnf25JImXfIg/+O0ItajR9r&#10;aqzW0YQRAMOJVYtS9BJZm4jKrd6RMnusvSSWotVP2gRX9GJWPbRjaoa2va4XzGa6nhMqrB6y5lWQ&#10;K1M71ucvWdnm689Zfe2F01bgOX3OXl9ctDHN/fhmvDb0f/+FnwDg/btsDPI1qwu1RbHcM2uTkQ12&#10;W/LqdrxK4qms5IWxtijWavx3mDcXwtqyWFskC147SW2aa+tz79QWxEof/7Y01m6ninae/3vLYmHB&#10;qi17lu35kY5d52NeqZnxubK2alWXsm9zq/Y61LhNDwU7nk79zhJbWxBr/PpPsePJk43bIpYC6pV2&#10;/lc2xlyq7L3ffMvG/obPmenU5tz+nl3b//DHrZr0Xi+LLXqhL/MaXBNuLovZGA1rG8Nr0fZzAzv3&#10;P/CC369+wUpaHk/jc594CIBPf/g+ABY8t7Y2sDmz7uc8c9Du12dPWfXo7//SlwB49YQVgHYt2Rx+&#10;7LCVAf8fP2HVocWpFX9Se8+5zMeo7Tt5pI9Bm3fbdTsAv/jl7wDw+SesdnR+3e/rys5zecbO+9OP&#10;WxHtc594DIDZysa+77WjNLb3p2jHOcmtbvXcWRvXf/KN5wH45ku2n/llKwoNV6wgtN8DP596xCpZ&#10;H3/I6lAHlrzu51m5sd9Lq1Pb3/x+KyieuW7X9+/9z78CwGteMmva2JO9nZ/7Mw8A8OlH7gBgbmrv&#10;m5lYwajT2Hhnfs8T7PybaGvJINp5XRzbdfhvf/0PAfj6qRWmXpGbizb3PnS/VZL+7AdvA+DAomWZ&#10;sszm3I01qxZNvay1MG/3R6ewuXfyDZsjX/yGlbV+39fywUG7P198w+pmt3hN7y995gMAfO5+O8e5&#10;TZsbnVWbm3Mzdm3HszaWl2v74K9+w7bzj3/HrlHu1bw/92et9vTxx+392dSOp5za33uFXRsmNrlG&#10;Qxuz3/zCFwG4eNmef+6n7R7Y6+vEbGXXqpzY8fQav78zO57rpY3Drz3zKgD/3ZetADbIbJziwI7n&#10;Y/fYHP7Zj9jcfPweG+9rl6xcduGqjVd/r+WmJqV9vi7s8fO//2UAvvVi+34AuOGP9x6xe+Vf/cSH&#10;APjg7VZS66xb8azwWhV9O/8q2PkORnaPp9LmCoVVsVam9l35m09a/e73nn4RgDdXrYqVfMr92Y/f&#10;CcDPfexhAOav2PXbmfv3qU/qsvSC5nCVzYndF8UOG4ONvhXCfutpK4z94u9Z7e3iqo197t9Vh70g&#10;+uGHbT356KNW7uoVdk4nXrd9n3/LtrOxZgW+2/f7fyfcZ/+dMJvZunr9qg1eb6ft/6Td/vzD3/4q&#10;AF95xtaNT3zG78OPPg7Act+Op9mwSmc32A1b+nFsJptzK7nt7+qG3ZdPfcOKqV/9XVsv2yrcj33c&#10;xvyzH7S63IFFG7t80+/zrbKYXePgc7CKfi0zWweqwnNzvo6+XRZrS44iIiIiIiIiIiIiIiIi24/K&#10;YiIiIiIiIiIiIiIiIiIiIiIiItuAymLvoogXgEZeV1q0Us96tNrLtWTFkJeuWOXml77wDQCesJgJ&#10;Cx49ues2+9wHHrCyyKPHrNyxWFspZGZsJY4dHtKY8RrWysgu+40ZK5lcb6yWc/LVE5w7Z7WgMrcP&#10;VbXVTLql1UBuvW0/AHsPWCFndsmKM+Patv38yy8D8NwrVnCpvOJRdq08M9i0c75ln9V9jh2wx6N7&#10;bDuLmW2nU3nZy6sgo9r2f2Nij709Vhd6c8Xe/+RLpwF46tmX7PU3bT8ejOGh+3YD8Jn321g9sMOL&#10;Y7XnU3w/sb0j/INtWaw9jla86TnJfn/ZeCjs5rLYzdqe2PeWxdrP+f6/T1ks+ucqr2RtYHNm3N0F&#10;wJmJjeff/iUrBT37lp3nOLPKUuk1mH/z5/8MAA/vs+vTG1qtaUf02pRf18arVpPo88KrTd9TFvPj&#10;y3x4bi6LtcWxcmxFnsxLbuspYyWzif03P2/Fp6++YBWfzGtCB2btWP69z1pB58PH7P1tWSpNrCgT&#10;vHI0GdvzGa+6NT6HL+f2/MnXbK7/1petTvSCPXCLl7L+zCdsrnzkfruvlmdsTKbJ9ld3rCL11tCu&#10;2Vph9aJ/6CXAJ56xos/sjM29Q10bm//8z3utqbBrUnTsmrS1OqZ2/2Y+tpmXx0bRrsH10rb38nUb&#10;zP/iH1s97oyXh5KXuD76mNWb/sJn3w/AMlaL63qRqy2LhcouVo2tA2uN39Nzdq8/ddbuxf/fP/wl&#10;AKZeaqsHtr+P3WPr0L/+kz8EwK5g759vq4Mj28/Yi2dVaedbd2y9G+T2+W+ftPrVP/o1m7PXVu3z&#10;ix6Ke+xuKx79hc9aLWq+sjrUnN/DRbJxa+/hpr1Hgu1vHO28Rn6dfvspW6N+8asvcmXNzmWfr61/&#10;8SdszD541Ma8GFvpq9+3+2zTzz0r7HlT277aitr8ko3dq2et5vTfffEJAH7rko3NwAtkC409v9fL&#10;Xf/RT/00ALd7RC5fsWOc6dpcHpQ2R9Z9DvwX/+NTAPz2c1aF2rdoY/ThD9i1/+SHbTLvn7OxmZ3Y&#10;WFw8YZP98C57//K8XYvnn7da3cbA7s9Dt9ncL/teVqttcDMvquWNnf8o2uNqadfyt56174G/72Wx&#10;NZ+Tu+bsuP/KT38OgMd32x96A7sXZ0s7z8bXu0lh4zn2e3jq5cmr/j3wO996A4Bf/C271+aXbL3p&#10;+Rz4i5/+MAA/fL8VyuYHNp5lsntgmrXFTL8HfK5M/V6bYMe7kVnt6pnzdt3/1i/9BgCXxjauydNi&#10;P/+p+wH46fdZXW+Plyv7E/s+2lrffX+drMGjbox83RrNW3Hvy6/YMf79z38FgBs2NKz5ff5JL/n9&#10;7I98HIC9beFr0+6Lwmt5CS8u5va5jpfEig2rcc527Jg2Nm0sOjtsu5//po3V3/+8jXG2aO/72T//&#10;CwDce/RWAPKx3X+l10bzyg60LOwarfq9caNn301XB3Zxful//lX7+wW79uMVuxcO2X8S8B/9Vavt&#10;HVqwAdoqi3n6MZ/6TZK8YupD+z1lsWD3TF7Z+qaymIiIiIiIiIiIiIiIiGxn/+xfsoiIiIiIiIiI&#10;iIiIiIiIiIiIiMgPBJXF/s/Ai0GN16FGXjVJPStmnDxvZZFf/e2nAThr8RgeetgqMPfdZfWSA7t3&#10;ALB3YQGAMLRCx2jVShx5ZWWRnheBJh2rv/yjP3wFgKdPXQJgc32TemIVjsu2a9oGx6JHPMa2KR59&#10;zPb5wENWUlkbWrXoiT+20s1przSt2MsMvQYyb/EU/FTZZYfCo7dZTuS9d1nJ5pYFq4Bkk00AurmN&#10;0eyCFc0ur3ulKHgFyUswl69Z3eSJJ54E4DvfthO587iN9V/8sz8CwGKw4k8n+QF6Geztgtg7b40/&#10;qSzW3PT7y3/xZTEbwOBVuvZd/3vLYlMPgi33bXv/zs/9MAAP77Px623aJFvw6hRTH+fMSkgT31/t&#10;cyl4UadMVnPJkpfPPLGWsAtd+fG1R55PrHIT/bpupILrXpj6b37DKkxfee51+0hp7zkwY9v+v/7I&#10;gwB88DbLQPXGdg2byrfphZ7x2I59xis+lRd0NuftXL/09AsAfPWbF+3v9nEee88xAD724D0AHOhb&#10;iWe0+iYA08r2F+bseNe6Vh8az1lp52//L1YC/MLXrczT7dn77jto9+1/8pNWLNtd2v3ZlsUaLwJm&#10;XtUr2rHFjIKN4XrfqlXPe1ns//OPfweAt9btmrVlrU++9zgAf+lTjwOwmGzOlxO7xj38mnlZrIpW&#10;odpINj6jWasxPXnOBua//Ie/AsDAp34zth197D12Xv/Gj1vhaDlZlWoRz0l5Wazxclrj1cJpYddp&#10;08fvO2/Z5/7Br/8eAGcv2ec9asVj91oF6y/9aFsWs/Gbq+1zRePX3+/dBpuj0+hlMR+/SWlryO94&#10;Wex/+eqLXPH15IAtofzlz30QgA8esXlfjm2NjF7Cm0zsnIqObTP5fPcgFnNe+LqyZnPu175j5cO/&#10;+aTNoYseket7lemA39B/7cc+CsCHjtj6ulxb/Slgtahmxs7lcm339z/8om33t//oDADTYGN62212&#10;jj/8cauoffLRowBcefE1AO7aY69nXnrcuGz3wNK8bb+7YOe96se3PrA52e3btU6prTTZ/obRHtdK&#10;G8DfedburX/wJSuVrfn57pqze/avelnsfTvtms1u2hfGXGFvDH4tax/vyouFeK1qxdf933zexufv&#10;/vqrADR9O/7Mv8f+rU+/F4AffchqWUsjG6dOY98LtVeoai+WJZ8ztW9/FOw6rmf2+PQFu+5/08ti&#10;F71e2JbF/tVP3QfATz9u381716yaNTOxNaMO7Teql8XyxLi2fQ8zG9vJvN13v/+qHeP/4GWx1YmN&#10;xcAH89OP2Tn93Gesgre/9Brkun2uV/qc9ErkOHpRrPBJumn3zWzP5vCNod03K7Xd/7/6Nbs/fuuP&#10;7D6b+qE/eL995y96ObBX2XaXbZmGiT1vbfia/6Z/lwy9NvmdZ+2a+1fS1jfEnTbU/Jt/3tb5g0t2&#10;HjP+HdPxuVRUtl6F1F4ze73KvSyW25xtxzqvbb8qi4mIiIiIiIiIiIiIiMh29s/+JYuIiIiIiIiI&#10;iIiIiIiIiIiIiIj8QMgA/uOP7vlPb/6D/MuXUgFkVM0sTepQ1yVNXUADoQ70Y6SsEzPNmKU80J9c&#10;4Ogy3Lsf3nMAPvnoHdx3YJEHbtvHsV196o1r9NKQq9cusrl2lbrIGTcTOjv3EOfmuFJnbJY9vvLy&#10;KV65vs4vf/NZvv7q6/zh6UucuHKNE1fHXNgYc33ccGMCK1MrfzUF3PPAEXYcWOLhxx/k8B1H2H9o&#10;kVuO7eXcxStsjGrOnb/Em29d4NrVdS5fvsHO3YeYm9/JIw8+xF13HOOO2w5x7123kjVT9u+c48K1&#10;deoaroSCjSbj9I2Gc+vwyqkh33ljyKunL/LNFy8ymERePrvO0s5DrNczzM3tpskXqKaBSZVR0qEM&#10;JUXVUDaJxTxnLiQOL8xzYK7PoZkud+/fze5shXsPdLhj1yKHF2a45/Ae5kJDVm+Qp4bAlOClr0Dy&#10;f9rnVvYKN1XG8CLYd/9zs0C4aTvv/Ifk/7b10fZfvvsxbJXFsmTH0D5v39UEr8V5raXOrQqzWlth&#10;51svvgEELq5NgEBGQ5ZgVzfRCfCRe/bRY8qRmZpuGtMfX6OTRszVG5TNiGK6QdkMic2Eoh6S10PK&#10;ekCRRpT1gLLZpGwGdOt1imZAr9qkrAd0qhFlPaRoxpTNgKypKJoheTOmaIYUzYA8jclDTZYmJGAa&#10;C3Iqnn7tLXIa3rx0nYxEIBJTYi6HkOB9dxwkEDm42IcUKZqptd6qBlIk5R1SCNR1ghDIs0SKgSpa&#10;Ly7MdMlioDu/wO5dOzh25CD33nUL9997G/ffd4TbDu7k4L5lZuOQPEzoTa9CtclsNqGbJeb7JbPd&#10;khQyigCDpktoEk2xTGjg+RMXyGPGidNXiUDdQF1X7F+2WtGH7tsPMTKTTSBEmhyaAClNSCER0wRC&#10;oqQmhkQnNWQ0kAJZqknlPDmJS5sVMTV8/flXINVsTu1XwN0C8gzuObRIGRPvu20vnVgzV69RUlFW&#10;NyjSlD5jCio6aULBlDwkSqYQAmWYknXnKEPN5Y0RZaj59vOvUkSY1LafrIEswO37C/KYePSuW8hi&#10;w2y1QZZquvWA2EzpNGNypnTTlA4VnTihw4SQGopmTCj7lFRsTBp6eeDFk2fo5BnXV6aEZJG/poFD&#10;e238Hrzdikodr091vDhUJL+Xk90fqS03kgOBabR5MS37pBh49fx1mgDPn7nG5rQmBVjoFxAzHrn7&#10;OCEWHNnRJcacvB4RQ05qppASTW2PZR6JNMSQiKGhHo+hqYh5SVNPyTtzlGVG6i2zZ8cOXjyzwlK3&#10;x8bahG4T6E5HlA0UA0gTOL6nYbC5wvEDfRpG7JwZUpQ10+l1CBNCNxJixeq4omnGnFuHXr/gjQur&#10;dDqRlVGgSg1TCtaHNatr65w+u8ZoUHHi9ApH9h4k6ywwm+XUKada36CqEjN5oCxKZpZnybsd6rXL&#10;pPGQtfVrVKNN9h3Yxfxsl8lkSqQhkRNINKFDCvjYwigvSSHx+sUrAHzn9CUIWMMuwGyvJsQp7733&#10;FkIccWRmkyyM6U+ukTFhjooiVRR1TdEkigbKOlFUibKGbkp06kTRmacfM95aDfSLLs+cPEeZwzDk&#10;JAKTcUXVJB45PkfDiLsPzhLChO50E0jkja2HIVQ2Z0JNJNm1pCGQWz0y9clSQx37ZDRcXLN77lsv&#10;vkYksVHX71ixHzi6i0DinkM7CSTmxjcINJT12L9Hon1jBPteKUNN0zREEnW0faZylkjD6asDIonn&#10;Xn2DSGJS27HFBvII9x5epMzgodv2UoaGJTYo0oRidIUiDZkPIzrNkC5TumlCqqcUdU0ZcvIm0oxr&#10;QpORdxaADqNmDkKfF95Y4/rqlK8+/RZXV0ZcWYcmwUyvR5kVdMmYDkasn3uT9WvXqG9cYbBynbC5&#10;xnD1BjcurbJ+fZ3V6+usXV9nMFhnuLZG00yI4yEZY4p6yM5ezd6FwOEdGQeWIkf2woGdgXtuW2Tf&#10;7h7HbtlNkWXMloFApEgAGXkTfBwDKfi3b0g0sYbQkEIN+POtb9xATLYO2DeziIiIiIiIiIiIiIiI&#10;yPakspiIiIiIiIiIiIiIiIiIiIiIiMg2EABW/sZ935tMkn/pUuoAMKq6AJRF316vNgEomADQL6wi&#10;NRqtATCeDu31+XkALq0PsBeWAKjndgGwUltl6qVz1wB48oXXAXjhhNVezt+wjyXbPY3/dLAawNFD&#10;ywB88iMfA+DYwUMAzHVsm4f27gTg7Ju2zSef+CYAu3fa6w8/9F4AYrBzTI197uKlFQB+54++bY8v&#10;nQBgWuQAsGkH1ayuArDDPsaDx+xcP3jf7QDceXAPAEd22zkXjY1Vtb4OQKisMjRT2AZiUwHQTLw+&#10;1LExbXIbuyZOMe3vJ+3v/8f9Cb/HTFY3aetHJHv0l7e0JbGyseMMyZ7HYLduFW38NrA5NO7a+JyZ&#10;WIXpb//SFwF49i2bQwHbzmEbVv7dP/c4AA/usc+XGxcBWKhtvGofzzraZJlEK5nVmT2CjW+nsfdl&#10;qfZHrzoluw7TYNtv/Hyjbzd0bLsDZrhW2LH/rd+wOfL7z74JQJ1ZJW1v38793/+J9wHw3qMLAHQm&#10;NreSbzOWcwBMplae6gY7xpTZmE17PQA2k53DCHteFDZn+36OPb8fO8PLADCxMRwNbc6NOrb/637c&#10;N4q9APziF58G4MtPvQrAFDv+991xAIB/70fvBmBnZnMdv8+pbU526w0A+j6WvcomxaSxsdqct7LW&#10;ty7btfzP/tHvAnDBTpe+3zs/8vgtAPzljz4EwNzQrm02vW7vC3Yemd8jKfq4YHNnMm/3/jfP2/v+&#10;y//pCwBc9f1E//b41IM2Dr/wYx8GYGFo68xC7eNX2+cLn7NZbo8rlc2F0ewRAE5u2Fz+u7/2dQCe&#10;PWHjk/k98dFH7Xz+tc/a9V/w85iv7Pp3kq2P7XHVbXUv+BzLbA4O+jsA+M0nbQ36xa+8wsq6jcHh&#10;JRuDf/unPgrAh2+1a1cOzgPQNHaNqok95qX9vb3bRwO/DwobkzCzD4CLydbHv/UlmxN/8O2XAOj4&#10;9vqVXevPfcDW8B9//3EADs/ZOY1W7dpVuV3czdze950rdm7/w69/C4AX3rT99+Zt/83Y1sX9i3ac&#10;n33M1tGHbrXjuW+/bScf2nfF4OoZAPozNh69ebsmQ7+3GouSkpKNU5NsP6NoC8oNvyd+55lXAPgH&#10;X/oOAGs+xfcu2uNf++lPAvDhJZvDc77uzHshMVb2gRTsuGtf9xpfb8YL+wH4/Bs2Pv/ff/INAK5F&#10;u/fj0M77r3/GxvEnHzkKQHfTXi/9HiP6d2j09ajdj69Xk2DjtJ7Z/p66YPv/b375twA4O7HnbXzy&#10;5z91DwA/8747Adi7dhaAmYntt/I52dYqu1nNuLZrP8rtvhvPHQTgS6/ad+J///mvAXDdDpHgX1k/&#10;9n47p5/92IMA7E52DeMN2+eiLWeEaLOzXe+a0u+HgY1dMW/r1/XGqpT/6x88A8Avf+UCfNd/J/zo&#10;Z34YgHuP2Dq2WNn9N5dsLGf82mys2XHHjp1PMWsX/drA1oOpj1XP1+HK171U2fEszduB75i1456J&#10;Nj5x5Pdcsv1kPqfa78j2u7P291eZXxuX1zaXg383iYiIiIiIiIiIiIiIiGxH+l/LRERERERERERE&#10;REREREREREREtoEM4D/+6J7/9OY/yJ+CAISGsigpcigyyGND1ozJQ0OoNglpShETITV08kiZZyQy&#10;8qxgY5KYTBNNd4FY9GBhH6Ezx6VJh0Fd8LUXz3D68hr/5Gvf4bnXz/P1lzd45dyAyxVcnUC51IVe&#10;TqAiZJAmFtQ6sCvjUx/7CEcPH+SBu+9k765lXn/lRdZWrvLHf/gVXnvlRS6ePc1rr7zI8SO3UOaR&#10;/Xt3ccvB/Rzaf4C9u3fx5hunuXH9Gr/1G7/Fc88+w+snXueVl15k7+59NNWU2++5l9uO3srapObQ&#10;3r1cX9ugkxesr4+om8jswiJFf446L6jKHiffWuX01TEn3jzP0yfOc2Vlg+dPXSAru7x1bZ35+TmG&#10;TWRpYYai3yfUA7I8QjMkMaWIU0KoKLKGPE/AhEANsSKQCKG2x2S1l+CX5+bC1/eK7YX8Pv80npu5&#10;+Z92w/4Ybn7ebtfyK22BJvPiTfu8/VhDDgQmoQQCdW51mNXaijzfetEKcBfX2iyNfXiuTCTg4fuO&#10;0pCxa6ZDTUaYTGjIKWhoQkZDJIWcJuuRYkGVlaRYUMeMFDJSjKSYE0NDihkE7DUymhBpYkGKkWks&#10;aWIkhUAKARiSYkPIgVAzCTnDrAeh4cnXLpBC4tRFK3mlaOfYL+2z77/rMITIwSU7x8yLNKmZAIlY&#10;RAg1TRoTQk2WjSBWZGlCZMp0fROGAzoho6wqSImimTIabFKPBwyHa4yG65AqJtUEmgnTBMNJw7iJ&#10;0FsilTOUS0fI+8uMegfIukucWw+MqoynXnmTYdVw6cYqZIGaCcSKW/bMELKaD96xjxihF4aEkGji&#10;lERDSmMSDUWy8yhTRaChaJLVc1JBBOreEjEEzm5aQefLL7xOCrBa2azLC5u/x/cvkgg8eGgnqWko&#10;xuukpiHWU0iBnIaUAnmdCCkQyAjJSmghQSrnCQnOrzdE4JvfOQkJhlP8fjFH9s2SiDx4x61ApJwM&#10;SCnQqaekFMjqREqBMgQCgRhqQkoMpzU0DaN8jqapuTrJaRI8/epbJALnro1ogCyzeXv08B5ClnPf&#10;sUMkIr3Gy2WNpc7KNPF7uCbQ2L5IJHIiiUnMgcSw7NGExMvnr9KExPNvXGVzkmiAxX6PFCKP3HkM&#10;yDi82AEywnSNRCBSEQikZkoIAVJNamqgIaWGkGpiTKQEpIoq5DT1hEk+SwwNlzcTi7NdnnvphFUP&#10;m4rUJIrclpRbD3SpSNx6YJ5JqpkJY6Z1TV5XhJAxHUOqoN9fphNzZpf2sGthhmurK+zb2efqjXXm&#10;+zCdjInNmNEg0VSJPEQmk8Rzr5znhZOXuHTjCs+dOkeddTl5eZVydokbdUm5ME8zs0QxO0PqLTDN&#10;AtPYYTQaUDVQBluDiiaQpYYiBYpUQcrIU8U0zpAnOHnhOjEFnj5txbCJV6AWe7Zyvv/uw2Q03Nqf&#10;EkNDd7xOpKHISgiBJkVbP0JJE6Jd0RCpUk1DYNJbogmRl64F6pTzh6+coyZjmM+SQk7eDAkx8OFj&#10;C2Qk7tw9R2hqYh1IRBKBJhSEUJHI7DuBSJ5srseUEVMi0ScmmMYZIonz6w2BxJMvniQAG03zXas1&#10;3HvbXlII3HNwFxCYHa8Bgbwe23tC8PvGvh/KWNEk22YVS3v0Otvr10ekAN8+8SYpwMYEmmT3dhPg&#10;zlt2Q8i4+4jtc6beIKVEGN0AEv2s8erWBFJFjMH++4JIlhrGtV2UqpijToH1bJYq5nz52ZdZG094&#10;/uyEUYLZZYglHLl1jhQ2uf+ORWZnK47t3GTHUs2O8iqLs0MWZm4wN7PJ/NyIxcUJc7sy5pcqZmca&#10;ZmfGHFicZ+9iyZ5ezr65gsN7Z9i/WLLcT+yZL5jp1CzNZOyc6zDfywjTiiwlQlWT6kRMEci8HBiJ&#10;ofKFqIZ2HQ12L0JDItq6ljJCiv75dvxFREREREREREREREREtieVxURERERERERERERERERERERE&#10;RLYBlcXeRVa/SXRKyLKKerJKajaJcUwIE3qdgqKI1KkhhcTGpGFcJ5pijibrkC0dIOsv0dl1O535&#10;fTxzepUr64n/9Q+e5rnXzvGFJ07ywslLnFltuLbREOcXid0udWcOyhmGwzGjKTCsqSZw/FCfpfmC&#10;z37qMxzYs4+FuXn+6Gvf4NTrp/jWk0/xxhunOXf2OleurPLM0xd46eULrK2f5cWXX+GBhx8h73Q5&#10;f/kK64Mhf+8f/grPvPAK3zm5xqkLa1y6cpk3z1/m/NUVXjr5Onmvz9Xr1/nABx/hrttuoZ5scOve&#10;Za5cvEi/jKxuDJhMp8T+Ak3WoZxfIJ9bYHU0ZiPlvHb2BicubbC2dpmX3jxHnSacuniZ+dmSG8Mh&#10;S8s9YrckLyB2C9YHK4zThMFkwLAe05ktSDmk1OaRvAnT/rv/Y6Wlf1Zh7Pv+wbWtmZvdXBL7fs//&#10;N5bFQgbAJBQAf2JZrAmQCMwVVhZ79J7bSClj10xJQySbDEgEOgFSyCAlCJEmK0ghUGcFxGj7DRmE&#10;BkKwsliI9ivUEAkxQAw0ISOFQBM6ECIWdwkQBqSYSHkkhcQk5GzEGZqQeOK1SzQBTl1as4pOLEkh&#10;MFfmEDLed9cBCHBg0c4x1hskEqQxhIaszAihoWFEiDV5GBJCRV5PiGlKPpxS1BWL3T59EkW3Sz+L&#10;TJuaIkLVeG0ujzQBirJDykuafJZUznBtENmsc05dGXPpxpBvvHiek2cu89VnT/LKqbM89/oZrqys&#10;MQ4NTYQm1KQIt+wsIEz5wB37CaGhz4hAoo61Xe80AhqKNABqOgFCSOS1VemaxspYdXeZAJwbJkII&#10;/MFLJyHCWrKVPY9eFju4TAqBh2/dCyHSmYwIZGQkQsgpYkYIBQUQQkaIBSFk1KFLDJGms0ggcm7D&#10;mlp//NwJIrBRv3P6H9k7TyLywPFjpJTRrUZARqdugJwsBXukJqVACBUkGHltatSx47w8ymgSPPnq&#10;WeoUuHTDykpkNm9vPbCHROT+YweAQLcZAIF+s2m1Ky+LZSn5r6GtyJbIiDRMMyuMjbslITS8dPYK&#10;iYbn3rjCaGxjvNzvAvDoXceAwOH5DBLE8SokCPXI8k5MCUAMUwKN1dKo6eSBIoMsy8gzaEJOpKYq&#10;Z8hizYVhRreb8+SLrxBiokrJ70moEhy7dYk65hw7tIc6FsyERJVy5ooeWd6nqLuUsUczjYRJQ1bm&#10;dNKUpZ3zHD2wzPxC4K6ji9STDXYvRgYrDb0MNoc1k0nNagODBs7cmPDm9QkvnDjLk6+cZZIFXj5/&#10;jSP33MuonGdMYDP2uXL9MjdGNTt3LJJ3Z4mTTQJQ1hVZquk0UKSKkAqKVDOJM+Sp4bWLq8QU+Pbp&#10;C3aNGzvHHd22LHaUSODWXkMkUE43CSEQY0EKUKVI4+tNEwPTAHUMpCyQsoxJf5EmRl5YgTpmfP2l&#10;s1RkDJmlSTmdZkog58OH54lN4PYd81BDTCWQe3sqJ4SaRE5GZbWqtlpFJABN6BFITIOVxS6sN0QS&#10;T7x0AkisN7Ye+x3Me27bA8Bdh3aSAsxMNkghUNZWv2sX7oDNmzI2VMkqY1UsgcS0uwABXr9ma/a3&#10;T5whhcDqxJp5ydtZxw/voQ6Ru27ZR02kzyZNCOSTDQiRbubfGc0EUkOMNv+bBCE1TENJjBmjfI6a&#10;yGqcpyLn6y+8zjhFXr84pgkwMw8pwq37FmiaKffcskjGlOV4nYwxYeMc1JuUDIhpRLcTKPOGusiI&#10;sWa4tkk9GTA7acgmA7LRGvl0kyKtE8erNNPrxGqdZrpG1mySBaAeEyqIqWE6rqmrhjIWBCKRxhag&#10;MCUFSHFCCnZF7SYNECB5dZOU+TX1S+CPIiIiIiIiIiIiIiIiItuRymIiIiIiIiIiIiIiIiIiIiIi&#10;IiLbgMpi76LImEBNjCuQNmjqG8CGFzKGNEVOHSuGoWQaI+NygarssdHZy6iY53KzxGrT5zf++A2e&#10;O32dLz93jpffusG3Xl/h7PUpl4cZm1VBFWdp6FE1HeoqhyaDOjITM8pQcsuOGRZn+zx2/wPs232A&#10;/bsP8tQT3+bsmfP87u8+w4kTFxkOatbXa2YXu8Qi58ZmRR2gKWtWNkfc9eAjDGr4zuunubw+4Ivf&#10;PMWVAczuLokzGdOZWaa9Lk++cYETV1d4442X+M4rL3BsObF66Q3uOTTH4eWCWw7t4z23H+TitSss&#10;zpWcOH+e9cEaddll2NT0l3cSZ+eJ3UA22+PyyhoXN6dcvnaZ185f5tqNt3jh9Btk3cTZless7Jxl&#10;lCVSJ5B6JcNYM+1kpDwxjok8NaQAWfKKlP9zc+kr+D8pxO961va9vr/v/453bv/m/b3zeSBgdZh/&#10;UWWx5CW1xW4iBHjs3uOEENk7mxPaKg3QoQKAprbPZbk9jba/BisxEfz4/P2Rysps/vcUMghWWCIk&#10;mmC1vBRHpAh1kdFEGKaSzThLE+Cbr16kJnHq0jpNALIuKUTmywxC5PG7DkKIHFgqIECsNt5R5so6&#10;QKhJjAmhJmMTQkWnmRCp6DUFZQxUqwOawYDra+uM11ahLIhNzdzOnfT7fVKnR9bpcvHaGmvjmlff&#10;usL5lQ1+/4lXePGNCzzx6mVeOHWBb528ysmzVzh1bcjFlU2uDkcMq4bYjaQYINQQ4e5bFym7Ge+7&#10;dQ8xJLphSAiJOky9ijOC0FCkKQToURNoyGqsKOZlsVG5TJMSb40CDYEvv3SKFCKrTSIFyHMrAR0/&#10;sIsUIg8f3kcKkV4zIcQMGkghpwgRyImNVXhCKICMKV0goy4Xgchbaw2kwB89/xoJGKVACIHkU/zw&#10;vh0kch684zgpFHTrCkJJJySIBbEJpJATsf00TGlSYJKVEHMm/V2ELOfiqKAJGU+9eo6GyOW1ASlC&#10;zCKEwP7dy1RN4oHbD5JCoF9vAtBrBgAUzYTgc9BGxupQhEgkMY1WJZp2C2Koee3cZWKoeemNG0zG&#10;9gvq5V5OoOHxO48QSRxZCEQS2XiFmBrSZAPqim6ZyCMUoSIPiZgmZNR0skQearIQyUNDHSJZqBiX&#10;fUKoeOHagGma8NTJM6Q8UGcdUlFQNRVVgLvuOkoqZ7jn+O3E7gLdaUNDj5mmC6lHt5klDzPUw4pY&#10;RSbTVRhtsm/PDLtmIvv297jt4BxzvcTxQ3PMxpqj+0pWNifMdGFjpiD2MvJde4jzc1xeH7CaAi+8&#10;foXvnL7KymjEU6+9xc6DB7le5SwuzRNmlplsrrA5bZhNYyDQr8dk1IQaQqoomoKiqRln8+Qp8erF&#10;DWIKPPXGZUiRUbIrs6PTIaSc9995GzHlHO5jtbvpwH7Dnpc0ITIJUEcYZRnTCJOsYZolqjihig2T&#10;2R3UWeDF1Zw6y/n6i+eoQ86QWWpyupMKmoJPHtlJnkru2ruDnIKKDomCJgSaYKW/JmTEUJFCRp4q&#10;X3etStXQIwDjOAvAuQ2b9E++dJIA3Gis0Niu9vcc30cKgXsO7gICs+MNIFA2Y1+0rX4VsHW1iA11&#10;stV+knUgwKS7RAqBk9cnpBB46rVzNCFyYxqoQ7TCY4jcdst+6pBxx617qUJkhjFNyMnrISnL6eaJ&#10;FDOoahKREK1JNq0hNQ1NZ4GYFWxk8zQh5waLVKngiVfOU4cuZ66vQg4hlkzrjN3zs4xGDXfu20U1&#10;TuxkCtNINhwQ6pwi5YS6oGl6pKpgmhZIVYd6GAhNwWLVkNc1vWZAJ02hWSFON8jjmCKNgSlFqMhi&#10;JEtTOuUcRZ7RjCEjksXcC2ENEAlhZCMfJ164rLa+j+wbqgMEYsoIWCnUrq2IiIjI/5+d/wrWLLsO&#10;M8Fv72N+d13e9D4rs1yWhyl4S3iCAhskRZEUJapbTZnQjGbeuh8mQv04oZmYDkXPtFpqjSQ2KZGE&#10;RIJOIEj4gikDoLx3aSq9uTev+d0xe8/DWvu/lRdCq+eVuT5E4uT5/3P22Xvttda5EXnrMwzDMAzD&#10;MAzDMAzDMIxbFzOLGYZhGIZhGIZhGIZhGIZhGIZhGIZhGIZhGIZh3AKYWewmxPYhfo///9lySIkN&#10;aovt50J0gegcgUqsIoWDPFNTE2wMJ0yrCVNK6tCSLx3CdfpcmvQZh4Lvv3SJM1c3+OPvPs8rZ6/y&#10;zKnrnLm8zo2JY3MaGezYTdEdMJibp9fr09QTMgfOtXgCS4sDOp2Sv/Wrv8K99z3IwtJOFnbs4QeP&#10;/pjvPfYkp966RFbm+MKT9zq4smBtNGFz2lDOQdaD7uICIS9Y2r+X65ubnLlyhY2q4s2L53BdcL0+&#10;TZZTuS61yxlOgbxk185lsu6AJx9/lqefP8WunTnXVq5z+MQJ5uf75J0Ohw7sYX1jyM7FAdPpmIyG&#10;EBraZgpRnFY+ayD33NgI3JjAxSsNpy43TNp1Xr+4wvzyHi5vNgx27KLK+oSsQygHNA1UFJR4Wlfg&#10;oyOSE11GdBki3hL7yNv/eCL+JgNZsmf95P4KeqeTPd26Sv4WnXwY0zcuAycesbeP6qPMJlMTTR5b&#10;MR297Tc+PYGAJyNQFz0cgY22wBF54sU3wEUurk/E6KXzWerK8eH7j4OD3XO5mNaqEdE5OjSS16EC&#10;It55XAxEAi62BBfU3qQxia0YdiIEPMRcZhmdCshyDUXAx0hBRYbD+4IsOsb02XRLBDIef/kaMWac&#10;vrJBxOO9GGIWSzFavffkIXCOQ0sl4CirTXyELI7wBMqikAbXVvgYyYg4PL7xxJjh64IYPfSWcJ0e&#10;ce9xisVdjPq7Cd0lnjlzhQs3Jvz5t77H0y+9ySPfPsuTz57npRdWeOWVFYqioaka9h8+wNJCn4fe&#10;92HuvusEd9x3P/fdexeVg3379nJl5TIQWV8NTCfw0O1zeA/vPboL5wK9MMYRCTS4GImhhgiFWtoK&#10;54hOHEd4GLuC1sOGn6eOLWfHkSYGvvXCmwRgswHUiRSjmsVwvOu2g0SX0Y0j8A4XJuAiuaulF8WG&#10;4CIhy2gdTKKnJVB1FmiJnFuviUR+8MxrxAh15vHeEYk4D0f2LxOd54GTJwje04sTovf0XIXzjrId&#10;4V1LxkSMSn4KLhDKAp9B3d+FzzxXJg7n4UevngPnuLo5Bu8AsTcd3DVPCC0P33UEBwzadRyRfriB&#10;o6UTx3hasih9zrmApyU4cLRMsxxcYNpbAOd5+fwKOM9zp1apahE/7erneBd5z8ljOBc5tig5m09X&#10;8QTaaggh0O9mZM6ReUfmPaGpcRHxUcVIjA5ioIk5LgbGxQLEyHffuMpwPOa5Ny8SYqTIS7x3UNU4&#10;4F33HKXIct55x210yg5ufZMYM8JwzLQK+NrRNJFBv0dZdKjaERmQ5zWumZIzoRtrds33ObDU475j&#10;t/HA7QeYnx9w3/HdXBvW7Bx0uHBllWY8otsZUBQlZb9P3utx6uIVTl9eJS87nLq4yh23H6HOevR9&#10;BUWPXr1GdI5eO5VOFVs1OpXgWjaLRXCB568MiQ4ePbNKcDmTUBAp2NXPwWV84J7bcM5zaNCAc/h6&#10;g+jAZ9IzWwK4SJNFopM9jC5StRVNDMT+DiKRN28EMhd4/Pk3yVxLHXJ8bOg2ExyBD9+9l5jl3H14&#10;Ny4vqMKU6ALOjcA1FGziaSiQ3ClCJeYqJ1bHxvfARcb5gOgi54ZiRnzsxTeIDtZbeftHbfcP3r4H&#10;R+SeQzuByKBeBRfIw1ieq++O9F7IPFQxE5ua7xHxNJ0lwPHm9QkAT716BkdkVN38W/53HD5AxHPP&#10;sf1EPEtuinMZ3WaIdxkD3+Cdw9UjNVQ6iJEqeGKMhO4SzmdsZgOi86z7PtHBk6+cwnm4cH0d7x1t&#10;09I0LXMuMtwcc8+Rg0yngYPzPXAdBh6KYkARIpkrqKua2ATyLCcPLYMip1d48ukmLtaUvsG7QB2G&#10;xNCQdzK8izjnyb2D6PExMNdboMwc1bgic5HcieUP14idzVUaCVlb9MkMmgEOFwt9j0rUZlbOWQQN&#10;wzAMwzAMwzAMwzAMwzAMwzAM49bDzGKGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRi3AGYWg7cZ&#10;xdIRPaY/NzsoxAL1k3/EEuX0d/BUI/WfO9c/rcsJLsf1dhLzBVaHgXHToVf2wHdZWtjJoL9AFXKy&#10;LOfayDGaTHn05ctcuLrKv//qozz/+mlOr9SsDKeE7hwhK1ic79PrdSAMcXHK6sp5xsMVcENiGPLA&#10;O+9k774FPvG5T3Dy/ju5cmOTG5MJf/7N7/H866d59pXThM48bdFnQknlO4yiYxQzfK9DKDpMXMPU&#10;ebJ+xpTAez/4XjqDHq+8+SrTdsqbp67SBhj05/Auo5pAaCOdbIlu0acOBdMmpx10aHpz/PiNczx9&#10;5hprwymvnL7Aw+98gJ3LOzh5eC8P3HGUy288z468YfXiJnFzxL7FnIEPuFhQuELimBeEvKDJCi5c&#10;b3jreuTU2Rs89coVyu5uzl6pObD/DkK2TOF6uHyJ6XjCNJT0egNi3se5DHyHpm0IeHIPzjmy2OAJ&#10;xLaG0FJ4R6a54olEl4wlkiuzXJjlhP5Rk0yyyiSzWOu9yrfkiPOz+8SHFQAoQouLUMRazGLNBB9q&#10;ijyjcIGN4ZhQT8h6AzIarkxbQpjyw1dPEV3La1emTNtIb97hCljqR1wOD9y1n5aa/ct9yBzVcIU6&#10;tpRxShtbunnAZxCbIYQp3dJT+JYQGzIaJMsDrSvEzkZBcAXEgkCOIwMy8gA+RjptQxECnWpC0QTa&#10;OsNXkXzuGOfXC+rK8/zZMZnvcun6lCLr4kLE4/DTTeqq4uE7D9E0gTv2LJK5HLdxFdrAQgYdMsrg&#10;KJrIjWs3aIYVg95usthj4uZp/BwrWZfNvMvG7qNsDpb4+rmK1zYCv/29l/nua5f5w+8+w3dfPMcr&#10;b7S8dqHl7v3Q7cIn3jXgrmMlf+NTD/KB+w9w+4E57j004OjRA9y2u2RuaZ4DyyXff+JxQrXB9dV1&#10;CIHpUFrMJx8+xqDb5+QORww1e/qeTuEpypxuUdBMKzxe7Xke5z2t89QOKu8YZiVV5ljrLlDlcN11&#10;ocz46uMv07QR8oLce6rNQFvDfUd34iLcd2gnbWgp6hu0oaFfbJBlNfX0Om0YEnxD6yqyQRcK2HDQ&#10;5IFJ2aXxDZdHE8gaHn/hNC6DG5NI00aCh+Dg0IElWgcP3nOC4B3dcIPgW+LwHFWzST65QNusMTdX&#10;keUTsrwiy2smoYY45eIoMB6vM8z6OB/4wQtvEGLD5jSQZZ7ppKUNcOLAPN4F3nF8mRimLGcb5L5h&#10;h1un9C1Zu4pnCmEEcYLPI87VtIXHZS0bsaAlsJntomkz3rja4nyfH79ynkCGyzx7Frtkeca9R5Zp&#10;2orbdngiLZ12A+9h0O3Q7XQZbY5pqkCn7OHI6Q0WKTtz1KOKGDKqkNEGR9ZdIstKbsR5QvD8xdMX&#10;2dysuDFxdMse6xfWaIY19x8ZsHuu5NPvPMmeuT4H+p6snlLUm2QukLkGcsjKSCgisYw0WaDoFhSd&#10;DtWkJtQQxjVMIv3g6LawnGcs+MBdB/dwz/5FTuxa5gPH97Lo4MF9i7z15mW61ZTVjQnVaEJnbg7n&#10;c4bTissrG9x71wmGFQyyhpqSHfkYV5TUw2tUoaGTBXAtbX9ALCMb/V3E0vH05SFt5vjuq1epA2SD&#10;RbKyw0K/JmaOd53cT+Na9nfHNDQUzSrRNRS+xlHRNhNcnOKcw8cGn+VkDsqyS1mUrGxOqcZjbkwC&#10;HWqeff5VelQMxxtkzQaDckqWTXn3/UdpCs/yzoJNGrrFGuRTum6FPBvRjSvkbkQnrJMzJmtH+Dih&#10;jS3EKeO8S+saRp0FQhZ56eqQSVvz5OunCT6S9bp0OznVsMEFOHm4S2im3H9sB46afnMdXE0Rh+Aa&#10;ImJKq9qWJgaq6JiQUeOoiwGty2i7S0TnOXd1k4zIi6+cpiASoqfrYbjaEqaRd997jDLLuPfYATKf&#10;UY5XaJtAv76BC4He9DrUE+gUojAL4qOM+QCfFayFSN3W+IVF8sKxHgPeV7x86g3KouHNU0NoYaEP&#10;nRyYTphMJhzYtZO1jTHH9h+gpkvhHa3v04xXaEJkzk8oXct8vk6PTbLqGkW7CnmGy1sm3lN7aLOC&#10;kJU4XxJjTpb18K5kPJoQmpbNtTVGG2vM9bsUWcSFGk+DczWeVt+s8p6UH2nlvSN/f5t7U9+58oZO&#10;b2rDMAzDMAzDMAzDMAzDMAzDMAzDuDUxs5hhGIZhGIZhGIZhGIZhGIZhGIZhGIZhGIZhGMYtgJnF&#10;YJtNLB3fbhTb7qC4+Twmc9jsjxCc2C7SJ8HFm0aN5IBnc+KZVtDvL1MU87RVoG0LJiFj0jg26FFR&#10;8JUnnueNC5f50rff4LnXL3A9Zoyjo+ktQadLd3GJvNfFhQnRRSab12nqCXuX+yz0C97/ngc4cfQA&#10;d9x1O/v27MS5nNi2fPNbj3L27DlefuUUV6+vMpk2LO/YSVGU9Acl3V6HzDWUhaeu1wmhYjoMNFWk&#10;16kIdcVD995FrKesXb1ON8u4dPYyHQ+xrojVlHbcQF3RoUMeAk2IxDZwbTxmOG2pPVQxo51UrK4N&#10;acabnD93gb075nExcM/tJzh5x+2Uec2xgzt44/UrTIYV5DkhRKLvgSuoXUHjCtaGDcPas7I65MqN&#10;KdW05fT5Fbq9eS5c22RxYYFJKBjkDlf0ibGmjp5mWlO3kPsILqNX5GQ+h1DjnCO2YjLpdjpk3tOG&#10;Vo1iHpeMYqBWsC1X3SyTRBsmlhPNAhDbmCMSnCe6SHRiGPN6mRwdeWwAyGgBqCcT2jbgsowYApOY&#10;4Zwj37GbLM9Z83PkZcnTpy+SlyWnV4e4HCgyWhxlFagqeOCOvdRNy8GdO4lklLEhKzoMfMDnBQXg&#10;XEZsKvG3eIeLgSAOLIKT3zttXSF2NHIi2Wze8q2jiK18q8eMiHce11kkzzr45aNcbftkZZcfvnKO&#10;ECOvnDlPVU/JPRBb9uzo0+l2eOD4XgJwZM8CrXNk1RrRZ/TziPOerNfDFQWlz+l1e3QXdpGXPaYU&#10;uKyk2LmXcm6RH7x2kQurG/zxD8/w2vlrPP7aVc5e3eTqesvaxPPuB4+za98yf/tn38/Ju+/kvoNL&#10;HNq3j/rKWdrhBgv9Dj3X4LoLlLHm1IXrVJtrPPrUi7TTCXle0C8LfNvQL+HocslkNOHjdx+mW3QY&#10;XzvPZDRiOJowGY4pshwfPd2sIHcFg/4cZdGj0+tSdntsNBC9px3swuc559cr2tDy7cffgBaKoqTA&#10;06Whm8HJQ7vJcDxwdA8Ox86ipcwLsnoNFyOla8i9Jy86ZFkGRRecY9h4Io7KdQkhcGF1SGgbHvvx&#10;OWID3TnolVAUnk7hOLBrF46Me44fom0DS77C+4w9nYZ+t8OiG9Irc3AToGVzfYVqOmKa9WhjICwe&#10;pOx0qHt76XR7fP+5U/gs48K1TZo2SHd18I67j9Ltdnnn7fvJ85zOdJUQAtl0hbpp8O2YEALyv0jr&#10;PG2MtL4kAk25RJblDPNd4HJeu7gJ0fPUK+cZV4E2RJa6jja0vOfe4/g84859A7KioB7eoI2OIheD&#10;3qQKBJcTfEkdMkLMqVvP2nDKpPWMase0cVTFHNPgWM+XaMn42pNnqKYNZy9cphqPmQe6GXzk/v3s&#10;Xezz/jsPstTNmHdDsnZMnKxBmNLr5mS5YxpbGhc5d+0aK8Mh1zcnrGyO6c7toPUd5nsLlOUc7aTC&#10;BQ/1iNBMmeuWdFzD4vwcexZK+oMex/YtUnnPsYM7uDEas9DPGbaeECKbmyM2Nsc8dPIORpOWwzvm&#10;8FmPJV/hsh6dUJMVfZyD6AvWY840RK77Oaah4fnLm7Qu8MSbV4g+Mg2Bpq1ZLGpCCLzrjv20IXCo&#10;2xAidOohREfXOzyO3DkK7yHrkbmMunbQQpaLyS34AWVWcn0IBY4nnz1FEWHaQAmU2kPvvWs/dQyc&#10;OLILioJ2/QJ1PaWs1wlNRTdWuBAoCPo2dzjnwZV455n4OcCx7udpY2RcLNMfDPjOEy8SWljdbJhO&#10;GjoOcgfvvusAnazkweMHKLKCXr2Gd552ukkbIpGMAPiiwGUZRXeO2heQF0zpEcioXJ+2jbx56Tpt&#10;2/DU8xcIDUzrCG2kbSBzcN/dR3DOcfLIPhyOpbwiLwoWfUVRlOTTVXmJbG7AZAKdBXCeJu+C94yi&#10;vJ3qvCC0NVMyMlrOX1lh0C24fOUGgy7EIP91wY0VGI5gaUePlY0xu3ftYXXcMjfoM3VdscyVAzI/&#10;JWQFebtJDC1taIgENv2AyjncYJlY9vDlAFf2GU0jVciZVIFpHekNFsjLHguDBfr9AU07lTdqbMDJ&#10;e9fpuzO9ZeRNI0d508q7Nl2bfiLb+inNMAzDMAzDMAzDMAzDMAzDMAzDMG5NzCxmGIZhGIZhGIZh&#10;GIZhGIZhGIZhGIZhGIZhGIZxC2BmMXibUSyZwdKfZAzbzs2f3WyteNuf7UYLpyOrDMNHj48w5/v0&#10;Xc5kY0KcNIRsQIgdrrUdhm3JXz5/mtcur/GVZy7z+tUJb4xgLcKNLGPkHE1ZUGeRq9cvsTa8QTPa&#10;YDQecv9dx9m1vIPPfPyjnLzzTu44chuH9uzn9GtnmNwY8o2/+A6vPvsSq1c2GN3YZMfcIvPdPgd2&#10;zBOG1/D1iI1LV6nW1ugxJqvG7B9EFvPIzhJ2duHYUpddZc7dBw9RTKdMrq3QD5GNS1dYyKCsI/0Y&#10;mctgLgssD3IWyoZQrdNhzI4dfXb0MkoXGeSe1asrjDZHnDl7idNnLzGua06fv8Kew8epfYdDt9/N&#10;vqPHOXjbEe66724uXb9O2esymgyJNMRYE2nYuTzHYK5DUTSUvYzTZ1a4cHWNKyuneenN15mfK7lw&#10;/RrH9y4TfYZvRsQIsZ4SYqTMPThPt3Q472nrCQBt0xBjpCxLAJoQYGaX+0mzWMqkxOzvrpW7YsqP&#10;gCeoH0UtSgRwHhw4F4k32cegdRkUBZQdYqdPyEvWQ07rc8adJabB8damZ1JHHnv5HFXrOLNaE8jA&#10;F4SYsX8+oyhz3nHHnXjX5cDyLqCE0YQQCsJoRFU7YlNTNUB0hJhTlGpy0zoJaslLhjFJcvXnOFkn&#10;gKcVc5oPBA9tkdHmGSutYxwDq77PuVHLpK14/uxFyAJvXb2CzwNNbGhpIEwY1xPuu3s/FS379wyY&#10;Eqina0wcTKbrbDY1MdZM6injZsw01lQEJvWYlY0NxtMhc3O78dHxre89zY2rqzz+3AXWr93gxkZL&#10;O6nJKMlixkfe9Q6W5pf53LsfYHlpD83KVWJbsHN+gf5gGZfNkfk+m3GJ0GRcWA3ExvOjZ9/ANY7V&#10;1TH1uCFrIAvw7juP0s17vO/EXjJf4KsRWVayOLdMvzPH4mCBQWeO8do6sY6M1zeYbI7xLbSThrYp&#10;yFpPmy3iW7iyWuObyGNPilWpqRqoGjotZC3cd2QPBY77Du3CB+hWm4Qm0Kkm+NbTISeLJT6U+JBD&#10;6OOanCZ0yWNB2dlNx3VZH+Z0fY/nXniNXgYXr8B0E3wdCePI0d278Y3jwdtuwzee5ViTtRkLocaH&#10;Ar+xTqwz6vVN2lGgt2M3ZWeejdgnupI1dtC0jiuTDtOq5dHn3iIEz7X1sVRDEDPjsf17qBt4+O7b&#10;cL6kGyaQdei7gMt79Ds98nKevJwjL+epYk70HUZNQRMyRnRpWhjTJ7Ytb1y4DqHhhTNXiTjyzDNf&#10;ZsQID951jBbHkZ19GjzXL19iWLUMlvbQZj2mMSfkfcahYBpLJuSMQ85geQ/F3A6WDh5nbtd+rk09&#10;ddbl0RfPcOHqCt959nU2Nje4tgJ1BXcfgMUB/NyHTnJg9zwn9/eY70bYvIxvhrhmjI8V/bk+Wea4&#10;sjFl0gS+/8xLnLu6yotnrvLGhWt0l/dxfdwyt2s307zLxnjMxOVU0wmTFjrzc7TeMS1zYg5xfoH+&#10;Yp/VxrO4PM8Lb5zGuZa6zcmIhPEU6paH77yLdhI4MOgTKs/o4nnW12p8HZhUOdHl1KEk9hYh6zId&#10;7CErOryxskleeJ556yJFGZnWUxwVhxfmKLOcD91zF2XW5bb5kiLr0a0nZK4kax2EDBc7uFgAfXws&#10;mEwcsfE0laedRsiX8LHg3EpDbBw/evZNXIBpDXkEH6TV3n1wD80kcP+RA2QxZ7mT0evMM+89nWKO&#10;ooGMLm4aoM2hdtBkBDeAWBDL3WSuS+zuo8x6nL7a0lbwyOMvEWogevLo2LnQoV/m3LF3L67NOLFn&#10;B20Fc6HGxZKud+RZj2ndEqKDvCA6T1Z2mcaC6HIq3yP6DPo7cHnB5bWKvOjw0punKQrYmKqt0kOW&#10;w4mjB2hD5NC+nUyblm47omoj3TCliZ6ebyHvyrui02OCoyESyi7RO6bR45wjxBLXBvJyga7LGI5a&#10;lvtzXLx8hYVuxuXrgbaGGggehs2QSzfWKPp9zq2usfvgPjbIyToFk2LAlWurrE4zptPAelUwv+sY&#10;rruLtThPk81x8UbNjXGk9h2GTcZgaTe+t8AkOELeZTSpGTeRFsekjYQAbfREn6yt6Z2YEI/n1s9b&#10;AUcki/qejQ4f3/aONgzDMAzDMAzDMAzDMAzDMAzDMIxbGDOLGYZhGIZhGIZhGIZhGIZhGIZhGIZh&#10;GIZhGIZh3AKYWQze5n/a/uen8b/33ZY5TOVKbxsxbnuCE/MFOY4I+Tx53mXd9aldh++/doFzKyO+&#10;/OjrvHp+ndfXYWUCdb9DLHJWhxVVE4j1lKaacM/xo+xZXuSzH/0g9528k3c9cD8nbruNyeaQ0AZ+&#10;+MMfcfr0GZ559gXOvXWeleubjIcTnMshBJrphGY6IYsbHN3XZ2ku5xMfOM79d+/hFz77Tj708O18&#10;+v338aF338177znMBx46zl2H9nLPbQd54LZjHFya485Dhzl59DDve8d9fOThB/nAux/gI+95kAdO&#10;HuU9D93Jgb197rxtFy5O2bezx8baKkWY0lQ1WWgoOzndTk6n16fT7fDW5WtcXlnjmZde56kXXqEi&#10;461LV7nzvgfoLy3z4Dse5L4HH6AoMw4fOcTFC6fxPrC6usFwNCLLW5rY0gAxh+GkYW3UUI9XeOvi&#10;Je44uJON8Yj5DEKEbicnKwoyWnAOFxvaEKFtZAfbBoAYI23bgpdc+GlmsS3SjqczsYdltHgiPqL2&#10;rQyv4zjxx8zMdxFJquAcrXe03tNEaJyH/jwhL5mWC7hOn7qzTMw6vLFSMWkiP3z5AnXjuLjREsko&#10;fAdHTreeUleRO/bvZTJuOLBzF03j6LoMl3Xp4cjyPt28IMv79MouRdGn7PbI8i7jWsZrXfK5ZDJn&#10;J3POklEsivUli2JUa70jOMcoL6l8xrDo0+QF484C59ZHVG3FS2cvEKi5trFGUcqwWQ7VBKoG7r1r&#10;F9PQcPTQHhrv6XbAdXu0oaItSnyZ0WQZRS/Hdwp6gx55JycvO3R7HVY3KkaTEU+9fI66bnj9aiVx&#10;7i5Rlh16g0W63T7HDx8g4Ll9/w5GVWC6fp1p8Iw3N9mYtAybnGEV2Sx2UAXP9TqHrODF01coOn2u&#10;3dggRt17B7cf2knTBo7vmWM4bfBUNC5jVAfGTWBSVQynNb1uj6zs0un0KDsD6iYSYsY05ITocYO9&#10;eF+wOs0o8pKnXzlFr5OxvtlCC7mmzgN3HyLLc+45dgCfFbh6RItnodshK/oUPsdnXSZTTxtyhrWn&#10;qmHqerQxoykWaKPnrasj6iby6JNv0DSQ9zJ6Hc+gP0e30+Hw/r3kWcHJ244CGcV0SN1AN1Y0rafv&#10;weU9sqUlsrkdNGQEVzLJF3BZl0m5F591ubDhqRt48tULgGdtFMh8QWxbnPMs97qMxxV3HtzFcDSl&#10;bCZMayhCRR0ymrpi0kDdQtU4YtYlupJYLOLzHiGfI8tK2rxP7h2vvHUFQsuLZ64QfUmWZbgwpW5b&#10;jh/cy3BScWLvMnXwlEVO0V9gbdyyWUV6y7txvXmarAedAeeur7M+jWxMAqujBtdbYtR4zq9XDBvH&#10;06++xfpwwpOvrDOdwOIczHXhEw/t4+DuOT5y/yF2zpcsc4MijHCTFfI4oZtDmQVCVhJjy9VxpAG+&#10;89QZVoYtL54LnF8NLB7cw/Vxy6Fjx6nzHvgMunNMJpvUPqfCMapbrk0Dm9OaYmkvvuywOgn0+l0e&#10;+9GrhBZcaMhizXzH0yvgA/fdQekC+xYKXAzsn8sYDObodwuK3hxthOg7jH2XJuZcrTMmVcOPXj/H&#10;aDzmxTPXoA3kWUGZefx4wmQy5f7jR5lMWw7PlzQhw9UTGgqqacW0dbQU1MGT95cgK6lcB5d3aLIe&#10;MevgBjtxRYc3r4xpg+fJl98E56h8B5/l5LknyzLuPCo1/NDJ2/FFl7XL5xmOG1xomDSOMi8IvkNW&#10;dKHo44o+lAMqPyBkXdbCgCpkXK06jKqWc5uOJjieeuUUWVHQZh18XrC4sEBedDm0a4EQHScO7aON&#10;OfO5I/ouLrYEV+KLnKzo0DpPdBlNcAyrQN0GprGkCZEmH9CGyKnLN2jawJMvnqVpYRpVOJl7fO44&#10;fvQw0TlO3nYYn+XM5y0uK4ijNaoW+q4lkJP1OlB0WZ2MqGLA97oEH2nJ8N4RY46PkV53kY7zQJfl&#10;wRznL6+w2O9z6sImLsKeo8vML/W4dGOTzarlzOULvHruPLVzvHL+Mnv27WO9zdi95wDl0n7KYg4/&#10;2MPaNGOjKXFLB6G7xIgudBboze/EdRYYTlvGreeFV17l8so6Fy5d5tL1Vcpuh+G0ouyWtM7hXXo/&#10;htkPU9GBcy28zeaaRfS9Kn8cEU8EvLxVt7+iDcMwDMMwDMMwDMMwDMMwDMMwDOMWwsxihmEYhmEY&#10;hmEYhmEYhmEYhmEYhmEYhmEYhmEYtwBmFoOf9H3Fm8+3/3Fu+x03//H/mc/+c3+Sjera+ojhdMLe&#10;O++ju7TEj87dYKUK/PZfPsbLb13l5RVYGcNm8FTBUdcZTQW3HzjE7oUlPvmeh7n3tuN87gMf4KE7&#10;7+SOQwc5vGcPr738Cptr63zzkUd4/c03ef3cBS5cvU4scxoHvaUFOvM98rKk6Obs3Nljbr7Dux88&#10;xuc//U7uu/cYH373EU7euZ/dgwm7Fj078hELnYoTewccWC44sW8nx/Yu4KshHca0ww3yZsh8B+by&#10;hoV5x2I/sn/fgH27ujxw/yFO3rmXd7/rJB94z93M9xe4/65jbK4P2bUw4NKlVWLdQlESI+Tzuyi6&#10;c2y2nsYVXLh2g/NXVnnj7Gmee/kVdiwvsLa5wb333M6Bg/u4644jPPDAPYT2Bvv3L7IxXCfLoQVc&#10;DjXQOJgMa1Y2anYWIy5eucK+5XkmTcPy0oKYYpoJwTlCPaFpA3nmwXsyDz7LqJuaEAM+yzSH/ktm&#10;MSF9mqlZrAgtPorxxBOJzuEJROdxRM3NSPCR6OQ8OEfwjuA8N8YV4zYSyz5VcFTFPMEXTLI5WjJe&#10;Pr/BpGrVnhVYGYKLHh88sXUUo03qacvxvXuZjFuO7dtP23iW5+bIiz5d58iKPjQtkZLh5pBJFbi+&#10;eoO19RFFv090GcFJ5oeU/GpDcwSxvtASXSRTG0zt5Z5VVzLBE5f3Ert9GOzg5bcuMqmnPPbU82xu&#10;rnH5OtQVdDrgPeSZGMaOHFpk0jQcPrKPKTA/1yd2eoRQE8ouIdTUzlM3FVWITKsh42rMuG6YNlPa&#10;Yp6YOd5cGVP0u/zo9DpVhIubYzanY/K5OWoX6Q063BiPObCrz8pozP4Du8kWdtBfmqfYsZN8aTf5&#10;4jJvrtdstpFvP/MSb129yhMvvc7K5gZNnhFyT2+uJOvm+KxhdTTi8MFFVquKIyeOki/uwPXnyOYX&#10;WNkcMsaTd7rUvqDxGbUvmERH7Qvm9hymnF9ilC0Qs5JXLq0xrlt++NIpWuBG1RK8xCh42LN3nmFd&#10;ceToLoaxZWmxC70edTVmghjqpj5nGHOqrCAMFgidLsXSXvL+PGGwA9ftcXGzhbLDc2+eIu8VXN6o&#10;mLaRcVMxriuWdy8zaVvuv/cuQpYz6DrodMmoqbOC8egGwzbSVhXTquXi2pC1UY1f2EtwJZ1dt9Hp&#10;zXH22pQYPU88d5rQRK7fGBGaAE2AAIPcM5lUfOZD76XTGbB3aUBvsMhimdPpLTAZTWgp2Rw1TGoH&#10;vk/T5sTOHNEV1HTErje/SFkUvHL6HBmBJ1+/ThUghMBkMzCZwmIfrt9Y59i+XWyMa/YfOEAxWGSj&#10;coS8B50Fatehyvu0eZ+st0hnfidzO3bTWdjJjWlg1Dq+++SLnL+yyrceP8VbF9fp9GHQhffcv5ej&#10;++f43Hvu5NiBnRxbiAzygFs7Q5yuM+emdFxNp9ehzGFt3NDUU8LiAYpenydPnYdOwUsXazYayOZ7&#10;XNmYsP/gYdamgfnFOWKnT+YCvjfHNHhqV1B39xCLOTpLh3HFHJevruNdzqPffwka8AF8C7cfzNkx&#10;cHzonceY77Uc3AHdsmZ4/QyT6To+a6hDReMcjXMUS3vIOn02whzOd3j82dNUk5YX31ynnUIbIqEO&#10;zM33IS+4/77bafKM2w4tE7o9ev0cN5inioG202PiM6o8p+nMMfUZaw1MnCdbXCZ2ewyzHpXPePrs&#10;JTabmh+9eoYpsBmhJuDLnJB5Dh3ezRS4845jTPHgG0K3T97JaTs9GheZZAWbbWBIxpickctp5nZQ&#10;d3qEHYdwcwuEpf0UC4s8f3mDiXM8e+ocsSw4v7rGsK5oqNiYjtm5a4HNpuHeu4/T5AV50TLNCtY2&#10;V9lsA3me0eCpqpqmjcSswHcGZEVJMVii7HTJ+zsoypLLaxOKsuT1t87R7eZcXWloG5hOIk0V2bU8&#10;YDwe8+A9d4L3HFjq0+n1qTavE3xGNdpgVEeaZsKkamiKjJhl0CkJDmKDvGtqh2tbevmAvG0pywEL&#10;nZLRJLB3aYkbk3V2LXV49fwaGxtjQj8n5p6RgzGOt65c5fWLV1hbm/DCqYsM5pa5tN5QlEsM44Dr&#10;64H1qmQzDlifZuRzu6BcYLNqGLUZ3/ru93jt7AUe+f55Xn5znbn5ho1JxR133UHW7VEUQOaBlqAm&#10;sei2rJU+yttSLGLyuRjGnNg63/ZzlzOzmGEYhmEYhmEYhmEYhmEYhmEYhnGLY2YxwzAMwzAMwzAM&#10;wzAMwzAMwzAMwzAMwzAMwzCMWwAHsPpP7hcN0K2GqiWiu/l35twsGuGmz2dsXQBqsvjfY9vl4GTc&#10;xhUATFwXgGG5G4Df/8GrAPzO118BYCXK/A4dvxuA++64HYCH7joBwOEd8wC8/MILADz+wycAePOt&#10;twBoOvKcYtADYFSNAVhdrwGILQB8/IPvBeChk7sp6ssAtKtvyL3VCgAH5mSM4/sOAjCXLQAwGcsi&#10;i+4iAFm/D8CF61cBOHVZ5rI6knE2KlnTez7wBQCee/UKAN996iUAXjt/DYBpKWvrLe0CoAoy2c2N&#10;VQBohgB8+qMy9w+990EA5vti/LpwXp77zDNPA/DSS6cAqORxvHe/HH/1U/cA8PC9Ett28zoAbrIG&#10;wGK/BCB3ErPpeCLf+1yu1xxKx5lhbBsuSpwyGgA6rYyXqLzsVa3j1n67uextFwOLO3YCsD6WuJy5&#10;NgLgwoZc+OjLstBvP3tWrouyP51C1jM3lji//+QxOd53BwBHlmWflzOZ33JHcraTVQDUzaYcke9b&#10;L99Hze1UO7kmVx5kvUWUz8dexr/ekZxfjR0Arm3UPPbMywB864kzAKxJqOnOyXEq6ct9d8naP/oe&#10;2fM79snaBq3MbXdPnjnnZM5+Kp9HjW0z2APAdzVG/+wPfgzAC5obZV9iuH+HPPjjd+0D4H0nDwFw&#10;ZKfk+FsXLwHw4zfkxhfPSW6+elGeN5LH05fHskfX8amHDwPwXs25OJWFblyVcY7vl/kta92Oh5pz&#10;Pam5YS7r//NHnwfgTx99BoA601zNJPZH9skDP/fBBwB4350HAGivSi3s1pputc+EQvtRK7l4fl3i&#10;+NSrFwD4k29ILa3oPkx0fSdPLAHwN7/4aQDu2inzODKnubAu94ex1NTCssz/+lRy/Hw9AOBbmqt/&#10;/pj0wdWR3B+0VnbJ9PiNn/soACd3yzwPL0htdRuZWNtovDIJ/FjXtz7R2tu9F4A/fUz65r/92itU&#10;hexptSl1dFDaDx+8fQcAD91xFIATt0svrtM7ROuz15c8ng43AHj0hz8C4NuPS6wvSPvjZz5xBIAP&#10;PiR7/77bJHfLTVl7vCJ9N/Wd0JE9PyPD4g+9E4B/82ePAvAfvyF9TpfKx94r43/sXScBuHOvrKtT&#10;yl6vNjLehesy4COPPALA178n4xyX1ONzHzsOwAffKX2h20q/9bqHSwuSWzeGElM3kHo+P5Ln/O5f&#10;PAbA9547D0Dbkc8n+g76/EfvAuBn7pa9OL5TNrcTpgBk2i+yrmzElRV5frkguXNhQ3Lia09Iz/jG&#10;468BMNR37txAcus9J2Udn3n/fQAcXJBxlzJ5TnpeO5Z4hEZqp9V8GOay/9ejzOOPvis58+Rrsq63&#10;Lsn7QrefB2+TOPz1T70HgBM7ZB77+jKxsCo1HibSI8r+HDGXZ10fy9yujSS3fvSKPOOr35e11brH&#10;N2QLOLJPYvprX/gUAO/RzSs25L7dmcS6W0qhblTrAEQv4wetr2oiOdzty16ge/n6itz3w7PyM8G/&#10;/NPvAbApZcdUf3zSFs+8/jxxUKbFfQdkPkf2Sf9cn0hdDkcyj9G6xG64Jnu5V0LNpz4me/XA3fJu&#10;qtblZ4kyyl6ld0vRyoMz3fNMX0HpVelTX9Pzxuu72v5TCcMwDMMwDMMwDMMwDMMwDMMwDOMWxv65&#10;zDAMwzAMwzAMwzAMwzAMwzAMwzAMwzAMwzAM4xbAzGJARFUdypa86WZLUsKTwiWf/+cdUlv8pHlM&#10;fkevUmtUZ5eYfr7xnFhl/uDR1wF45pwYOBYOisXmwx/+OAB3HhTzR7smBqPnnngcgGefE9vJGyti&#10;R8k6YqXJ5sVYMlbjTqcn8965W0wfx4+/D4DFgVhTVs+/yNXTTwFwZE7sHceWxfgS19WWpPalnv66&#10;Ya12oa48itiVmI40RlWhFpNcj6UoWE6dFVPMiZNiwFk6eBsApy/fAODxF98E4Pw1WWvWFfvQwqIY&#10;bZKha+2aWIt2L8iaP/ahhwF4/7vEppQ7WceTPxLr2o8fETtSoaafv/V5MaV95GG5vhMlVn4qsRzk&#10;akdy8ryolqN2m1koJLOYZkX6PNnkZmYxNeYU4WazWKM5sWUW03jpuEGTLY07nsr9L71yGoDHnpL5&#10;XhRpC2d0fef0MbmmehKfVfq5ZAIcUavLXrVfHV2W5zxwh5iK7jwuKrb+QLQyjRp5gpf4JrOY033P&#10;1P6S1psHOU6cWKj+5KmLADx7SuwyV65tsKpzvyapMVuzk9CwogYbFdtwYq/s+cGdorI5uCDfvO9u&#10;MXfdfVCsTd0gtqiyKwON+5LTF2u5//cfEavdI1qH6fmtms0OS+pxQGODmrVabQ+LhySnj973LgBU&#10;3Mdjape69JYUSVfXc1TEPaisiYF+fv8Jme/PfvTDAJw8Llak02+Kae3bj4oB7eyKxP75t8QO90bS&#10;KaUc0VMtOR44Ies8sVvm+XMfuhOAI7ul7hvNqZUNWfALb0gcnnz5HABvikCNl6TU2KMCohWV/Glp&#10;cKeEnYPJoPZuMQPdc0hsUAulxD8EmeB3Hn8OgB+9qc8VIRKXNL5RN7qR5aLyJk5q0t62LMd3npDx&#10;H7hL7F97d0oyN7o/40omOEGeP8olHt9+UWxa/9+vvjAzGSYTXjaWSezQZx/RPbvrpNTB/KIWjMZu&#10;/YbsxVkN1ikJIbs0Jh//mfcDsH+nJNPtB+R5ezKp27giN/Rq6X+9QvtolLmuRLmvWhYj2TfVwvZn&#10;j0i/fk3aJctqRHvHSbn+HbfJfHfsEEPjpaHk/gsvy7vm9Guyx4vav99xUmrpMx+VXF7uSDKP1O60&#10;NCfjNq0k19e+8ywAL0gbQgWHPC/DohIstO1zXeN5m+ZQ2st33yG5f/KIvBP375aA9+bl83OXJdm+&#10;8q0fAHBpXTb3BSkNLuiD9HWESjXZo/E4rs+5c59M5KRO4J7jskE7F+XCaioTPHNR+tKPXpE4P3ta&#10;9uUxEZkR1HK3rj2io/1VH8e9kooc0xz9+ENSc+/W/WjGUvwu73BtTYL2o+fFqPfCKfnuTRF68apM&#10;ha4+c6IxTD+O3C9lxu27ZNF7u9J733WHmBD3qrVtSY2Irb60vdZtU8teOid7m6lZbD2T83Naj09d&#10;kIn8xRNPAvDMq7InHd1bfQXTSKjIdTMWdS8G2kdX9ft5Xc973yW2u4+oKfLoQXlHlPoubsdyQ0dN&#10;kVtmsfSuAd7285YP6b+FuPmd3OiF6b1iGIZhGIZhGIZhGIZhGIZhGIZhGLciZhYzDMMwDMMwDMMw&#10;DMMwDMMwDMMwDMMwDMMwDMO4BXCYWextZjH53blkRfoJs5iTMHm1JCX+DwsqooyffkOvcqLaaLti&#10;1Hj5mhgz/ucvizXldTVv/PJv/CYAd997HwBPfPMvAXjyB48CcE71Ud05UXqEgRh2NmuZ7/pUbGDL&#10;O0Th8d6HREFy3wNi8Hj5jDzotVdES7N5+RQfeEDMNf/Vx8QssxhEnbJyVqwnPTXveNX2NKqoajM1&#10;4ahxprNDlCpL+8TgMlKz1EYtxz/4E1nL9Q3RpMwt7wHgjvtkbq4nRpmnXxQDzo9fEKXLtRuin1pY&#10;kNh5xDLiKrGxJGPXO0+KMeaLnxUrm4aIx7/zTQB+8DVR33zxMzK/j7//nQAslzI/X0lsCrWyZVHG&#10;LdVO8hNmMbUW6cdbZjFlu3Erj6p1URon8Wu83PeTZjG5P43b6YgB6MlnXpTjc6LWURERWV9MQpUX&#10;143riS3mxrpct3NRx53IOv1U7DbZVNa7XMr3dx0TE85tR0XNk4w9qLEtJK2Uzi/VTKan2cyoJusZ&#10;O5nPN14QRd1zp+UYQ8POnZK/QXOliRJT3xElzVRzq1YzVWhkT+pNqYP5TM4/cr9Y6u4/JuMVEzHg&#10;FKXcf1mtUb0DYu569pKs5bvPSB089bLoitZvSG7uSIYrtRc9KJIg7jp5AoA7H3wPAPN7xFL35gVR&#10;Aj3y3e8CcP60aJfWta5nbUUNZB97r8T2o+96BwBzesFCKXW7qsbAb31P7HjXK82BZbkvW5B1bjTS&#10;R0ZjmWimJp65rsRrck1MWh++V+47eULMQ/2B1NLKpuTA0y+9AcBLb4pNyuv3sSt7d2MoE+/3xVSU&#10;crpopAbrFdmPj7xT+s29R6S2k+XPIUn6jR/8EIBza/L5pBRbVxxITTbaJ2tVKaUazscyvh/J/A4v&#10;S368+17pXfv2SO5vbkr/m2o/zBfEWLTuZKBHXhG73f/j937Mhu7Jvp2y1gW1GpWrstb98jEruocq&#10;Y0RFg6hQkbtvlxw7elTUUnsOSY4du01iXapOrhs0VquiUytr2eM989rLNbfXpjIxNy8xWUEmcq2S&#10;2Lx2XnL7Ke2PZ9WAlax4c2rlU3EhUdoGa/I4jqrh67MfEbPirq489/aDshdhLON3c8m50UT3flH6&#10;ybceewaAV89KrH1fYjxs9UG5BGqs742BWq42VqX/ttrPTx6S6x/QnDywV8Yvcrn+1TOitXvyRaml&#10;FbVWjYJorXpLsudZKfFrVEc32ZB4ZJUseE77+N23yfV3n5BesbwkOry2lVy8cE3ue+4Nee6LZ8Qc&#10;F+ZkXoMd0hfXx1Izcx2ZZzvUmtGew0gm+nG17N13SGohUzNjb7DItTXJhR/86HkA3rgo3/k5iYnr&#10;y15sTCQXlnfJGJNNiZ2v5f6wpvY33euPvvcuAI4dkD2JWp9tI8nR09g6dTWOKhm/zeS5bVeee0MV&#10;f9c11ldGspfJQPj0c/IOun5V+6o+X8uVVs1kfe2jd98uMTx5p9TIUTUP7tafU3KtvajvpjKT56V3&#10;e6bvTpV+zt60Lv2cpUcXbn4nt15uCPrznGEYhmEYhmEYhmEYhmEYhmEYhmHciphZzDAMwzAMwzAM&#10;wzAMwzAMwzAMwzAMwzAMwzAM4xbAzGIAySymJortdqTtZrHtn9dTtYP0xMQRREoys5MUhZg4gpqQ&#10;0GPeEdtK2RX71jd+JFaYf/d1sWideJ+YxN77mc8D8L0nHgfgu9/5NgCbaoWZqtSp8fqcgRhHNjfF&#10;ZtJVddGv/rVPAvDpd4lF5YkffgeA3/7qYwCoOITFHP7G5z8IwCffLYYv1sSoMghqnlIzTi+XNa6t&#10;ieVnabfYQVwptqHTV8Ss0pmXz5OJ5vXzcv0f/qU8+8VXxSx1XT5mryyBX/wbfx2AxV1iQfrSn34d&#10;3mY96u+Qz4djsaTEWvZiIVPj1ZqYbt53t1hV/s4vfAaATi578D/+T18C4K47xSjzxU99FIAdPbVW&#10;rcm8FnuSK04tbYUadlR+xVZmJIuJfL+9sJJZzOk3ybyVaDUFG6fGspkNJV0h96XPi0I3Te1bIUoO&#10;NE5ysUGONWJdSp+3muMhV91LlPiVuqBCDUBFI8cs2VxIVheNb1C1z0/UjKACtpntJQtynKqB7kZX&#10;55fJgjJaCh3LzWKgMfXiqKnVCFXpmqNay3yUuZSt5OhArXC9Vgxb3UYMPHkr17dR7EyhK3agzY4k&#10;3fWpjH95TcYbDiXXO2q6mVMzzf5lyZk8l7WEQmIccrl/os8ZjeX+0VDmMakkh9pScnVxXtaxtyf3&#10;zat5K5+oFqqR88yrpUmfM9XzqZccqFQb1fqUI8n2ptorPe/oXnbWk4UvbZKso9XxQqa55MX0k461&#10;0z6j64xB9smrrSlXC1+pBqNkGitVcxWTEUhNZdNMnjd1sq6xGo0mXnpIO3MTCbnuc6Zx7AQ1Gekx&#10;13lkaoB0ekw1OdZ1DbtilfqzJ08B8O+/8ypnrskcFzqypl/57EcAeO9RMRxm4+syxlCab1nK3Oe6&#10;MuZCT84XOhLTUg1XbSGx81q/ySCWt5IDqa78zJqke6hmwah9pdUeP9VjpXtRa4wmupejicRocygx&#10;Gel8R5U8r7MouTu/IPM6MC8xXyrk/k4lNeTGagpTc+Ss8ZTy7moyrck81bEavTSXaq3hJu2Brqtb&#10;yHWprxS1zDMZHFPuZBqfoLVUIev1c7J3qQZSHFo1MqY+5FO/1RQvooyXq2Es1/MU7+39K1ntqhR3&#10;7Z/05H2Svm/VL+r05Z+riTPVQkcNYlmUuDKVXuBS33Q5rdZTSEYvPU4zqYNUf5XmQvp5xSH1VKa6&#10;1mcV2q/SeZnm0MgcvNbh7B0zO8q4jVfLpca20rXXSO6EXOaV+sH6SMa/viZ9dqi506r1s5PJuEd2&#10;icZuUMj4g66awNC9rtSOmXJAa6PQvpuMYlv1nfZcx0nn+n6Y/Xyne7tlwUx7bhiGYRiGYRiGYRiG&#10;YRiGYRiGYRi3HrNfQTEMwzAMwzAMwzAMwzAMwzAMwzAMwzAMwzAMwzD+6mJmMXibeSKxzZL0U4xi&#10;iaA2pixTu9Psa/ldvFzNOU0jX7RqSSnUENS2cnztkli4/uiRHwNw4D4xi73j4x+Xz//iqwB85auv&#10;AdAVwQe1LmMY1DLVE9vW+qqYPT7xnocA+OLPvAeAA4i+61/8L/8rALc9LJaWo3eKceziG+e5dvoC&#10;AJ96/3sBePfJ2wHYuHIWgEINY4sLssZWz8u+2FFGU1njjaFYRfqLYm8aVTLHJ148DcCXH3kBgM99&#10;4XMA7ByIpeRrX/0KAJ2O2Ex+9W/+HQBeOC2mr//tP/45AFdH8vzVTTG5ZGpF2jevRp+rVwG474Bc&#10;919/8VMAHNgvprN/9R//AIBjx48B8In3vxOAvhpg2hsXAdi3KFaXOBUjzXhDrFXdrthVou51UMPM&#10;TzeL6VGtKNt/XzOoPSV9O0vRn5KDyb41G0f1cEFNQ1FNYy3yedRjo8+pSzEQBbVPZWpl8ZqjuSZz&#10;rsYcpwaeZHdJtqpkSpsZfZL1RhfgYrL3qa1GpztUaVSrhro81uRqoknmmGQWC7q3yeYzs/roM7ze&#10;l6tZrKtmmp4axbpqw8s1hFHrrs12ADApJCcmXqxJ46CmH7U1Fcngo+avrleFoMao0T1odJeTbSjZ&#10;lJIBqMkk1iut5lBHxtmh43WTbWqqZrFaY5tJwcdcTV+Zmr7UppR2ICZrnJfnpPNkp8t1Pb2hGr5S&#10;SqkNKsW51bgnm1VQo1v6vEmGIyXtV9aq4S0ZvpLxS3NoNp9SrVhqRJtZspI1S01y7U95jtc4JaNS&#10;skYlK55P12lkktVvlMm+Xy3FcPRnT50B4Evfe50rm3LvPjVv/ddf+AQAHz4hZrFiLIbFrpoF05jp&#10;mclUlWs/TM+eamxV+jYzaDmde6rflDNBz7fqW496XlVq9FNbk9NYxfSu0ec1+m6rNYaN5u4EqYWu&#10;bv5A19FLe6e5l9e6Lr0/0+dMSTkoe9Xk2mfUENjO+lgyECYzmZwX2p9Sf/HJyKXPT5a4TM2FqR/N&#10;TF8dsXEmw1q77R2eofHR+AeNWzKIJdtd6mNpHxOpn88sWzPDmMzbF2r/SibJ1Kh1fcm8mOafnuPV&#10;4AjpqLXgcmKysaW812OjNrVG6yTV55ZZTOsuGfu07opk+kvnOpeOWuJSP0p71aiNc7Z3uvaQlKP6&#10;Lomt7H1eSI04tcpVGrOR7ukkWdNK+bxTyPyn18UcNtDcLQvdG32XBK2N2GqNqFlMS2727kyVMTPC&#10;zt6BuieznEjfCy7lhpnFDMMwDMMwDMMwDMMwDMMwDMMwjFuYm/8VzTAMwzAMwzAMwzAMwzAMwzAM&#10;wzAMwzAMwzAMw/gricPMYjMLUiIkI8ZPsTklM04iGcWSOSxZRvJMbS9qH6kqMWek77NCbDV0dwNQ&#10;d8Ro9Id/8TUA1moxYLz/Z8Qs9vKbbwDwH78s5rGLIiKjL5IVNmp5XndBLF6tWmH+7q9+EYCHbhOD&#10;2MYpuf+3/sWfAvD3/9HDANx91x0ArFxa5/d+688A2LsgFpFf+LnPw9vsPUQxbDk9ZrnMtVWTTBNk&#10;jfMLYjnLSrE3PfOMWHy+8v0fAdC/7TgAn/rCZwHYrWaxr/6JGL+e/pGYzP7BP/o1AJpCFvvv/vTb&#10;ct0PXgSgXNwjR7W1TdbEKBY2xSr18bvk+b/+2Q8C4AvZqz/8zvcBuE3X/skPvAOAgZptbpx7BYAd&#10;HcmFOTXxhErMMF6NNT/NLDaznmjOpJSaiWjSfTNNys25lsxEs89n46Rc2166yeCVclqtTLPzZPaS&#10;+ys1iyWbTJqID3KfS6YxtVEli02yNmWqSvLJdDabjtzndJyteSXzWbLoyHWpprLY4LaZxWbWpWS6&#10;0ntDnmxpKdZqJ0omnVb2qKN72Yly9GqBcqlu1UQzRAw5IVdlX6nmnLSXrZqxGhm3TNaiVp7XqB2p&#10;TXviNZa5jF/qfNtSjmt6vde192sxASbrVF6lWpP1tmoWa5NRTOOQcinZjHDJnCPj1jr9ZJvK1CjU&#10;VwNbrvFIJp5kU0rx3vpczUYpZ9P2KJnGI1d7lU/7kT6f9U+5vta/NNuet/V8Xd+sRlK/vjkXZ0az&#10;mVnp5vyZmcg0h4e6v1f7RwD4I+0xv/fIy1wfyRhHl6UX/+YXPwnAB49KzDublwAoc5mLUxMWulcu&#10;GavUYpfqpFH7UjKF9TU3Uoq3am2rda21nqccmq0hxTbZ55LhT5nFSnOkLdJRDIjJ/BWc5LALakKr&#10;NOdqNUQ2sq5k/sp0L5J9rlYzWKNmr0bfdUHtVyn3ou5F1JxDazOZwpJpLVmsUq6k3Ex2umQ0DGr4&#10;GjrZn2ShS6mYJbugGrxS/6z0vtRmk40uxS/l9KwvJ6tWsgSm89QLZv0+neunup6Um7Mc1Ql6jUOm&#10;dsGoDbONfmbqC8kClyyQs/4nx2TPTHPd3pNnvVljn3pz2stOnT6XY53JnJLxML0LZuPrOyAL2gfG&#10;mpNqPMu8Wjd176dqDKsKXVupdau554ZqBEx1rDHYipnMy+nez37uml2fdjF9e7NBLKZ38E+YxdL4&#10;2v9/wvtpGIZhGIZhGIZhGIZhGIZhGIZhGLcON/9Lp2EYhmEYhmEYhmEYhmEYhmEYhmEYhmEYhmEY&#10;hvFXEsetbBZTfFJozEgWk+Qr0WOypagJIwUty8RgMZ6qrSQT80eRi3FjWsl9bSvPKXI1jnXFdnV5&#10;KufnVsVG871Hvyffq6Hjk5/+jNzXFyPO9x59EoAXXjkHwJlLYve6sJrMGwBw4vhhAH7zb/8SAHsW&#10;xPzx6pOPAHDq+ScA+NXPi1lsoLac/buP8egP5Bnff+R1AB64V2xl73zXgwA4r0aqVp7dEXEOdS3W&#10;EO8lJr3OEgAXzokG7ZmnXgPgzctiUfprf+9vAjB1alyZSgxuXLkAwH/6E5nHz/7cewDYe/x+AJ4/&#10;uwLAP/utPwJgvUomHrGdLM+LSeeh4zLvL3xM7Wl7xUjz0qsvAPDd58VMlnVlvu+8+xgAJw+Jwawc&#10;y3Oy6Q0ABqqI6WZqTWmSlelmE81PmMWUZE9J17fpsm3fJxtMsjNtmcZSTgrbLSuz3//c9txEurr1&#10;Mu/KyX5pahLVZhNnZjE5T2yZc9TgoxaaZDpLtpZZTUU1Dum4ySyWbFnJnIRan8TVo2ucfZa+kWtn&#10;Nh+tu/R5sghtGaeSaUrqMhm08GplUvPNVD+ftGr2SVanXHIJNV41lZp3NMc7Wi8qzMEnrZruSbLF&#10;zUKhZpxKzUCt1kZsZb79WnKsVCNaMTOUyfXTbAGAWk0+ldqZ0l6Uav3zMZnF5PtG55PuQ2utj9ib&#10;Mr0+WZOCTnhmEpv1x5tzKqipKMU9S4YgnXaW9lZJuZpMbU19cy5vb8PpPF01q6mZBSrdoPug8dpu&#10;FMvV4JbyYahxvDJ/AoD/+PhpAH73W89xfSixuG1ZDIV/74sfA+CDB2QP8nXpufMdNVWpVc5p7PMg&#10;95caU685EkoZz3nNrYlcn3K3UfNVssXVavByugfJSJXr3pWpX7ZqxlLTmKbSzFJVa+7UOn6yPyUB&#10;GLMakfu7+pxOqmvNraCWSpVSQaEWPu23Uee7ZXkSZhmjexBRoxYSn7THlZNxklmsG6QGuhrPXOfZ&#10;6HUbTt6F6b5kyco17t0guZ2MhVOvLyjtix2dx8z0uM3elY7bczIRUy+Z9eWbL8ySJWz2HtAc1csK&#10;7b9Jz9fgZ3NIxr10nkykbRpDjYjp55FkEkv8lCnP7GaF7mGKWZslu6TukebWVi/X6/Wd0Mskl2cv&#10;r6D1rE+u9IZac2iaxtV3WS9Z6pLRMCWtUmhyOh0n9c3Ub9y22G63c26ZxW7uV4ktg5kuzDAMwzAM&#10;wzAMwzAMwzAMwzAMwzBuQf7z/5pmGIZhGIZhGIZhGIZhGIZhGIZhGIZhGIZhGIZh/JXCYWaxmTlj&#10;CzVdqLljyzCmpouZwUKPXn7nbqJmsaIj5o1czUSbQ7G2OLW8DPqLAAydXPeXL74FwLd+/DQAC32x&#10;oHzsox8G4MjB2wCYVvLE4VCObRBLzeuvyf1nz54F4MoFOd5//10AfPgj7wYg64jZ44/+5D8A0GvE&#10;mvWbn3wIgGIs9q/FHXuZ1LKmP/3q9wG4ISIwPvwJubY3J3Pvz4mtKM/19w6bm40tGyty4zM/egaA&#10;9Rvy/fG7xOpz7H4xhU3VkOPVAjVaWwfgt377UQA+8DGJwTs++CkArmzKA778zccBOHdNjGR7Dh4H&#10;4O677wZgkKlVqJLvd3TFSrK0Qwxjb1w8D8Bjj8s6q+sXAfj0B2ReH37gDgCKqcSqXrsu58lelcQx&#10;28xiM/vRtt/HTN+m3Gm2/bpmpmYfP7Mk6XmyoeiNsxxMxiA5ndlVfpJkwEm5rcYgNQrNjGio9S5K&#10;7iYjWLK5zOah83Rq6EmWmmRtmaEmsWQsC2oa82r4KVJtJWtfcFuGGF1kSMYwXeTsfJtVbUvs9VOD&#10;AEDQnKjVjtc4tR3FZOzRtSbDja49GW7SGoPmelpDrrd77QdpTyo1/zS61Eqf02aSg8m61G/WAOiq&#10;HalQDVGbSY2NvNTcRPcm2Y+STamnNqVkt0rmnGStmmRqg0LoeqmJTI0/bTK3pRxLtqUUb/1iy34n&#10;18+MbskshrC9JpzOI9mdcjWjJTNSsmdtGX/STDU3kvVJ96NVQ1HU81Rz241iyUqVzoe5WKkuzUmv&#10;SGax3/vWc6yNZE/v2CWx+oe/IGaxDx3SvL0hvXZQyjMz7Vc+2ctSPQStK53zNBm41LylYsJZTs3W&#10;tN2KNLOzaYyS1TL1S627mdUuofclC99WH5LnVDK92WbnarrK1bZXlqku5fOqEdNXVanpq0yWurQH&#10;2if0neQ0x30yCKacd2qxyyT3Kg3ExMueJAatfN9RY1quOZpyeSMT82M6T/bAMo4B6AZ9YSkjraEU&#10;/zJZqjRsqZYarfmZWUy+flvOa7xbjcOsL+tRe0eKSzKtBTVtpp81SjVSplxtcT9RL4mUI4lkJ9vq&#10;tekobJm20hrSeFofagLbWpPELu116ulpTSlzUt1maigMOk7Uhp1+DkJteqksW+1PMRn/9LJGYxDU&#10;MJiMg4Xa95KdNBnFtF3gtpvE9Bi2GV9/mhVu9p7Y/oVhGIZhGIZhGIZhGIZhGIZhGIZh3ELM/h3Q&#10;MAzDMAzDMAzDMAzDMAzDMAzDMAzDMAzDMAzD+KuLw8xiZEnMkexGM5OYHGfGitn3+m066geTSqwj&#10;vf6CfOHEkLG+KVaWbk/sKWUhhqAzN8S48T/9yXcAuKa2l7/+8z8Hb7Njff8HPwTg1OnLAAwW9gDQ&#10;78lzDu/eC8C82mGy8VUAjh/eDUDRlfmtTjYA+N0//VMA7j2yC4C/ft8BAHbLtLhy7TroXNcbWftb&#10;18Q6tuuw2Hg6C0sArKyKAWwylmfHWo77du0EYKEUo86lM2cAqIZijDlx/AgA47EYYPJCfm8xzyRm&#10;w6kE4w/+6AcAHLlD5viOD3wcgLVWtCUX1+S68ysybnd+BwAbY4ntk0+J0ezM6TcB2LdHYvLBD70f&#10;gAfuOwnAI1/7CgCPfv3HALznbhn/V372owAsZWqfGql9rS92lXoiJput37v8aUaft3+7ZT9pZskn&#10;x1xNPzM7klqRtouD0rhRDTa12rRm9qWZsSvdmCwxelRTT6HmnpmxLFljkr2KZBDSdczsUcleJbm9&#10;ZRiT+c7ioWahZCiLahpLcehozkadT8TTzMxRNxu9kpUnGXGcxiatbcu6lmIg9we1D7XpmAbKU32r&#10;VUk+3VJrJfuQriUZy2bmsFpjl8w+atBJMU45QCYjN3qM2hemjcwnmb0GrdRSmWKrC6r0+g0nNTnS&#10;mCa7U7IqzbViJuuo1SrFo9H7R5ncPzOSIbmb9izNN/WztIfbjWrJdpdrPGbr17il+CejUTKANTpv&#10;N7PKyXE2nq4jxSPlWCKN26Sc1x1L+5pyLc0n1/0rdNwiyHGocbiyKL3sD544BcCXvvkca0N55p27&#10;ZMx/8EWp/w8elLGLNTGLlcmmprHLkj0tGfb0mbXuwRipp1pj2+vI3s2MVDrnrVzXczWEzepdzyvV&#10;LKWcdJnkeq7fezUHpvkk85nTl1aGmNOaWj6vdA9m774ijSunbcrpVBNaQz5ZqnRdaW+zkKpJ56Pn&#10;Qes9lNI3JlpLIy+2TX06g0YseR09Fjq/SvvIuJR3V8rtQg2JnSDvgX6QWkojDjN5V6ZcLJoUH6HR&#10;hTZqs6qTMU3jkXI0meNSLqX+nPp12o9WDY2tWrJa3f/0fVZJ7aX7cNlPGMUS201iXp/tthnHtmyT&#10;aQ6pPrbb0uTz7e+YfLYmzZlZLxdS7MaqSEznW+ZAOea6p5nmSB5Sf9EYSUhoNCfbmWFQ90YtfE7n&#10;OTNMyuWz58wsmrOfy+SCZILd/nNcwiXbnf23EoZhGIZhGIZhGIZhGIZhGIZhGMYtjP1rmWEYhmEY&#10;hmEYhmEYhmEYhmEYhmEYhmEYhmEYxi2Aw8xiW3aPZHeZGSkkLNtNFVtmMTV1qDFoPBEzR6nGrxDF&#10;6DGaiPFiYX5Zr5PzR58To83/60ti3Tr50D4A/tZv/BoAb125AsD/+7d+B4Azcorv6XMrmc9tO8US&#10;8+A+ee6n7xdr13vvlmM7FYvJK+cuAPCdZ14D4Iuf+RQAx+INAHZ1ZL2XNlYYqlFm4fAhAMa5mHBO&#10;XRU72bmrYgR79vnTAExFFEOcyJwO7Rb72cP33QHAsQNigslbMb84tZ8tRBlnuinGronaRLqLcv13&#10;n3wegMtrsoa73/EeAJb2imnsulrb/uLb3wPg6ZfFvnZGDlS6jq6Ia6g003ftkFj93/7xPwRg86Ls&#10;xR/+zpfkerW8/e2fPwHA3Qdl7wZe9nihJ/aTyVDm/182i6mBZ1uObTeAbdmQ1PaSbCpyADX3zGxN&#10;Xo04s/P0fbpcrS76HK+moaKVz+cqMSnlaghKBpzWyX6n86DmItQ2452axKKYf5zTgCUbTbLxqSUs&#10;qFEsqnEnxaGD3I/Oq/EFtZqigl6bDDJO1TLJeJOMUcnOlMxWQWNReRmnUlNN7XQtmmO9Qo6+1XFa&#10;NYM1usZtxqzZHiY7kO4Vyf6mRq9kSUP3JuTpKHVKMvK0atJRW1Eyi7motjpd1ySZxdS+NM5kHXku&#10;n5f63Dm9v9sm250QdA9Hya6kcfVOi1bXkYxEMyOast3o5tUUlCeLlvbJdF3YZldKOZrO0/fJkpVy&#10;Mlc7VK6Gtkz3N5mD0rwazY9kXJtZnNSglIxqpe5bGq9Uc9Iok324tngbAH/4wzcA+NK3nmVtXdZ2&#10;QgSF/P2f/xAAHz4kYxdr0kMHHdm7tHaXpdzQWOgx1eXYyTNrNVeFWtcYtP7SmvV8ZlfTWDUaqzqT&#10;uqx0zZWaq2Z9RmOVt7K3RVAzV5DzTHO93xWNZKONYqr1P1FzV+v6AAQd3+m8E1u5kOavNaC5nExc&#10;fuZQlOuTkSztUaU1uZlJf22108018p4o2zR/GbfR64eFmsU0t1INdIP040GQd1oimcVS7iSzWKrp&#10;ZBLb3k9Tn/a6rlLXW6ZcTTau2TpTH5XnpPlWamxMtj0XtfZm74Oba+7tpFzYspulOd1s/ko/j4Rk&#10;EtM+l9aU1ljr96leu9rvupobHX03pP6X3iWV5kDbk7VM9eeembFMTWcptqUeO216icm4o1yOrZrA&#10;aOV+rzHLoqrHkutRXwAzCZvWxJY1U8aL+m5OzwlpfD1P7070XfQ2l6RhGIZhGIZhGIZhGIZhGIZh&#10;GIZh3HL89H+hNAzDMAzDMAzDMAzDMAzDMAzDMAzDMAzDMAzDMP7KkAH89x/b+z9s/+JWwEcxNiU7&#10;TDqb/b+Tz8S4s3W+9T/5qMxLcuepm4B3jswXuKg2pegJscS5gu78Mi7vcH19zLSFx599g9WNMS++&#10;VRGBfQd34XzO8aMHqaZTLl+5xHQ84uXT58iynKGL5F1P09tNLAfM7dpNubjExso1NquGtctDLl4d&#10;cvtez+ZokzuP7CUSWJwf0O12eOWlV6jGI86du06c1jx87+2UBA4NOvTKDiuXzjEajljas5cmLyjK&#10;LleGFZujinExz6R1fO+ZU1y4tsHv/flTPPnSOZ54eZOXz25yaaPh7PUJb17Y5PTVMU++fJmnX7/C&#10;5UsXeeqlUywtL3FpZYMdSwvUZLSjVZo2sJxtktEwyCp6RSTvdOiWHt/pkWWOq6trlEXOm2euMxnX&#10;7No5RzMdcfjIUbplzmhakXvH93/8NKPJmDcuBUYVxB74Dgz2duku5EyznFjkrA4bJi0sLnaJ3nHy&#10;xHGG4zGLc32Kbo8nfvhjGuD0Zbg2ggfuXGRYRe6543bK3jwd15LnJRvXLzMZjegWDk/A0+Jpt0xa&#10;zoOD6DJwkisAWUxuGTm23kEypeAoYo0jkNFqXjqiS1kp1pjoNCcdZE7sPc61ZLTgHJ5I9A7noPW5&#10;zsGDy8gIOBxFBI/HNWJsirEgkNHQkaMvCM7TuJygz4s664gnuEDAEV3UOclRZul1TVu/i7pVZxFH&#10;SxZbjdtErWItEORZOBxBhTJBqzPFTT5Lg0Yn1+LUOOMkXrhIcA5HJMaIiy3g8LHFx4iPLVlw0AZi&#10;FYhNxNU1NFGMPTFQek/mHJ2yoMgzSp9RZBkZkDtHbGVfcufxLqPIC7KspMwKiqwk8wW5L+S5eNoQ&#10;IARiE6Bt6UTIY0sRA1mMZGovkjh5Gpxklsul72QdcgdlltNx4EJNFhuyWMt6qDXCkdZ5ovME52l1&#10;1wM5LkaIycYWkjxRnytZ5nF43T0PZDEdIz5CFmU9ro244PDR4aKDmEH0OApczIAMh5z7mOHI8Djw&#10;Od6JF0nyqSXO7FoRH1qIcWY2ijpuS0kko6HUCpFznAeczDNCTiDTPINAdJHoxFrX+JxJ1qfxBatu&#10;QB3gxbdWaAM8d2aFcd0QHCz1C4LLeM89x8Fn3Lazg8tySqb4oqAO0OCpHdQ46uCpg6MJQb5ra+o2&#10;UIdA07ZUwdO2LU0MhNCKecxFHA24qLXLVi4jL6fgvNZ7CWS0rgNk1K5LJKdG6raNGSFmxAgheoiB&#10;gFfjVUbmIriMPHO4LKOqJtRNTU2kiS3Bd6SnZF2czwiuAy6T57o0vofgidHLTkaPj0GyO0qvktp0&#10;moWO1keCE5tcmNWngzYSI8SYy7uSEh8jWfRkWhcORx7BkZGT41wBLse7jBALzcdIFgJlW5OFQB5q&#10;fBQTmYvSS4iOxnU0Rx0uQq592Ol566XGAplWYKb1EHCgNSrzkloQB5rXKglk2j8LpBNrjjo5xuil&#10;1vSPy2QtUqfao1MVSgMTY6GuUe5riTGS6c8jEX/Tn+Cl5mVMR6vvCumpKtZyUTtqIDr547VGPLJP&#10;zkHw8n6RPZNcbPX+YQjUbcvUZzQxMnHiXauio8bRtIEqQmgb6hjJQ0uIkusxBioXiDESfCZz9z2i&#10;L2h8SetzgitofUaMEn2f4qE1Id1M6tsRiD7M5ghOagavVrj05tx6e+iPvfbfShiGYRiGYRiGYRiG&#10;YRiGYRiGYRi3NPavZYZhGIZhGIZhGIZhGIZhGIZhGIZhGIZhGIZhGLcADmD1n9z/Nr/MrYPXVWei&#10;MJqRTqNLYUkmIz2mc9XyOCe/czdp5LxxBQD5YCcAo6aUz4sFAC5c2wTgS1/9PgDfflXOjxzdA8D/&#10;6Vc+BcD6jesA/NN/9VUARnN9AM5X8wDk3R4A/eEVAO5alnn88sffAcDPvOtuuW9tBYA//P0/AODo&#10;Xhnn8x99GIDsxiUAludlvLU2spl1AQhLBwB48twaAP/+6z8C4HsvrgPQduW6nftuA2D9qsy5FyYA&#10;7ECue8eRZQD+m1+QtR3tDwHorj4r12dTAIZe1taUiwCMWrGAfOuRJwC4cg0Afvk3fgGAlSgx/Z2/&#10;/AEA/+GRVwGYP3QUgOvr8vx6KjHeI0vkwLLE4B//g78HwCPf+jYAX/vaDwFwlVz3d/7aQwD87MO3&#10;AzC/eRqAZb8BQBFHcqEy8XMAVK4DQOtk77MgOdNrZeBWf01zmEv8HA0A843MN49imWrSOEhOifkG&#10;MREB2Uji3V+Q9YxrGXhNj35+FwB1K9f7oeTCoJsDMG1lfkHnGbw8By/PiU6um9nPtAbSb5k63ecs&#10;yvi5k3kXup70eWhlf2Or9wf5vsxubj0tOY3OIa1ZzFpbbrGYphK1/rQes5jmJs9MnydSOYc0LgM9&#10;ylqdkzmia5gdFTHcAFFjEjVWyLmLGnOdR/CyxjROdHKeTIZlI+OlfjPN5fN0no4pRHkrH6RzcQGB&#10;bjXTXP7S6HmKbKbzKiQsZBoWMe9s7WkirSPFy28/1+u82pBGm1LLWSbx6HQlFyvd66Bxy0rJsejl&#10;fILUgte491sZJw860SjjN06Kduq0tryMk6ccbaQGO0GPuTxXw8WmFttmJvcPC+lFLEqP+Dd/9igA&#10;f/zkeYaV7NE92ih++YN3AvDZu6TPFEPplZNG5ljqmspScqATZU1FLXWM1nt6JwRde1Vpf1ySPjed&#10;av/blM+LUmIYNNdSLczvkHq+vqL9pyPzzEuJRa3jVkPp107rbq4n9w/60k82N28AkBUy/1qTLdN+&#10;lHfk+ZOJjjeWY6+Q+WReYiz2tq13acrZRnOj1Xdj0Br2UeLb03mlGm2QdcRUSwhiwNuq7S1SFqbv&#10;U23pfLT/pD6bciZRBtmX9Lypl+dX2ntS7aReUqY+l+x/ekFaX619OvWuoOOmXpD6eSL19YSPDYX2&#10;yhSj1DuTYS8RdO2pHYn7DEIKiTK76yd+jpHxU/9I/TCRaV/NtUenNaf7N1r5vre8H4BLQ5lno31i&#10;qa8/Owwlx3qV5GJfc59cnjfUzYmdJTnmmgM6XddoLY2lluYK+SI2shcpS2rd21mNpdzQdabYpzjO&#10;vrf/VsIwDMMwDMMwDMMwDMMwDMMwDMO4hbF/LTMMwzAMwzAMwzAMwzAMwzAMwzAMwzAMwzAMw7gF&#10;yAD++4/t/R+2f3ErkOwlM2MQHnBE5+Rbl67yb/u9Ood868gAjyNzHo8jxkjmgJjjceC6EGDcZIQA&#10;tesSAqxs1jTB8fgLp5g0kXPjlpA5WpcxqhqO7ii5ceMGB3cv0SsLTp8/z/Jih1MXh9STGrewnyLv&#10;EMlxZPRcjc8KBkWkxfGhh99Bpz/PruUdtK7gL772dd44e57V6+vULXzmIw+yf99udi8U5BksL3bp&#10;z/eZTEe0BNZGE7qLe8iLDtNsjkjGNx5/jqtXV/nOU1e4tjIl9PvknYIhA1pXUuddxm1kNG2o8MwN&#10;uriyQzvZoI6OejRmdWPMHYd2s7Yx5NByh4ijbK9B5plf6JN3u9RZD18UjENGALKyT5bnXLp8ibLM&#10;uXq5JTSwuLvP2toaOw/dRdnpcmHTMb+4k8deOw95ySSbY9o6hlVLEzN2zA3odvpkk3VoA+976B52&#10;L+9g7/591E3Nj556lo3RmLOXVmmApoEGOLB7no1xzX0njtKSs7OYUhQl3XaId448jPEEnAs4ArUr&#10;gCiGGbdlApMcc5SxxiGWLAdUWaHZJNaTbhjiCGQ0OIIaeSKNz4kOGlcSnAciwTk6YYz3Dh8bYtsw&#10;aSIhtNS+A85R5Qu0McMVPcg6LHYKOt0+3fkliu4co3KJ2J1nIxtQFX3WGs+IgpVpYL1xrE4Ca1Vg&#10;vYG1OjIOBZuNZ+xyhjEjFD2mvkuTdamyHjHvUmd9Yt6jyfuM6siEgtGkZtJ6oi9oyBnML5J1+tRN&#10;pHUFkYJAIX93Um8SO6cGHAdOj1p5ctz6e8QTZ/dkWt8ep7HPYnKTORwRFwt8jIDHA9HV4hRyLRCJ&#10;vhUrj2vBBaLzRAfROaKLREr9eybHKHMI3hGcl2vStc4RXUN0yXATyYPkQHQy50leElzONCtofE7r&#10;5I8jI7icTtvigbKNZBFZbYwEJ/OfZjkRzyTLaV1G4wtan0OU+RRBzDxZDDgi0QdwkeAC0UU1ns38&#10;bbNzWbNm7Gz9jtZ5WudwZQdfdvCdElcWRJ8RvJc+6iUOeIjUxNgQaImxofUSV08tfqMo8RcbU0yv&#10;JxonvWLqewTnaV1JJMO7SASK2OCdo2g38LEhVJuEZkodatq2ou30IXO4xX3k3T75joN0BgusbLZU&#10;TeCZ188TIrx84Qar60OqqqbTDhmNRty2Z57ReMLJQ8u0OJYWehT9AZ2FZbrzi1B0yDp9pnVNg6Oa&#10;jJg2Lb4Z0rQteebFypeXOO8JWQk+J3Z6uLLL1Y2K9WnLRp2z2Xjm9hwlm9vJYPdRysU9rLcdmnKB&#10;q5uRzbZgfeK5MYqsT2DUZKxuVqyNGm5sVtzYrCDvMm0z5pf3UfR30F3cRTm/i1FbUmdzXFsbsjaO&#10;lL05QtbD5SXRl0zrQBs9k2lFVTdksaWtK/LYksWWMguUGfS6niIH10zxtHgasW+5KDWSbFVq3Eq5&#10;LTW99S7NqLUWJCflG9l3sYNJl8RJ/CKe6LwIDp2b9ccsNtJ/kZzGSU63PtNc8QTnCWpGlD4b5VlO&#10;TGjRpf4qtSTPlT/p+jxW0oliK7Wj37cuJzpH7TsE56ldRtD6iA6ca4gukscpjpaMFk8rayHgojwj&#10;iy1ZTGtq8VtdT//fEfTT1mVE52ldTnDZ7Bg0Tql6JRbgNVY+tngCRWzJYsRHsYglc2NwufQ4pF9I&#10;b3BisXTSNcGRFV2KrCD6DgRo8znyvMO4ghgzqhomdaTMMvAFuWshKyjLDPKcJgR522UdvM+YuD4t&#10;nmubU4bTmmlwjJtAv1tClpPHCS5z5HFCpCWjwrlW9yDQ+JLo0LiIiVLiK+8HySuv9ru356JhGIZh&#10;GIZhGIZhGIZhGIZhGIZh3LrIvywahmEYhmEYhmEYhmEYhmEYhmEYhmEYhmEYhmEYf6VxAKv/5H7R&#10;e9xiiGkCNQ9tsWVHEdtTwtPCzE4C6DHZUcRYAVUsAGiyAQDrTUfu6y8DcPbKOgD/6o++DcAzq2L2&#10;mDY1AB+7YwmAL/7sJwF48vVLAPzz//AIANmB2wGxdwB0xlcAuPfQPAD/+Ne/AMCACQD/6p//WwDu&#10;OSrz+ZWf+xgAYU3uYyzzWV5akNPoCd0dAFxvuwD8+689BsB/ekLm4pbl+zVkzM2pxGa4sQHA0V0y&#10;l86mXL/QyFx//WcfBOATDx4CYG92FYCCCoAL6xLTzVZisufAEQDePPUWAN/+1o8ByOZkXp/51b8H&#10;wHMXxwD83//tnwCwgXy/vnEDgEM75wDojS8C8A/+218H4OK1FQD++D/9BQA31mQPygYAfubBw3L9&#10;Fz8KwGEn6yk3zsoxDgEx1ACMMnlO7XryOSUAWZB19dspACnlNnPJDa/rX2jW5PooE5h6GafS8Sqv&#10;10c1kVVyfVFIzk0151aCXFd1dgOwsLAo5ysy75dfeQ2A11dl3y6uSa6cvyjxuqSpMZKwotNkQYZn&#10;oMeH33kXAP2OPP/gbsnxQ/v1uV3Zx3oicarGkh9FK89bLJLtSgP+nyHV6f9R0l78NDIt3yzI3NA6&#10;D072ACc5EL3EJur3LojpCuQ+F2TNRDn3MX2fGousKXgZDx0/Pb9TS1BbJzkyLKR/1DqM02HKIOMM&#10;armxCDKvRK2/8jss5MYqS1YnvV4v7zfyl0xzp9KJbGt/s+fOfpc4pvHkwqCfD0eyh3NzkvOJppV1&#10;FjoPMbVBbDUOucRtonafLMr3vSDJlqf1aTwrrYGJk+c0XuIVann+QNfRD9LHiPL8oEm7qfefHcl9&#10;b63J9W9ekuufePUyAM9fbtgYy5hL2ts/cLvc+/GTks87uxKc3pz06Ln5PgCLfRm7oz2318jYmZc1&#10;Trz0o00nhZP6aja3U46ZxOTCeZnLCy++CsC5c9Kvrl6X2F2TdomWO5nmSkfrc1HaLnv3SB0ePSr9&#10;68gROR7YIfPtN9cA2NGT9dRT6UuTTeknHS2NMpP5i50Jcl1P09xcr+ndl3Il1WB6lybSu3N7vUet&#10;qWRiTOcpB1NOpnmk+8V+x+xdnI6tl/vanzKPVANp/MZJQNu0DsUhz8mjxP8n5q3XN2rnal3qAWme&#10;Mr88SnyzNN1ZrxC2au7tpDXItWluYpvcqsOt+pW5ZXp0pDnfXPc+6H3oO0PrY/vac11rGWTuifQO&#10;muq7bpTLu+UHTz4DwHi4CcD73nEvALs7GsNW3gGtxjKU8tyLG7L4518/BcDcnPwc8tDdJwCYT7U0&#10;lXdTP5P1pPVPvdRU7WReyWqX3pFFkH6Qfn5L3xuGYRiGYRiGYRiGYRiGYRiGYRjGrYz9q5lhGIZh&#10;GIZhGIZhGIZhGIZhGIZhGIZhGIZhGMYtwC1tFkv4bWqd7cYOlywkashJdhOnpgpaMWf4QuwyjZqG&#10;kl1qsxWDR7mwD4ALqyMA/uWXxSz2/YvyvDW12twxJ+N/8WfFZrXjyN0A/LPf+g8AnN7Q8bpqr7px&#10;HoAP3n8MgL/7C58F4OyrTwPw3W98F4D/5tc+D8CJPWIE8SMxdXS9PG9hINaZC9dXGeka3MIeAL7+&#10;wxcB+L2/fBaASyob6ezeD0ClppTJWOwhCyqGyddXATggQ/Nrn30nAB+6/ygAbk1MV51Cgt3bKZ/X&#10;mdzQqM3p8nUxgD3x2BMAvHJWDF+f+sXfAODiVGLyz7/0l/A2M9nKiiiydg5knHeeEEPQL/1XEovf&#10;/vIfA/Dk86cB6OayFwPd47/2wfsA+I3Pvg+A8urzACy0YubpejWFIYx13jPLiZrFCk2hrprFknlm&#10;okYhpzarQSsWlWRFSValqeZSssAky9O8qmpubIjNJQ5kfU5z7aJsB5cvi5Lo7As/BODpZ8XwdUNF&#10;OSqJYW5R5juYE0WRVwtUMgmNRpK7VSW2lmuX1WKj61uQ6XHX7XL/w+94AIDbb5N9TWae0aoYlJbU&#10;LFao/cYRZnWVYpCMONuNfsnGk+w+yR40M/AkS9G279O4nTYZd2RObaZGMTWCJTPXFnK/U3tSMot5&#10;Pf/J372VccLMUKbmHzX7dOpkn5NxxmqLSqawLTOOLLSvZrFkGktxaFRSNNaaa2bTkPtKtdp19bbU&#10;z5LBLNmXtkj9L8VRLki2pxTfiZrK+nNi9mkayYm6khzpdTTeajgKlZrDSqmNcZBcS/Ra+d7P7E3y&#10;vGR92jIgJZOb7qPWTqeWnM5URZf3JQdXa7n/8TekFzz+glgKX5MDqyqUG5ce1IaWD2UOOzWm+9Xc&#10;pY/i5P0SvDvvEPvRXcek3gZqkQtD6Vcqf6QqxfQ1LMVINu7tBeD189JHXnv1DQCef+YlAM6ckft2&#10;i3iMI0fkL05zIc/VWKhqsbqWvnJ15ToAK1flumT42rtX1nV4txT6h+8V09gdB2Q+Cz21V00khsmk&#10;lWstRn3HRTVl4W+urfTOTGwZwLbq+u3M7J2aW7Ocm32ezFvbxtXHb40nH6TnbRnNhNl5ekyq3dkH&#10;Nz9360eBm3vO1jr0XZ8uU7Z3itScUo7OjhrPZBib9TAcQfM96tobr/Wm/SHlfaq/mGI305KpwUv3&#10;zqnJsNBzfc3PjIoxJkOYGg71uSkEac3bzWJj/dlgnEl9bajx79/87lcAuC4pyN/9dXln3r5H3onV&#10;pnyhYkDajtj1XjkvNrs//+bLAOzeJd9/4VNiQN3h5SVW1vJu7Gg/SbmX3o3Nf8EslqVcTjn2E33P&#10;MAzDMAzDMAzDMAzDMAzDMAzDMG4dtv+bp2EYhmEYhmEYhmEYhmEYhmEYhmEYhmEYhmEYhvFXEIeZ&#10;xd6uE9HTZO4QtltMMjV4bDeLJctLqyacBjFdbDRy3lkSm8z1Tbn+t74qlqw/e02MYutqrdkVxaRx&#10;921iifr8L/0aAN987DkA/sPXfwDA4pLYarKRWGyO7xXTx9//tZ8H4MUn5boXnxUr2H/3f/m78DYD&#10;T19NR8PrYrc5/5bobN48fZbDJ24H4IH3fgiAp14XA9i/+aNvAPCSyMxmNqMde0QHkmsox2syZi6P&#10;4j13y4W//NkPA3DvEYnFk9//JgCnT4v1Z89RMVDtO3oHAN2BmG/mFmWtL70g9pGvfOMRAH72b4hZ&#10;7NULYkn73a9+D4BG9SW12owWSlnrb3zx0wBkuezlv/z9LwMwVplRrrmwU+0nv6nXf+adYm1bf0Vi&#10;enhRvs9aWWBU5U3lxJaS9j7ZmJJJptvqJmtOVWoy8oj9pN+KISyRzGKTmWFMLC61Wmfm+2J1OntB&#10;TGvZ4gE5Lonx7bs/FlPRt78t83YifWKfGovue1DMSEtLEuc9e8WQtGOn5F6nJ1aYSSUB2tiQ9U6G&#10;MtCbp14H4NolSYg3Xpd9ULkUD94rcfjYhz8AwP49so+jdbkum9m9tqx9yURVqEErmaaSGSbFLlmG&#10;kkkmmXGCGnhqrcN0nuxHyVSWLG+Zxr7VAZNRbLtxa2Y1UjtRprmSzrfmI8etcdK48nmyGnUryRV0&#10;3pNcr9eBki1JP6bbyF/KNvUjOSZz2VQvDKoQcmqBytUspiUw+x3h1ss8Gp9+Z1iNO3qWDEfJaJRM&#10;R42TzzvzUgTDifSryUQ2vVPKCAOtoTDVGqkkt8tScrmKqrNTK2ERpVa39llI+1prTScbVZEsYFH2&#10;z+tzkgWv6O+Q+wo5vrki1710Tix788tSI1O1/4ViMFPk+bH01LKWOXej9Oig9rSYSSwOHZQ+dmBR&#10;rUZjsSQ1Y5mL70h9TubkWessAPDKOemPf/SnYpfU1svdd8rx/pN3AXD8iBjA9mtddtXKpmIvWq2f&#10;6VRyeWNT5nv5qoz/xulTALzyqvSHqxfkvi98Ut4VD91xCIDDe6T+i0b2sqM2Ka9WqmQUS6bBZJJs&#10;kw1LTYeznNM9SZarMqS+J0zVqJhyKxVHevcmA1iq7e3v6K3fct/+o4vWwE+xRs0MYmrrmlkCZ8aw&#10;rey/Ga0pPUvWqvQzQLITbv9ZYaZcTD0i1XSy5yVrKfnWzw1ODaVqypr1sZnZb9vi1Hia1pBinvpo&#10;elbqe8ksFtQsliyY6Z2S+lhaUxFvNovFQnJ6tZHrpx1593/5z78OwMqK9IFf/Lz87HBkKanE5PM6&#10;vQx7Uv/Pn5F3/+9/WX6+OXxQvv61XxT753wr74qOmsVyNRCmmE69vnM1bilnstT3dP5pb8wsZhiG&#10;YRiGYRiGYRiGYRiGYRiGYRhmFjMMwzAMwzAMwzAMwzAMwzAMwzAMwzAMwzAMw7glcJhZ7G1WEz3d&#10;/jt0agdJ1pRk8EgGnCxZRPT7Vs0WQW1Qq2O5v1gQndO4FSPHH37/VQD+tx+LBWYTsTgtNKsAtBMZ&#10;/1f/1i8D4NSU8z//298DwOdq+FELDEOxwvyff1Ou37jyFgDf+cajAHzs/WKr6XsxjrixmDounZLn&#10;L6roqN/3HL9LzF73PvQuAFancs+ff/dJAB57/g0AXj4n96icZCZSUdkJ96gl5Oc/8U4A3nfvbQBk&#10;avw6d0rMN9/4jhiwRkk6siT2kqwUA87OPWLWWbkhc37uVbnvC3/jbwPwrSfESvLNx54GwHUk9otz&#10;cjx+UGL/yz/3SQD+4mtfBeDbz8g6FnaI5WS0KmaeYztkj/6vv/4FAN5xUOaxeUrWf2Kf7FUzvA5s&#10;WaQqtcC0ajlJ1qQkU0mGHaeWl2R1ck4+7wSJSzLXTJNRTI9jr2Yxp8YxtU311Fo3VKPZ954SA9vX&#10;viP2OpU+8f6HxNz2vgfEKHbysORUqOWCyViMQNNajo3qV1KuFYWMn+cSn127xBQ2Hknczp1+U45n&#10;TgMw6Ekc7jgu+744J0m2vi772CmSXUutNzHOjDbbjWI+Gf20zhLJajQz72wzjCV7UatGrGQx67Sy&#10;xmQHSsaeoOWf6jiR9izt5dZR+0JqA9pH0njJUNbocMns01EzTxp3Wsj6YioeJdc9KHSAIsmINOeC&#10;Xt9kaoHyKU43z7eTJqDPT2axrXUm65IcU7ySUWzqZe8rrzmux+dfltqNGsc7T4itaoeUCK1aujqI&#10;natTaO7WekGUHMnVAOSd7EtIRjb1OaV5pvhONefmNcd6+nnVyDyqKM9pO2LNGmdyHAaZd9GT3As6&#10;YBPBa32muebJYpc2V2OyuiHPnuvJeVmJSSxMJK/7PTWAzYmh7411ue6lt8Si9Id/8AwAHZkK956U&#10;uv7I+98LwLED0u/QHK20t9dTNX+Vap9Sixqaax01DRZqBNz8lQXIAACHuElEQVScSEwvXLwMwKXL&#10;ohbrqJnsxME9AOydl4lkuo5CjWpOn5/WXQy0D7Zqe5vZnOTca22V+k7qqC2uqzao2d5pLjXaL1N4&#10;E/8lw9g20djbuHmgLdNXOqpVS/vkliVQ1rndXphItZA+9ckyqj0q2bwytXkl0vXp/mTtSten+QWX&#10;06rtLMUkmcZm9rY099naNTdn1rNkN9vWL2dz1X6gDS5on0x7kcZPc8p0jrOfLxTXlRy7MtTVLcpL&#10;/uJ1yZnxWPZ6/7Lk4EDtm4vzUm8rE+278/Luef28fP+7X34MgOPHZPxf+fnPAsAN+TlmwUlNFkGO&#10;KWe2m8VSH0v9b8sspv11Zha7ub8bhmEYhmEYhmEYhmEYhmEYhmEYxq2E/WuZYRiGYRiGYRiGYRiG&#10;YRiGYRiGYRiGYRiGYRjGLYDDzGIzc83WeTJP3PTxzODhZxYRMXgUavhJlhenFhFXilljZajX9xfl&#10;8+4CAF9/4SoA//QrrwBwI4pdZt6LOePGFTFuvPcD9wHwkY+LFeuP/vzrAJxSK1ep5pB6LHao9z94&#10;OwBH9ovV5tybYpm6ck6MZScOiEFk95wYRfbPyTxPHhfr1LHDB1Dh1ZbBpSPXnr2yBsCTr4hB6s2L&#10;Yta6eF3GVtEVe3eIHeRdJ48B8KEHxWq2VEqM1q/K2heWxWxzfUNsI+sTWcub58V29qw+57mXxU40&#10;1Ux98GGJiVfb2g9+LGaxS6sSs5iJlWXXksT64x8SY8/BnXL+774kdrarlQw4tyCfjy7fAOADJ3cB&#10;8He/8HEAjvRl3p2hmHl2dOQ8NPo8zYFkh0k2qxTALbOY5MxPmMXUepIsKMmQkywzVTKJqVls7CW+&#10;a1MZZ2m/xPnpV88C8Ad/IjkyUjHQJz/6PgDe/46TAOzIJFfyFbHbDRBjkdd5OzWJoeczW9Y2pc/a&#10;muTDXF/sLp1C5huDGne0RkodL30+UVOdy8QG83abXzLbJAvPdrPfTyMZxrZsRHo6Gzsdk4lHk1U/&#10;b7Rut0xkyegjzMw8eix0LclUlsZLz0t7m8at1dCV1tVpU7+QWDSZ7H3KpYSLcl/WJhvStn6lZrGQ&#10;JXvTzfPxGo+8VXuUWqF+8neF5TwZvJINqVZt4JblTs4vb0if+tO/+A4Ag4HM63Of+ggAe+f1/o2L&#10;AMyrOa30sufVVHWEM6ORfO/VzhRmcdC4btMWTodq8VLLVq9MekM5n2q8RkFyc+SlxkMm59NKcj7P&#10;dF/DlEJ7e7fUfNV3w0htTClfx5Vc19My79ZSB15zYrAovX5Tn/mN56VvfPN7zwMwvCT3/dLnxcL2&#10;oYfF4OhbyYHxuvS7QmPSyyVpOpn2E9Uq1dpPqlqPQdYS1Prm1NyXaYxcLufXNuU5C32JUaeVWGQT&#10;6ePJcNhU0kDqZEick347IuWCjJdqJRkRt4xi0mf6On7au0pzKFkA07s1sWXp01qe2bXULLbtHZ1K&#10;It3nte9sWbIkjmgttTr/RBlutgwm0vPrZBZLfX1WW5rTyRi57f6g9r5kYEvzTz1jZgckf9va0jP0&#10;El1TqvoU45nGc9ahdKxtMdnqfzpnzalk1kr1na6bvYtmdrhk8pL7G82FkdM66ohdMnbk3VTompuR&#10;vEvzodj0FubESrdSS27WHcmlU5clN37/j8WAevttUjO/9PlPA1BdknfU/nmZX9FIbiUqnf9PmMV0&#10;HcmMluI2M7+aWcwwDMMwDMMwDMMwDMMwDMMwDMO4hbF/LTMMwzAMwzAMwzAMwzAMwzAMwzAMwzAM&#10;wzAMw7gFcJhZbObl+GlmosSWWUysIJkacJJZrJqowUKNQt2BGDJWRvp5T2wz/UUxfj16ehOA/+63&#10;HwPgUi2Gr7lCZrRxQ2w1y8ti5PiN3/gNAF56+XUAvvntbwGQ6a/8LQ7E9PHWObnvgw+KtebdD4lN&#10;6ptf+RoAP/P+ewD42Y++H4DD83Lf9XNiKnPNhE6pRhS1lfmO2ED6S2Lcmqrx6vwNsYJcvC4WkcG8&#10;2EV2L8mcB16MLaUaZopK5lZkYk9ZG8tae4t7AdhUE1aVSSz8QKwlf/aN7wHw3R89A8AHPv45AP78&#10;W/L52YtiGVreswSACnbod8Q28ku/+EUATr8ulrWvfkNsSLEnzykLNQmtiCnsix8WO9svfOghAJaR&#10;8Xd1ZC/r9csAdDsSp2RBSraSoL+HmaxOySZVpIkpbcoxvT9Xs1Ei2V6SPWXqZb4TNYtliwcBePp1&#10;MYr90VdkXedF5sSnPiFGt8998mMADLyavS6+BsBuL2a4fpRcdFoDUU06M7OPWr3iNqtVr6eGoala&#10;sZJRTO0y6Hk9lY3NNFnTfWM1IiWbTnRuFrste1A631aQP2EKkzkmg8zMrJW+32Ymm9nSdK0NEuNa&#10;zVdBLXFpPpmaanK1OXWCGHfSns3MNTqtSsepkx1ObU9p1h21SHnkmMxgwaeYpFxSY1aQvSfebClC&#10;zWTRq3FHzxNOTUAuSMwztWSleSdTWiKq7anVPUkWqC2rnYxzo5Lr/vXvfBmAxUW5/td/RWptt6Qo&#10;m5elryyqMTEPuk9OL9D5bTeHBXezaSyZgpKJba4rcRhtSO5Op/J9lmvv6EqvqpycjxrdX31+V9oe&#10;/UzHH69ALf2sVBNXpSapITJX35UY1GrcmtP6L2vpD5OJ7EFbyDMvTWTP/+QJ6dl/+Q0xJv7DX5C6&#10;fdedYnNcXpDxQyX9Z85rP9DcaMeyxk4un9f6rslztbIVmhN63qhBa6ovsUZFVpNUZ2qBcsl0OBaT&#10;WQfZo0Xth00r6xwlG11P+vEwk/uTbS5ZnVLNpdzuRIlnv5X5pxpKuTUzgs1qNNXszaTrW+1PM+vf&#10;NjtUuj+ZxJL9M9c+NLPnpZrSOBUxmcW0z816g8ZP15dMaKknpZpPz0nP37pf90N7wJbVSr5/O+kd&#10;kepxy1qWft6QOeYzi9nNdZvmlPpMo89O57NYO+3Vckoz63dyQeoLySzWD7p3Op+Nscxjcd8RAC5u&#10;yDyGlRzn1VRaBHnnz6tVbvYuK8UmuoH8jPDKBfnZ4ff/UMxiJ07Iz02/+DmxejZXxC565375+ale&#10;Fytp2vn0btwyQWpNmFnMMAzDMAzDMAzDMAzDMAzDMAzDMH4q9q9lhmEYhmEYhmEYhmEYhmEYhmEY&#10;hmEYhmEYhmEYtwAOM4u9zSyWPpG/zAxHycixzSKSTBu5msbS94lkPUlWkUqPyeRxrdgPwP/zz14E&#10;4Ks/Pg1vs8Xs2iUWl801sb7cfdcJAD736c8A8M//xf8KQKsLGA7F4DHoiTLn0x/7EACdILabH31X&#10;LFy/8oty/8fedS8A2eoFAJYyWUczXmN4Qww4pX62tCTGrlrNKlfW5VmL+w4DMGpk7eOJWEcGfTXb&#10;rImBa9ecrJnRqlw3VgtSdwcAWU+Ol26IWae3LLFhXoxjv/3lvwDg8RclRh/97BcA+PojjwOwsi72&#10;kzRuVYkd5UMf+AAA737PwwD863/9bwEYqukq5mqMGYoZaJ9a3f7bL4h17dMP3AZAOZJ1DJyYd6ab&#10;Gp9eMtzcvPcJp2YxNzOLyTGZZWamGrXEJKvMditWo3aYKhl9MjWL7TwOwG996Y8B+M73xLryjgfl&#10;+5/7hOTAgV1icSlrsb2EkRjF5r0a36LYVxLJMpOYGXx+mnUvFZHGIa03Wb+2fitVvkjry72sfzJV&#10;W07RIRYy981ark3Gr2Iga/eZWno08dtG9qSbbGaN5GYYSy4ta+4VOqnLlyTfd+4Rw9/FFcnJrLtT&#10;7svElpT3pf7KQupp5aro2jpqIZrLNddzGbeayHOzjlw/VmvRRiPz6mpO57la+tScdeGs2O4Wd2gu&#10;eonFaCzfF2pzIhNT1rhSq5HmblQTGWq/S2axZDh0an8Kai6k0b5VS18ZaI131cK3dkPHyeW+zkCe&#10;uxZkHwa7xYZ16oqs93/8//wWAHv2yzz/0W+KAbFbiTGoozZBN5QaKtSM1M1ln1fW5Hl7Dkh8RhrH&#10;9Q3J0YUFeW6YyHW5mscKXfdwKDm8a5fYulbXJZfXJpJbO/ceA2DaqMFMDXNNpTYtNSAN2nWKZPLS&#10;ukzmrGGuRjHNxaaSPrNrUdYwvnEJ3lYn2dIBAL75tBjF/unvSN/6yPslRn/n82L6m1eTV1pLphak&#10;rFKbk/burr5zikzqJmwzFCZLUrLk/f/Y+89vy5LrsBP8RRx33fPpfWVmZRXKoQy89yBB0MqQajMt&#10;qanRrOlempkPvUafZvovmPkw3dPdkrqlZjcpilCLRgIJggAJEB6oQrmsrCyX3ufLZ689JmI+7H1e&#10;ohLEsDlriVjTuX9clyfvuefEidixd8Rd6936oVErXmuXCjtHNXPVEoNeR65DY4saIHuao2M1qA1V&#10;VpfMyxxtaC4Ezc2YSs7HRvqZa4201ra8lvGEqdRk0BysKxlva8Xs5dLP0VD7064TheTuSBVpXu1x&#10;eU+Ok4kaHyeSOytzMi9bdyTn9i3J++lU4h2R5w1HalKbF5tVpf3qDmS93FBrXVCzWEzUwqW11a5F&#10;N1dl3T1x8hQAt1Yldze2JZ5Lu2St6c5LvK7pPjeYk+fOxkMy/T7hp/rMseTnnq48q7VzDjQHypmM&#10;1XmJWaV926zk/Vj3iNATI1eta7qLMuYk13rQOm9zKtW562tuFpXUcdScrDUXQi73DZE5mFvU9bPS&#10;9nUdnt0Qs+D8kn6f8RKLaSHrSruO/OYXvgbAgyfku0a7d+3NZG7dttRYz6l+VKl/glms/X7Wfv9p&#10;95y7NWH/rYRhGIZhGIZhGIZhGIZhGIZhGIZx/2J/LTMMwzAMwzAMwzAMwzAMwzAMwzAMwzAMwzAM&#10;w7gPMLMY7NhLWoNY3LE9/cW/pUvUJJaghp6gZjF931qWWvtSaxar1QBSqiVqPRVr1r96Tiwkv/mV&#10;H8rnaspwiVyfRlF57FoU28l//Hf+FgBf/JLYtp5/5S0AempHKadi4nj68XcA8Dd/5iMAfOdP/wiA&#10;axfFdvPeh8QQ9HPvewyAzkwMQAsdz0pfzTG1WDk2NsRyUjcyqHQgtpImF3vJ9374IgDTRmLwgfeJ&#10;yStVG0qiZhk/E2NMT40wm6XEuphXa5JKkt66Ls/71umLAHzvrJi8lo6KXe0Tv/irAPw//6v/Vu5T&#10;M1U5FktJpyv9/8iHPwrAwsoeAH7n3/weAJVOTmtnCptihnnnbon5f/IzYhb7wHGxpeRTmaMCsZqE&#10;RuISdLLDjlns7UawNhf8jmFMbXWaW60JKKjtqMXfY69Dr6sStVYlEv+btRiPfuMLfwDA1aty+ec/&#10;LYabjz8tOdCNEn83k/lwaltJd6xUbzcVtbT93HmvZqKfxF2jWGsQu5e3P6fXWrgq6UdIOsSO5Pmo&#10;ljq5tS35vLat1ji1Is1mcn5lSfJ+ZV5yar6Qz/NKrm/U0JOryWt5Qa6LOpfDiVrm1Cw2aSR3rt6U&#10;mLUGsz1LEusVteb5ieRkV+1JpVqT0q4Ydyo1+2w1ahhr5Py1G2LIObAo/V4cyNx2e9K/0URqJO/L&#10;59ulxOHCVeln2hUzT96TOBUdNSHWYki7fecKAFub0v+skHbmFsWSt6C1sasn/W3GkvterUoDrc0k&#10;k/5euCLjvHRHjEFze6QGL2/IuL/6jR8A0O1Lfz7zcTECzQWtxUbWlc5M5uHEIVn3fJC43l6Xfq9q&#10;f+dXxDK4siI5nqjty1XSTmjjo8VVNZJTiY4zZtKPWo1HN1dlnNtD6f+RA/L8zKm1K6jlKWzuWJVq&#10;NUlNvBqtEmmz0bU8am7N9ySWk6GMIZ+XHLo2ljn5N3/6fQC+/H1p91d+5SkAPvmYGAG7Ueox1XpP&#10;1fCX6vrSvs/avUavay2W7R7T7lmNWpV2DGOtRUlNY635L9P7vVre0ONgIOPd3taYTeW5i/vFzjZR&#10;s9osk7k5p+v0+rZaqAr5PNE4opa4XfNS5w8clNyt9XwnkTlcvyW2v57argZqbGz74XM1l6XS/qUb&#10;kpPofOzeLe1mGo+5Qv4xWb8FwEIu78uZxDXP1SSm8Qpe2n3jnOw3g0XJwQW1YXW1pscTGed2KXHZ&#10;f0Tm8ZW35L42XocfkPONGjfLqTz33BVZoNfV/jW/IvlSJLB/UdaLA2qrq9akjv1Q7Gh7exIbp1bI&#10;TJfmdgUfR8nZqiexiHP7ANjSOtgY656lxq/1TTGGrW5KDqLfY3bNSSz2L0h7ewoZU0fXz6naQzsL&#10;EpubQ7lvVY2Es5HM2anDsucWWvfdrvYjSuynhdxvZjHDMAzDMAzDMAzDMAzDMAzDMAzD+OvH/lpm&#10;GIZhGIZhGIZhGIZhGIZhGIZhGIZhGIZhGIZxH3Cfm8XeboPaObtjYxGTR0triWoNFa1hLFWDhVPH&#10;h9+xvshv8WqvR7WgNNruZiY2re/ekOf91//6TwG4rSah0UzaW+iJ4aOZinnn//B3/wMALl4VG8vv&#10;fuXbAPQWxFIyHIlJY3kg9/3f/s+/DkAcio3l3/0vvw1ARy1fh+QyPvzEEQCeeOg4udo7JptizPEa&#10;iqwQ60nt5aabW2L9+Pp3ngMg6nWf+PiHAUiCWEvmco1ZKdaR6VQMLfm8WFBGpQT3/BUZ059+T4ww&#10;12UoPP0ZsaMtnRAzz/dfuQDAv/uyxCyqmaseSYyOHt4PwCc//RkAXjt3CYCvfed5uT5Rm1Omxp11&#10;sZb8/FMHAfhb738EgIcWpN2ikliFWvqdFjJn0yBzHzU5nOZC0prBdlKrVQC9PbfaHGn089bk1VpR&#10;MjULJfp5axYbp2L2ef6KBOhffOF7ACzJaf7+r/4MAI/ukXma3pZ45WqpKwp5/kRNZ82/J8tKWzOt&#10;0ailNSCtbkr/dx8WE09ICs5evA7AS6/JnL1yTmw8VyUlUHkPKsJir6Q9Kv7ioWNijvrQU4/L54sS&#10;s3IkZqoCNc3MxKiVpmpj0nrcKiVmX/7aswBsbMj1n//UBwA4sCztdUox/HS8zNFsKu1natChJx3b&#10;VKPYa9fk86994wUAju0We9HHPiQWvtxJbdzWXNxzUMx/V1al/T/8szMADHaJIewzP/MLAHzrW18F&#10;4KXnvwXATFKUWqVRQ62hgdqdjh07AMDnPvkgAMs9uTDOxPDTTSUX1lbFCPS1P38NgFclhYg6vE1V&#10;Gt2SYRE0hQ7uFgtXMpTxLGjqHxKhEL/8uWcA6PekP29dECvTV78tJqV3PCnz97GPSc2XQ+lHWokJ&#10;KVdbYWvFconU8MZMOjC3IjW8OZIO/vGf/BkA5VRy8EPvlbw4slsG0lHrXr/ZwqvBq3QyZ1Mvx4la&#10;4qLWYWtK7OSSK1tj6dPiQbGufeNVydn/4V+LcVElefyDv/crABzr6rrSqHFR15EEGVNrwUu0Xr2a&#10;upyOOVHDX1tVrU2pNf+19XV3L5MOeF1Xuk6SpF3Pou5NPTVGrm5LLjSJjL+7LOvpi6+dA+DseRnf&#10;6+elhq6K/Ep9gqDCMLzO/UGRXHHquKz3Dx07DMATpySXt1dl3aeSOC7NyXNHY8mhmEick44U+e99&#10;6RsAbMqyzKc+9TQAe9TW11djotOazLVdp3t21LikPbFbXduW8//2y1Lzu/dJO+9+l7S7a0H6s7Em&#10;Nd9fUoOcrl+/o/2ZIjn9N3/tPwTg9TMvA/DK898B4A2RgILWQpBu4AMcWJEx/syHxWr51Amp02RL&#10;1sNFr+uWmhI7idrTSsmJEWrJnD8EwO1G+vLSBenz+Suyrrz4rBSyfi1BQ7EzVx2du8MSGj7wmKyL&#10;Tz8i68VkIuvR/B7JiQu3ZI6+8R2x6G1uSE794mdkXTvU14Y1W7fV4jbtSBDO35Jx3WsW+/lPfhB+&#10;xCzGtiRZaxZrd6zWxPqTzGJZlPZb2+fd2vj3s+cZhmEYhmEYhmEYhmEYhmEYhmEYxv8/YH8tMwzD&#10;MAzDMAzDMAzDMAzDMAzDMAzDMAzDMAzDuA8wsxjs2GTa38615onW0tLaoFpac5hXe1SqVpgds5i2&#10;G/T22onFqbU3BbW4bCdicblYyvG/+l/EkvXiNTFzTNWYMddRi9WGGDx+9Rc/KudX9gDwL/+dWE3W&#10;RbgBXq6fbYlJ7G9/6j0A/JKakbIgpo3XfyD3bZx7CYC4IeM4sALPPH4SgEN7xQQzVnNOqSqb7oKc&#10;rzMxvfzG7/wecNcs9mu/+jcAcKWoX+JUrEC9VJ7RUyPP5RvSxy9/VZQrt0SawpFHZewPPPMxAOYf&#10;eCcA37so7fzm738FgGu35P7WzFOuSz8/8N6HAfj4Jz4FwL/5t38MwOkLoqdymVhXCi8DmpuKIed/&#10;/xkxyfzsY2In2t1I+3kt4xhPxXLSmxd70jhI6TTaTmsC2jGLaa641uCFjCuqWawtvFqNRTsGIL2/&#10;E8Twkzg1pznp9ygTK9WXXxLbyu988VUA3vmY5NKv/63PAbA8E5tMdVuMQAM1inX7YlXabOS5bY7+&#10;JNqc/qvi1Ph2L6UamzaR/EnnxF7z8mvn+KOviN3nitqKliTN2XdIjDnzy2L1cVqf66syd+deE9vR&#10;WE1XTz8usfz0xz4EwJF9cl+cyJwWMzFZzXUkprNEYjoJYrz557/1RQCuymX8n/7hZwHYvyixSsZi&#10;Q+qq8adSi5ErJLdjVzo+TsWU8+zrMhe/+S9PA/CeJ+T8r/zcpwHoJnL/2oaYhJZ3i1nowi3JuX/+&#10;BTGHNZkofw4eEYvVW69r/c7EUvWOkzK3+/bJ/Tdvy/nXL0htbI0ll48dkZz8OTUAndgvNZ2ober2&#10;1cty3xtiItqcyvWjKHN2fSTvz18Vc1FwMu4TR+S5eSm1uqJmoL1dyaGPvV/sgIXG6YVXxFz2O38k&#10;87dfBIf8yq98HgAVJBK3NS5d/Y1zpcagVGpqvZJ56S2Kxur5V94A4N/+O6kN7Raf+NBjABzdpWax&#10;IOtqrxnvWCOnXj6bqQWp9JIjrZkra6Qu81SeeUetZXNHZN35g2/KM//pb8vYnnpG1ou/92u/DMC8&#10;rjdFpcnaqElMDXx5KsdU+xODLO6hkfUlvceKFNo9S/ewdn1pz6PvvZrLOkguNPrcmMucblXablfW&#10;Ed+XXHv+tIzjT74uuXtJpH/sl2WSPXslTh2tpZbJTJ53/aY875YKxB4UaR6f+JBY3p58WMyC1VBy&#10;KZYS305H2p01so4ENYz9978pe9d5SVH+4a9LTh3ZJ1a6rJS49lsL1UhtXKkaGoOuvwNZd87eluv+&#10;6W+LIfPQEVk7Pv/ZTwBwcE6eP1yXeRssyX0X7si4fuOPvgvAmubgQw8/CsDp58VkqYJKTp6QOLt5&#10;WRtWt+X+tdV1Lp2TOjmqFrZf/TlZtx4+IOtEMpJ1a8HrmDQnqkaNWbnk2K1a5uBbr6hN88XzANyR&#10;0HJ8v4xt95K0u7AsMatKef6tS7IXu4m0+4FH5boPv1divD2UuZnfI5N//raM4V//geyxN6VM+fX/&#10;+H0AnNyjKkJdVyZq9Sw7Yus7d0vu/60v/Llcf0LW389/Uuyk+1NVIw5bs1j7fU0ws5hhGIZhGIZh&#10;GIZhGIZhGIZhGIZh/NWxv5YZhmEYhmEYhmEYhmEYhmEYhmEYhmEYhmEYhmHcB9zXZrHWEOZ2zGLC&#10;XUNFa3+61ywmx9ZckUSxQLXtePVFtS6m4NVmou0GtTiNEzFrDDOxlPzmV8VC8rvfF5XRLBX7klNb&#10;VVpL+x965iEA3v1BMW/8ky98FYDzq2IQ8mrNqodiIjmUi1njlz4hhrH/5Nd+CYDVS68D0FULy5kf&#10;fBOAt165zS4Ry/DeZ04BcPwBsRiNaxnLjXV5Vr4kGpQvflmsaKWapD6hNqc8ik1k76L0KY7FNnT1&#10;kpiunntW1DC1BuvkQ2I3eurDnwSgnBN7yZ+eFkvK735bjD0vvCWKmiQRS0qYiR0oqFnsl39WrCZP&#10;PCU2lH/yL34bgGtD6V9UQ00sZRwPLcnvJv/zz70LgI8cFQPM/FhsR1kl7W9N1MyzKMadYTvXagS6&#10;1yyWhjYL3m4WC5pbKp/bMYvVap1rc6o1i7WGoUYNR9up5MxvfP0sAF/6psTjZz8u8/W3PysWuWJV&#10;Pi/GontZ6Er7Tu0uY+1XrbnZmpXu5SeZxZzW0F+VcSIWHLf/CQC+9qyYi776tW+xqbKlxx/bD8B7&#10;3vdeAPbtk1xrjWK52ulWVyXPr1+VGPzwhz8E4Myr0tCxYzK2T39CcuqhI5LcnaHEpp9LDMZB5jQW&#10;Yv357/6F2PIuXJAc/r/+o18BYLmjdrxGTTde5qiaqUXPS3uTXExmoS/jeO4tsRv903/2bQA+8QFR&#10;aH32Y5KrS121983W5T41dd0aylz9s38p9XllVQxALpFxfexDkuMfeqeos5YldRn0df3IZLyvvCH9&#10;+/NnJT5//Ocy/l/6OYnrZz/wDAC7+9JutaWWJ63pjlqYJk4ecO6OxOV3fu9LAPTmxUD0N37x5wFY&#10;KaQWVjIxIDV3xFDm1TA0WJZ4X16V2vqT77wMwPOvyvsPvP9BAD7xQTGfuS2pxU4tccp0vY2pxKnq&#10;SHvbtcTr337pywBcuCDP//nPyrr5zlOitUrUdtjWWBEmO2auiZrFKi9ttxaiTNezTi199KnU061S&#10;6trvFkPW735b8vm3f19i/LlPHwPgFz+qMS4lVzszydGge4lTg2CmxrL2fVBzYmzUXqk5hhoL7/7u&#10;u7Vhtu9174pyvrVfFonEZFiqjnIgOX9tWz7v7n5A3us6/z/+z2KNUsEkTz0i8XnqcTFoPXhccjlN&#10;5XmtvWmq5sXXzsn6/eLLsn6ffUVya07Cxq//R1Kb+5el3a07sl4tLUqubY4k7r6QPfN3/q3sedoc&#10;/+g/+zgAh3aLHbBeF4tfa+Fy22KU7GYSl5BLbZRq/3thTc7/N7/5ZwCcOCm2rV/5jOxjBxLJFT+V&#10;Gq40vtte1rH/xxe+DsDpSzLeBSkF3vOY7JuffkzaO7pXatH15HhzU+JbNgnf+OZ3APjqV6SvT4p0&#10;jV/9/GcA2NuXXGMsfUjULNbtyljqRPaG774qdfalb78JwB0pQ06dlBz8258WM2miljoyibnTLzbj&#10;dXn+TGO4ksl1+3bLoIZjeW6udtHrI8mt3/n9PwLg0iVZn/7B35U5PbFL+uXUaDoL0l5TSL/P3ZIY&#10;/NYXZF08cUJi+vlPSuz3ZWoWa+fQ32sWk/bvNYu138eKIP1pv+/dNbzafythGIZhGIZhGIZhGIZh&#10;GIZhGIZh3L/YX8sMwzAMwzAMwzAMwzAMwzAMwzAMwzAMwzAMwzDuAxKAf/yxvf/lvR/cDzi1QiU0&#10;OHWyiCMj0aN/29HhcThcbN9FPUpr0p5DZDCO6OQ6sdXIv92PGC2CS/BEOr0+nRQmNexZGnD26ir9&#10;TsLWtIbYMJs01FWgm4F3sNCB2XTMY088TZZmvHz+OnlRsDqqcUlKGRxNdMx1MvKig58MaRq48OpV&#10;3nj9KglrvPrqGea6OZPJhH63IPqExx9/nGMPPsSevQPOvH6JaYDTr97h7Lk7UDiu3Fpjfu9RKp9T&#10;d5bw3QWmyYDKF7x2+RZN2qVO5whpn1OPvRPXmSfrDvDdBVbXN9icBn7w3POcu3qLb333BmfPbbF7&#10;jycpHB/72Ac4cfIIT73rfTxw/BS3t2eUVeTrz57h/IUrfPV7pzl34TIvnrvN6p1NNqaRsooUnQ44&#10;T5zOIDjmfUWRwgff/ThzvS4p0MymPPvs84SypKajs+vxEWI1xsXAM6cOszg/x/tP7qFXZOwvZvhY&#10;M19vkRLwYap2LU/qHb7bwXmYqWUu+Ajurr3E0wBR38ed32UGsrdlmpi8IkTJlNaO0trp8jiTDJLm&#10;CV6NPcmA6Bxfe/ECk1nFhVszAvDIIw/gs4JTR/cT8BSTVZxzDLJIluV4BzhPHQIhRhqfSi+8B83X&#10;H321NdIeW1wMbzvniffc+f/9NfNdwHF1nLM1mvL7X/0Gl65dZ/V2zSc++jAPHN3F5z7xYR45dZyD&#10;K3Psnu9Rb94iKYds3bpAuXULN9mi3l6liDOKMOXBB45waM8Sx44e4tGHTrC6eoE9uzJeOTvjzlqg&#10;ScZcuXGTEw8coWygqNYI0RGbirpumNQZddMwo0fVBF44fY6IZ2OzAgdPPnGKso7krqauA4WfEnGk&#10;cSL2rVjjnKPWaIxDRtMEYr5IiI7bQ3A+49mXzkMCRw8vEr1j/75lyqYiY4uqnuF9CS6wub3JrBxT&#10;BkeMFT88cwFczeoaNDX8zGc/yPEHDvGBdz/CkUN7OXWww8pil3p4jSROGK9dpRyu0kkirtxirr/A&#10;8iBlbmmRowf3cP7qGZYWYXN7yJ31IfuWltjcHLN7YY7QgK+mOBw5jhRHWVY05UzWtaZkVkcyF/n6&#10;N15mNq4Y9OX8+979GEUGzfA2TTUhj1s09ZhOHJL4hmq2TYwl47JmMh3TW95Hp9cjW9zHvoOH+MGL&#10;5wjArdU1rt5Y452PPUJZRfbM9el0BkyHW4ToyLICfEZwGZGUJpsnupSzF66wvrnNd567wtpmw96D&#10;nv684yMfeh9LKysMCkeSeuJsCMQdQyRA7VMal1D6PsGl1C4luGQn1zOtx04YkxBwTmphmszhk5Sh&#10;X6BqHGeub9G4hLcu3iTJ4PGTu8gSz8m9A1xTstisk8SKIgxJqEioSWnwrpH9yAWxgEV5BV0nIk7q&#10;1EmPonNEJ5UqyNFFOSOviNf3CRWeQJaD947ZrIQYqYtFAp5ZOofPOqw3OeM68ifffI7zV27y7PND&#10;7mzCxz92gAMH5/jZj3+IB08cZ/9il5X5Pmm5ja8nTLduU483KCfb1ONNiVs9ZbC4wuL8HEePP8iJ&#10;EyeYlmP27V/iB8+ts7YJ3WKLy1dvcPTQIaoaijwlzTvgHCF6xrOKECHtDsAnnHn9LZxzrG9BksI7&#10;nzxJiJ5uJxdL5WxCxNFxDeBImxnee7LE3a3RGBmnA+oIV6s5Gp/z7TOvUyewvP8QIevw4ImjND6j&#10;mNyirivm04rUQ5FAkUQ2pzWxKfn9P7/GaATrJTQR3vHocRaWlvibn/skJ48/wGN7M/YuzzG8dpYw&#10;Xmc+q8mrLabrt8lmmywMeuzft48HDu/nwuW3WFqCq9dhfROOn9zH9qRiefcemqRgPJkyI4U0p/YF&#10;RX+emHa4fHuNrcmMr37jZa5dX+PyTRhP4Mn3PMK+fbv55c9/jkff8TDdcpWUkjhexdVDytkmzWyD&#10;3JW4ZsRyzzHoOHYNPMvzBYOsotfxEGfEUBJjxLvADKibkjIpcAmcPX8RnyWsbZWQwNPPPAiJp9vx&#10;1HptHSPRNUQXcT7FEdkYlzjg9JkrOGB5OcMReej4YRyRQVLJHlmqUVAtni07RrEdU1j7jUyuS3fM&#10;r1LD8r3s7tEwDMMwDMMwDMMwDMMwDMMwDMMw7kfMLGYYhmEYhmEYhmEYhmEYhmEYhmEYhmEYhmEY&#10;hnEfYGYxUGMUOLU3RSfuKTGCAYh9SX5b59Ti4vBRzWJ6VKfLjtEiqrjirskiUd+FHKMTc5PzHhcq&#10;XGeepbk+l4eOXctLXLh2R54UI4kHr6KZuaKhKkseesejhKZmix5Lyyu8dvE6OIdLc3yS0Ms8PkmZ&#10;90Py3LO5GZg1sH3jBhfO3SB1Q65fv87evfuYVQ11CAynFYvLK+w7sJfjp06wunGd7nzGt567yWvn&#10;11ibjHj9wlWOveNpyHrE7i5cMccffPWbrG5Nub1Vsro15VM/+3nywTINCeQD/t0f/hFvXrrBq2dv&#10;cfnmhKefPsqu/Yt8+tOf4+RDj9HEDJ/1WN8YsbE15tqdbbaGE757+hyra5v8+Q+vcuPmNjdGFaNJ&#10;yeKeQ3Q6faoyEIIjqaa46DiwkNDrZHz8fe9iod9j9fp1ytGIM2fewjWB2nfwUaxuDljopXSLnM98&#10;6Gn27N7Fo7tzunnKfLUGTUUvjoAAszGEBpIE76FJM2IMlJojrVfLuwpcJIlypjWE3TWLiQVF8gnS&#10;GOSTGBGzWLZjAwLIg1hXWgfKXbPYHOB47uImPs25eHsbEjj54AMEl3Js/wpVgF4YQpLSSxpcklLN&#10;KprgIMuJPmXqCxqXUrmcRi1KjUt3XpGE8CPno/MEl+j5H33J+f+1r5nvEp3nubdusrq2xkunrzIZ&#10;1xza4/nUB55h/65F9nQbCmbUa5eIo1Xm2aYXR+wtSnYVNbuymuV0xiCrWUhLXDkkmW3SzTz9pCFJ&#10;cw7t28WFS9fpdWBja8jm+pAHTx5gPJ1yYCGSZhmpD/gkIeSLJFnGLPaJeM68fhmfZIwnY9IMnnzs&#10;HcTo2LPcJctzXLlBjBDqberQ4EJFjJHoEwDGTUIIgSafp4mRm1uREB3fe/YcIcADx+eJPvLwyX2k&#10;ORTpFi5pyLMZPmmIriLLAqQZWRZ4+ew1shSyAubm4LOffj9798yRxzu4MCRuv8l4+wY9bpPGLQbJ&#10;mF46xdVDfLUOMZCETbpzCyz0E26PG/bs2c0rZ26zPYRTR3YzmzU8cGAPziWk5QSPp5+n5EnCdDKB&#10;piZJM3xsmFZiwTrz6pt0MljZ3aWTOx596BgulmzfuUg52yat1qmm2yzlJYmrmB8U9LoZt9a2qaoZ&#10;sTNP3TTEzhJFp8vtrQ2Wd89z6co20xIGnZTrN1c5cXAvIXpcWeJ9TpZmOJ8SXA4uZW0SmJY133r2&#10;RW6trnFzbUYT4V3vfpjllV0cO7yPJE2YbN1hOptRIMahNAZdj/2OSWyadGk0V6PzJHpta/rrxTGJ&#10;CzRNhNDQDPaQZhkbbkCD483bY/Apr715lejgxIEuTVPz+NFdpC7SrTcgBjJKcOCdxzkHicN5Rx0g&#10;RKjwNDiCzwguAZ8RfUog1brM5Eh7lFds+67/Br9jXop40jCDJuDzLlmWM6RDE6Hp78HnHc5cusPG&#10;9oQ//vorXLs1ZPcemF+CX/78pzh06BC7eo48dSTTO7hmSjbbxNcT+mmg6xtSHyl8Q1XVuHom89aU&#10;pMWALPHMLx9k/4FDnLv4MnOLcOvahBu3Jhw9PM/m9pB9u5ZJ0ozJZErdRNKiS5oVzIAmRr7//JvM&#10;KhhOZWk9deoAZV0zyAuaOlDEGuc8HRdwztONJalPQPfqaRNpQmRSLNLguMYiTZLx5y+8SUnKwu79&#10;VGQ8cvwgwSV0x1cJoWEhneFp8E2JDxVN2iFPHaev3mBh3tHfvcyuXT0+/vGPcPjwQXb3Io6azvob&#10;lKMNFuo7dClZ8BM69TadOGE+mTIZjth34BBL/ZytyZgD+xZ57fwmEdizf5Ht8YzFXfuZ1J4mOmpf&#10;kHX6hLRLSDJKUl44/Rp3NoZ8/4ebbGzC3kOyTnzk45/iwL597FvpkqeRdHSOJI4Z+A066YQ8beim&#10;JUkYksYRsVwjVJu4aoNYb5OHDVwc4eIEF8c0rgI3ZUogxCmzJCe6ihdfe5WGkpvrUAPvfu9RYhLo&#10;FNC4QFkOqWJNJhsePhFj38aoxBF5+ZWrYhZbEuNYaxabS8T8SjnEEcnusVgGUjn+BLNYomYxXNTv&#10;ZO33sXZXNQzDMAzDMAzDMAzDMAzDMAzDMIz7DzOLGYZhGIZhGIZhGIZhGIZhGIZhGIZhGIZhGIZh&#10;3AfYj8Vgx1ERnbzuxRHkFeUF8opO7GH3vhrnaZwnIi+xLt0NdWvESGIgiYF6uEk93GTvIGPvIOOR&#10;wys8cniFQRoYpIGFecfCvGMWYBZgqw5s1YE7wyl3hlNOnDjBiRMnmG5tMt3apEdDj4ZmtEUz2mI6&#10;rpmOa/Yswp5FGAd5nTl/lTPnrxI7S8TOEq9fG/L6tSFv3RizeORRFo88yrs/+cu8+5O/zL6TB9l3&#10;8iAvvnWVF9+6ym984Q/4jS/8Ab/9u1/kt3/3i9xc2+bm2jYXr17n4tXr/Df/5J/z3/yTf87/67+V&#10;1+WbW1y+ucXxR05x/JFTPPnBT/PkBz/Nze2am9s1t6dwewqbvs+m73Nj7LgxdlxYHXNhdQzdFLop&#10;K7v2sLJrD+PhiPFwRCwnxHKCjxU+ViwtLLC0sMD8nLy2toZsbQ1pamhqRNcTIkWYUYQZDywkPLCQ&#10;8NThRZ46vMhyx7HccdCU8tLZmoXILEQql1C5hLJqKCs1lvxIjhA9RP9jORHRl2uI7u59gYSAGoBI&#10;NWMiSaxJYg2uAdcQfU30NcFBcHInBPYsLbBnaYFBAYMCYlUTq5rZrGI2qwgxIcSEMkTKEJnVI2b1&#10;iCx3ZLnbydHGJTsmJTESvT13d97r626taO3s9Pztr3uNYu2rdim1Szn95pucfvNNQgYhg4cfPMmh&#10;vSsc2rtCHG0TR9u48RZuvMWAKQOmMNmAyQabN8+zefM8vTCmF8bM1m4xW7u1c9/Tjz3C0489wsMP&#10;LvHwg0vc3oLbW/D6+Qu8fv4CZfSU0VOHhDokO1am8XTCeDphUsqrqqGqYTTeYjTeIk1TeSU5aZLj&#10;QyYvV+BdQZ7NkWdzJIm8nOvhXI9IQaSgClAF2BxP2RxPcbnH5R4/25LXaA0/WqPjAx0fCKEmhJrt&#10;GrZrGKx0Gax0WV7IWV7I2TXn2DXnWMorlvKKrB6R1SN8PcXXUwpfU/ianh/R8yOyeous3mLX/Dy7&#10;5ucpJ1BOIPUJqU/wjVgMp6Mh09GQzEHmwIUaF2oIFYSKWM+I9YwigyIDV43lVcvrwK55Duya56C+&#10;mGzBZIutm1fYunmFA7sGHNg1wM2GuNmQLNZksea973qK977rKRYXHIsLju8//yLff/5FbqxtcWNt&#10;i9AZEDoDhjFnGHPGrsvYdbk5LLk5LLlwY4sLN7aYXxIb1sMnH+Dhkw/Q9xV9X5HVY7J6vFNjurrr&#10;mq11GMHHu3XtY42PtdgnI0SfEX1GGaAMkOa5vDykHnIfyX0kVhArGE9KxpMSX/TxRZ/KOSrniN4T&#10;vSekKSFNqX1G7TNKl1C6hBn6cikzl1KmHXn5Ql5OXpXLqFrLmEsJMSfEfKcO712XtqZDtqZD8sUB&#10;+eKAaYhMQ9zZu67cvMmVmzfZ3ILNLXjnkw/yzicfZHGpz+JSn1ANCdWQTJxmdJyj4xx5FcmrSKd0&#10;dErHoJFXv2noNw3ZZEo2mbJ7bo7dc3M89cQTPPXEE6xtwNoGXL425PK1IU2d0NQJoWwIZcNiv8di&#10;v0c5mlGOZtRJQp0kZAuQLUBIe4S0J8FPPf0c+jlkTMmYtqsvs6pkVpU762+RZRRZRjcv6ObFzgqX&#10;xYYsNvTSnF6a03Xy6nh5hRAJIRKjI0bHeBgYDwN3rt7hztU7HNu1i2O7djHnI3M+ktUTsnpCv/D0&#10;C8/25hbbm1vM7dnH3J59JE1JOdyiHG5RFAVFUTCewXgGw3LKsJxSDHKKQY53Jd6VpC6QusBkJK/r&#10;N8dcvzmmclA5ePydT/P4O5/m1OF5Th2e58Zr3+TGa98kn94kn96kqDco6g2yeo2sXsOX8srqbbJ6&#10;m64v6fqSThLpJBEXp7g4Jc8hzyHNgr4iaRapG6gbqCp5pVlGmmVkRU5W5DjnxJ73V2Rnz2lfmsN3&#10;v0ndi+yNPsprp4b1ZRiGYRiGYRiGYRiGYRiGYRiGYRiG/VjMMAzDMAzDMAzDMAzDMAzDMAzDMAzD&#10;MAzDMAzjviAB+Mcf2/tf3vvB/cCP2pF+1IYkv6FzYq9wqJUk7FiedmxPLhBdABeJDoJz+vrRf7ud&#10;9oIaMVyUJ8onERfEMDaZVYTZmD0H9nJkV5/bGzc5tLvLi69NmIwhdCAkkMwtMPMF/T0HWZ9WLC2s&#10;4B2M125zYGWBW+deI4w2YDghjCcc2Nuh20mZVTWNA3rQZPDLv/ZrPPCOxzh3eZNra2O+9o0XOXvu&#10;Jre3avorB1kdRZLeLppsgX1HTnDw+DsIaZ9dB47yp1//IVdvbHD9xnWuXrvOgyePsLw4x8riAruX&#10;F3n5hde5cfUWTTVhNBzx2c98jiNHT/Dhj36Kkw89zrSO1K7g0o0bbEwrvvrd73P20hW++J3n+fbL&#10;Z1k6+U6GvsO+d7ybAw8+ymtXbpP2F7i9vklZVQwKT+4DHWbkriFOxrim4T1PPcri4iIHjxyjcQkv&#10;nnmd0axmdTgl6RRsjkvqpmExnZFT8Q8/+TCPH1rkmFulN11lORPzUBJrnHOMZyWTBpq8Q512IOsS&#10;k5zGOaLzxLdlD3iCuk50dl37UhuKi+CC2MRcJMR5AgXR5USXk7gZnkjiJ3hXk7hSrveR6CIzn9G4&#10;SElBpGHapCwNCn7w7SswgflsymR9jY+//xn6RUHWbOOThGp8k6qp2LM7pTfI2N68TVUOadI+EAiu&#10;AJyYpVxClnqSJCF1jsR7fAh4HD42eCKpd3jniCEAkbquCSGIvydGsqLAJwkBD84zmdXUTaQJnjo4&#10;6v48MU351puXqD1cXa+ZRfjkB56k19TMJlPm05TUpcx1MrqdHpvDbaZVIO13IcvpDuYp+nMMxzXT&#10;KtDJB+RpTtVkEBxJZx4XHet1zeLyEj88f52QQjGoWZ+MeM9DD4DPaaYNTUioXUGIkUkFMQbOvvUm&#10;zgcS39DpwlOPHyfLHTkzZuUERlvUZU0WIoSEbtoncR3w8zg6bM+6xJBTZ7sIIefmZiTGjG89d4Ym&#10;wrEHj0La49SRPTTBs396jU5oWIxTejHQ0CcLntvlgCakfOuNO9RJRjK3i5D1ePrkXkKo6VdruHpG&#10;v9wmaQKZc6Quo/JzRN+lDF2qkOFCIDYN+IyUmuvrDUXiOHP6Minw+PEFqCuO71vExYZBGunkOfVs&#10;TF1VZEVOnqXU0eFiZNI4vIOXXjmPA9K0ITQN73zoQXwTWPQ1OdCtRiR1Qzq8Q9LUzPcKellKNRrh&#10;ZiMG/R79pGFaBtJmymB+noVeRtHpcuzwAX74wjXGE1jZnXNrY4PFfQeY+pSyGFBmXe5UniEp3zn9&#10;BtfWt3n51VU2x/Arv/Ahjh07wmOHd7PQLZhdfYV6+w57O5FB0hCDmIaic1KuUY6yNjck1ORBbGdp&#10;rEli0F9XO6Z1ZBYSfG8R8h6r2zMmkyn9uWWKxLG9PWahSHjttct0UyBzDCcVxx44wtYscHClIO0O&#10;2Nq4xbRpmDnHNASS7oCYZgxrqFzClIQSjysGhCSnDJ6KhOAyGpfSxISGhKZx1NHjoidET+oTcJ4s&#10;SfE+IQG890RXgoNkLpB0U0axZNpMaYolkjxlu0mpQ82ff++HbG1tMJ42FAV87KMPsbTUY9eCB6aE&#10;0R3qZkZX98dOXeBjBrMCmpys6ZI2OT3XpxsLiujpBU8sG/Kqpkj7dEJkVqUsDRb59rOvUzewZ88e&#10;RhPHO/bvIZSOfjOjiJ60nuKmM9LOHL2s4AeXtnH5gBcvbnNnDB/9xAfw3QF9NyESGYyvQD1iwQ3J&#10;mOF7XXyesL6+RVk3LM4vkqcZk+Chrri2PSPMhrz00hvkMbCSBPxkyPtOHiGvSx5Y6DDfm2Pj2nVm&#10;45p0bgWX9NhscpqY8tyZS2Qe0ujop44PP/4oeVUxV22SliW9ehUf5XtCTcKo2EuVL7BV9diepUQy&#10;XNonRsfFzSkuTXn+tZtEDw882CP6mlOHFnBxTH/7InmzxWJoKOoxid9F7lL+9FtnGA4bbgxL6ggf&#10;/eh7GQwWONq9RlbdoTc8y7zbYG8n0PMl0+0NYjmhV/QpHCwOFhgUHcKsISXBVQEa6CYJCQmhCfjo&#10;qUmIIRLTHt55hk1KCIFXXruAd7A9hDSBZ544RqgDgzQhNpG0aUhcQuITnEuoawhNZFgnOJ/y/MsX&#10;icDiUkHE8chDD+J8im9m1AGSWIFPSIhEPE6+SNG4FHZsY/K9SvbkGkcki5V8z3IB195LJP6I7dUw&#10;DMMwDMMwDMMwDMMwDMMwDMMw7jfsr2WGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRj3Afe1Wayl&#10;NYzdfbWWCqU1jP2EV3v93df/uvZaw1g3zcmThCYEMgJ5t0vXN9xaW2O5l3Ph1haDLqxPIDRQupJJ&#10;OePA/qNUZc0HnnmalcV5zj7/LIWPjG/dputg1xzMd2D1Vs1wq6YzkJ8Hfubzn+L4yeMcPHaSvD/H&#10;l778TS7fuM0PT1/g6u0tzl25xpVbt3nhzOvcWl/n9QuX6C2uMCwb3vHEYxw4epRn3v8kH/jo+5hf&#10;7HPi1HGqpibr5PT6Xbq9Dp/41Ed48ulH+dRnf4b3vP/9+KKgGAx4/qUznL98je+/dJozb13k6z94&#10;npffvMi3Xlrj9SsjLq01XFtvSPoF11bXOXL8FEmWMRj0OHxoPzcunKWXBkarW9SjMfO+JK1LBil0&#10;E/jQ+9/NwvwczifMZjNOn32dWVmxurFBiA3b4ykh1Dy0f8B8N+NXnj7ISi/lSLdiPot0MkfqAiEE&#10;QAxxMUnxWQ5JRnCe4DxVUxFiJPFOp1OsJXcnt53oexMoAhBJAWjoEp2jbSVliiOSIIYxp2axWu1k&#10;tc+JDirXBSf39zs5F86fZ3EAWxsTRtsTlhe73Lx5i4P7lyDN6WSRtNPH1ZvUTSDPUrI8pwqZPCd6&#10;kthAXUJTQT0l1iWhmhHqktDMCE1FEsSE5wgQAoQGFwO9boc8S/FJQpokjEdjqrIiNJFQN/QHcxR5&#10;TpJmZFnGnVFFNav42kvnmc1qpjV4D598z9Os5AlZklJt3aGazaCZUFUlwZfgI0mOxKQuaUKN8wku&#10;AYInxsBwUlHXlViaQsPlO1s4PK9cvEqSwP69c3if8J4Th3B44mwic+G7gCMpBuR5zgunzwJw42Zg&#10;PIWnnjhMiIE98x3S1LNvpcdgvk9dbuNSx3Q6pqxLYpLQhJpZUuASqLIekcCtUQku8uLZV0lz2Hfo&#10;AMElPHpsD+DZM7tMEgNprCBGKjePj547zQBI+ObrqwSXknYHBJfw3lP7cMB8s0kSA90wxgNJjPjo&#10;mPoBkYzGZUSXkKn1LvgcR+TiWolzkRdPXwXgiYeWgcixA0tAJAlTIhFiDQ5CkmgOpuAcw1psd8+/&#10;dIEYoehKtj/+jlMA+HJIXdf4ckRd1aSzMQRH6hpoGvKiS54mzKpArEtqX5DS4LIOqQuUTUO/l3P2&#10;jYvkOdy4fZvL125z4uFTTOrAwp79JJ0eZy9cYXM85Rvfe5abd9Y4dGCe5ZUOT506SidLWckqYjUj&#10;H98kpSEPU6hLgs/eZhgSy2SUsceAjwHnGhwBceRJ7QKUNYToSYoeuASfdcmzjLKOhKpkWjZ0U89b&#10;5y/RL+DmWsVwWPH4YyeZ1ZGi3mQ0KcmSCElOkhW4JKNqohj4AJyj1+mRZxlZnpEmnlg34qkMARcD&#10;nSwhSxyDXo9OkVOkCXmeSl06qGZTmqamqiqqpqaOFXUIkEr/t6YNZRmI6TIxOmZNgQvw7e+9SjVt&#10;KGfyJeGD7z1JJ0vpZYHY1BShxHtHUdcQA2kTiQTSJuBpSKLDI/92scJTk8SKmEDmGsbOE0LJdvCk&#10;Rcq3T5+BHHbv20UJPP3gfkg8c1lFliXU5SYxlIyjp2kqvntxg+A817a2IHW856lHqENgd1HiPRzO&#10;tunlHsZ3oCkpZ5FmVpJ15yk6XSaTmrJqmLkOoYls+S5p4jh3+QL9rmfvwjydPOGBpXnq6YS52RbV&#10;eELqIE1y6k6X4BK2GnFJfv+ViwBUUip8+MnHSWJgwJgkRvKwJrtB4okuYZgs0bicxvdoXIavapKs&#10;h8Nz4c4Y8Lzw6nUAjp+YA+Chwys4Gg5lMwadhKxqSKm5sZYwHU95/vXbRDL80kF68ys89dTDpHmP&#10;/ekVfKiYY5VuFsmTDOegKRsS5wm+SwyAKwgNxMbhXEKe5CRJTpo68AnTaUUIjphkgKNJZb0ckwNw&#10;+rULAGxuSAze89RJHI6FPMNHh2sqHI7Uif2rcgnROYal1NXzL0sMl5bFcvnQqRNE5yiamazLoZQ9&#10;0mmQ1QEYXAI79ctODbf1mlKBi7goe3RwsveaWcwwDMMwDMMwDMMwDMMwDMMwDMO4n7G/lhmGYRiG&#10;YRiGYRiGYRiGYRiGYRiGYRiGYRiGYdwHmFnsp4hX11QSwcVAVdX40NBb3EWRJISsYO/yEqPZkEO7&#10;u2xsTZgrYDaM+DKyNPCUw3Xe9cgjJE1JMptycPcKozvXWZrrQFmSOUeRQ6+AT37yA5w4dpinnn6a&#10;fbv38qU//jJvvfkWL776Gnc21pkFCAmQwfZ0i7XhJpduXuXC9Sucv3KB02+8ytm3XueHp1/i9Buv&#10;8sobr/HmxfNcvnmdV89d5NLNm7xx6Qbnrt7g4s2LnDn3Bm9evsRLr73KC2df4fQbr/HCmVd4/eJ5&#10;Tp+/zFvXrnNpo+LGdkkoMpo8odNLyDoJNy9f5ca1G+xbyNhevcZHnzrF8T3zLMYRjxzexSDe4ehK&#10;Ql4F5lJ46NgS+5e7/OxnP82BvSucP/cWs/E23//Bswy3NlhbqyknNYvzKb3C8wsffy9HD+3n3YcH&#10;9LsFC2lFlibEECBGmrqBGPHO4Z0jz1MS73GAd466qiCyc86pLeXuq31/7/n2/xKRo5CqlUxeKTM1&#10;i9X6eZspCQ5P7TqAp3Zidcnn9tHr97m6eouF5T5n3xoxmkG333BrbZ13PPowtc8Zj0dMmoRrN2+y&#10;OmzYu+8ALh9AWZI66LmGjqvpZYFuGiiSKC/X/ttRJI48dWSpI0s8WeKoqinEhiwTS5PYhCKhrkkc&#10;JGlC4qHIMxIXaaopLtSsbU0JZckrb62SR8d4M5JU8MxDx9k9l+O9w5XrOB+Y7weyDNJsRJ411NUm&#10;MYwJ9YgYxvT7OVnWUGQd8hxqErLMQTYHRN44f4NmVvPmm7dIazh1aA89n/PYgT7UNbmvSD1UrpD5&#10;yhfwPuWFl9/AkXBnrSIE+MB7HyZJMtK0pAw15fgqw+kmdbNKFUc0rNH4ITEvafw2ZRGJ6Zg4KHD5&#10;lNtbmzg/4fsvXCQChw4v41zg0aN7AFiqbhKdJ3MNOK9mMMda0wMc33ntGo5IUXTF3HNqPwCDsA1A&#10;J4ghDbUb1sicSNZFEtcAkcp3icD5zUD0judfuUL08MipZYKDIwfk6JopgUikITgg8+Ch9gl42C4j&#10;EXj25Ys0QH8uwXnPE088jktTQjmlxpMl0PiMPHXEvEOWdyDtUDbQRMe4ijRNIKYdPIHgElyomVtc&#10;ZnGuTxMnHD60xHM/3GBrC/Yc6LK2scGBQ0cIEb7z3e+yvr7G2TNrTIaRX/iZd3P4wF4ePLjEXK8g&#10;r7aIoWIuaciynBgaovNEf69h6G7F7fxL/3HXKhbEXBQj3gFebHb4DA+My4rQVHTnlhn0uqxurrGy&#10;3OflM2NmE1joj7h18wbve+xhOp05ciBNe8xmDSEkuBghOBY6Hbpphq9KktBQb68RJ0OyMCVtJgzS&#10;SMdVMN3GV2MmW6tUo3Vm401m401iU9JUE7I8xftI2ilI8pQ865BlHbKmTxr6TIYeVxbMLxyk47uk&#10;xYBeVvDiSy/TSaAqIffw7nc+SBoT5vKMJCbk5RQfHEkzIsaaLG4TmZCmI0jHuGQI6TY1Q4LbpmZG&#10;w5hZ5gi+ZK2TUCYl58fbjNyEr790nqmH3ftzZn7G46dWKJOSfndKyBuaMCSmDVWW4ZLA1155k6oe&#10;szmpSDw8+dAhmmrKkp8Q6pLlsEUIgTDcJDSBqskITaQ7WCZNc8qY4ZKc0F/GZx0ujGvKEPjei28x&#10;rSK7l+eJ3nHq8AFIPAM3pSGSZA2kjrJICD6yFR3Bw/deuSjGx1py5n3PPEZ0ka4vwTmSsEF0jsSL&#10;sbJxGQli9kpoSMqaJO/igUu3p/joefHVq/gIJx9YwceEB4/sBxKy7VWqqqHIe7gkYW02IHrPD9+4&#10;TnCO7aRL4xwPPHCYaQ1LxZBZyMhdRfA9mjJSNZ46ZgSf06TzBJcxDQllgMmsoRS1HXWQva2JjrJu&#10;CHhClhOdp067RBxjxAR2+rXzAGxsSKW8++kTAMwVUmc0JQCJl1qq9b9VaM1iL6hZbHlZTGUPP3gc&#10;gCLM5D49ptTA3U01uESOJG/baT0S6/b6HQfojonM/lsJwzAMwzAMwzAMwzAMwzAMwzAM4/7F/lpm&#10;GIZhGIZhGIZhGIZhGIZhGIZhGIZhGIZhGIZxH2BmsZ8iPqoDo6khNFRVhQsNncECSWzIegOW+l18&#10;1uHwnhVmkw32L+Ws3SzpAKPVO2zfusO++Zw7Vy/xsfc8w4mD+zi6dzfvfMdDLC70OX70EO9/3zO8&#10;87GH+fCHP8ypEyd56623GG1t8/t/+DWuXbvN+hSmNRSLHXwnxRUZm7OKcRPZHEW2p5GbG2Nuro+5&#10;cHONCzfWuHJrg0s3N7iyOuX62hTXgZmDJktoUs/lWzNubZW8dXWd89fWWZ9sc3Njm+0qsl0F1iaR&#10;UQ0jP2Dqcrrzu6EYMNfJyfIua7dGzEpo7lzkxqWLPHFsmXq4xvseO85DR/fy2AOHeOaRkzz9xHHe&#10;8+RJnnriMR57+CRLC4sUieNrf/oVNu7c5OL5LZoZdBLoJvCuJ45waPc8P/P+xzm4a4FdfhvvAnkz&#10;IcZI0zRipAk1MQa8l99TJqkcYxQ7UwgB5xzetw4iNZq41kDUHlvTSfu+Rc85cK7B08jRleDCjhVF&#10;LGSeQAp4gstxOGpXSMv5gMRD7XN2717h/JVLdHuwurHF7fUtDhzay+rmkKWVPcRsQFkD+SKJzxhX&#10;KZO1W8ymJa6ZUldTCA1NXdHUDU1d0zQNTdNQN2J/mtaBsg5MyoppVdOdWyTJu8yqhjrApKwp6yDm&#10;JucJMRJipCxLyrIkScTqMr98gIW5ed64PGK+O+DypSGxgqP75jh6eDd4j3dTXJYRGFMRqGZb1HVN&#10;CJXE33twjqqOVFXFuPFM64q8v0KS51As4NOUF0+/STkrOX9hA2p4/MF9dJKUE7vFdjMoIPORSZXj&#10;QqSiR2giL5+5gCNlPJmQpvDe9zyJT3JCM6RqAnk2pvGwvDujmCvoDBzFXEGV1JAHZj4hJjV0Bjjf&#10;cGN9SnQN333uCiHC4SMrQOTRI/sAx2J9i+g8uQvgPBPfJzrHetMB4Ltnr+KIdDsFnsB7HtyPI9IP&#10;QwCKOAUnFjGAyomhpzXopAQcUKcFuMi5rUD08OzpKwQHjz20QnRwuDWLhakcXU10EZKE6KD2KTjY&#10;mjVEIs+9eIkQoT+fEJ3jscefIPqEqppQO0/ioHYpzkHlxUpUkUquBEdSdPFpSnBi55pWNbEu6c0t&#10;kCeOvQcOceTwIV45e5rBHFy5foMrV2+Q97pcv3mTZ7/3PGur6+xegqV5+PwnP8Ce5XkW04oiicTx&#10;BoSaucKRJAlNU4PzRJcCjuh+tIbv+Zf+o41pe0wST5J4Qh0gBGZlTVOVuCQnARZW9tDv5NR49u5a&#10;5sKlK8z34cJbQ65eHnJgV8b1W+sszC9ThoyiMyDJ+pSTGSEkUDfUVSClwcVIFhtS5xgUniJxuKbE&#10;x5oi8+Qp9Htdet2cbq9Pr9chKTpknYIyeoL3jOrALAQmU5hUkUG+B+d6TMceH7s0LqeeBSpkTK+f&#10;u0Anz7h0qaKawu6VgvW1LY4fPkLiC3LXkCQFCSUuSUmTCSSRtFNDFnB5gLyhSSJkgZCmkEaqbh8y&#10;z3RpEd9N+c7Zs6yPN3jxjXVqB0+98wCdQcHJ/T0aV5PHIVWsyLMGnzmqJMMlkZevrtHppIynUzo5&#10;vOuJh0lTz/65jCzL6IzXqQNkeFzSoejvISsGzEKHJqZslJEyeHr7jpB2+lyZOVxW8GffPsukhN2L&#10;OVXT8NQjJ0nylIWswmUJTRjTuEiZpwQX2Q4QXeQHr1wCB7Waxd7/1KNApOtn4CJZ2ALnSL3sGwGH&#10;pyHBk8QGX9ak6Rw+Oi6ujvHR8dIZMYudOL4LHz0PHtmHw8PmTeo60O0MiM4xTZZJ84wfvHEZUscb&#10;NzfZGo04dvwIo1nFiT1dSPpMtu8wqRMcCVXMyPvz+LyH667g8x41OSQFszoSXAo+oXEJeZYQfUqa&#10;F6R5h1mUNaVOu0TnmcQMcLxyVs1im1Iz73n6ARyR+SIR62Qt1kzdUglR6mlbhGN/dbOYEpDn361j&#10;wbkoVrfYyKQ42W9bE1m0/1bCMAzDMAzDMAzDMAzDMAzDMAzDuI+xv5YZhmEYhmEYhmEYhmEYhmEY&#10;hmEYhmEYhmEYhmHcB5hZ7KeIJ4CL9JOULPG4JpI7R4UjlFOcS8lCQ6fTZdegSydNOLJ7idH6LfbO&#10;wcYN8DPYvvEmV998k6N7F9hevcGxg/tYnuuyf88KRw7sZf/efexdWcYlHkLDl778J9y4dp0bG5v4&#10;xDFOOrgsI53fC/mAipxRFaldTux2CEVB0u9Bt0uT5YS8IHZ6hKJLnWWEomDYpIxCxoQO45iTDOag&#10;2yMdzJP0B0xdlzLpM3VdZr6L6y5BZ55ifh9Zb5Hx9phZFfHlNmVZsq9XsdCDuA3NDJbTNdZvXOWZ&#10;R07Q8ZFYjSiSQK/bpV9k3LmzRjkZ8Yd/+EVefvGHfPfbt7h2eZvDu2GxC+9+fJETBzv83Eee5tFj&#10;uzk8D3NZRTa+A01JGks1iTmcQ61hHucczokFLMa4YwhrP/8xfswstvOBvvS8k2ujC+AaHA2oYUyc&#10;J3K9ix7wRDIcCQ0FLnpql+GAYRmpqhm7Dh5k164lhtWY/QeXeeHlNYZj2Ni+zhvnL/HAg48wqhz7&#10;Dpygu3iA4daIaShYyCNp0Weuk5LnHZKsQ5IW1CTgUypfEHwOWY+YFoSsD1mXOukQ0y7ro4rhLBDS&#10;LhUZ3bkFkk6fztwieW8en3VIO31CdLgkpwmRJjpmoUNdBzbGGQuDOc6+fh0foehUHD1xhEkTIGmo&#10;fMpkNmEaHNPpjGnj6Q8W8VmfvLtAkg/YnETKkLJVp0waoL9M6RJubtVsT0u+/b0X2NweMh42pB4+&#10;8u6HWOj3OLo0JfOBjAkulkzKDBdqyBbwwJk3bpIkOZevbVJW8NAjJxjPGg4c3E3Rm6eq1mlcSllv&#10;My5rNoZ32J5Oqb2nDIGQLRB9wrjpUjWBqzcm1FXD629eJ8/gwL5dOOCRo/sAmK9WiXhSFwkuYeoG&#10;RDwbjZh2vv/aZTyRbpHjCbz71AEckV4YAVDEydtyrdEciU4MPokLYj9KxFT21mYgOnj2lSsED4+d&#10;WiE4OLJ/mejAxwnRRRxynUvEztO4BIhsTisigedfuQIO0iJQh8CpRx6hCpEY1FDkEiqXMZuVTBpP&#10;EyPT4EnTDJKcTqcgSVPqqsHFgHeezEWGkynlZMRgYZkiSxjOSvbv380PT68yHMOVyxd4880LbK7D&#10;ZAK/9Nl3cvzwPk7sGVC4Gjdah3KKmw1xTU2WeUKEqqoJ0UGS3mMjcvr76bsWorvOsXvMYi7iiEQi&#10;zkWquoHY0OsPyFNHgyPWM1ySMd8r6PUcJ44u8+qZNWIDl67c4tU3bnH85ENsTT2Hjp4g6y0zGs+I&#10;SZ/xcMSscmRJShMSkhiAhHI6oSobJuMRs1mJ8yl1EyApCNExDo4ywPq0Zlw1bNeecQP0F2iyDoOF&#10;/WT9RdJyQKRD4gfk+RyjpqIJ0KSeGCOjqmJpaZHXzq3iPFTVkNurGzz5xLsJFGIgpKBuZtRklHGb&#10;GTANI8ahZjtUDEPFhJQJkZlfZOYyZvkClc/YcClVE/nDr3+HO2vrDMeQZ/D5z76f3btW2JcHEudg&#10;skFd1/SLBOccowpCCJy/M6FbZJx5Y5vpFB44vMhoNOLU0SMkeY+4vU5FxnQWmYSMJl9hRsH1rYqt&#10;WaRKZL2KcyuU0XN5VNHg+cHLr0ICB/bMQ+I5dWw/NYFuGFHHQKQkOKgKR/CB7SYQXOC501eBu2ax&#10;Dz71MI5AlxoHpHFTasSJMTLGiCeQOVnVKSM+m8MBl2+X+Oh58dXLahbbjY+eU0f24aNnqRMpun3G&#10;s5KyaZjmS8QEzq0O6Q66vHTuGrOqZNfuFTaHI544uZ/gO7hQQjYgBqhdQUhyKlKGdcK0joxKx7RB&#10;cinJSXxC9BmhrqgaaEKgDmIJjCSEtAt4xrEg4nnltbfAweaG1My7nxYz2ELucURc05rFpHaC7nLD&#10;UurshZcv4oClv8Qs5gncrT5oXEpUY1h0YhiLaliMOJJYE9XRKRV8r1HQMAzDMAzDMAzDMAzDMAzD&#10;MAzDMO4//oJfuxiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRj/W8PMYj9F0hhxQK42qxgavIfJ&#10;rCSUM5oIVDPm5gYMcs+elRUO7V5meZDx8NG9LHS2OXkoY7hakwW4efU1Lr75GltrN7l07jWGW1us&#10;3brOtevXuXntCgePHMUTuXL9Bv1ejzNvXiHUkeG0JlQ1dQPVdEo1GROrCtc0dNKMNDoxoESoywqa&#10;QDmZUs9KOnmXxCXUswoChDoS64CPnlhHYg2hDpTTkqZqCHUk1IEsKXDRMR1V1NOSajKkqSua7W1m&#10;k4oOUFcwl0Di4ZnHDtLtdjl57CjOeb729a9z9eo1Xnj5NG+88QaXr17l6tUrvPn6Nut3phzYDbsW&#10;4NMfPMapo4t84LHjPHR4N48dXWT/Qkq1dgVfbtF1DYkL5InHe0+apngv/06ShEiDc2Kzac1iMca3&#10;Gcfexo5ZTCwmP/Z5e94FIBJ8I/92gegCSRTbyV2zWAYkuJjgoie4DIejcQkeqFzEu4bu3IA8jfTm&#10;5ziwfxebwyvs25dx5syY1TsVFy+f5cWXXyHP57ly/Q779uyDtI9vRtQux6eeyudMY05JxnblmcaU&#10;UciZxpSZ7zMlZ5b0mLmCKQWl6+B6C9CZo5hbxHfm2J4GpiHhrYtXubm2ze21DW6vb5N3e5TBkWUd&#10;8Bnr2yWzsmJu6RDLiwu8+uZZul24cmdMfznn+p015paWmMaEpV0HyAa78HRJOysUxTIuXST6eaKf&#10;J+3vJe/tJlk8QDG/h9Vxw7jx/Om3n+X81Wv84PkNbq03PHCoy9wg4+c/9QF2ryyxkt2hSD2T4RpN&#10;XVLRw9HQGewlTxMuXtug1+1w+rVblBUM5jNur27w+BOP4rMekQku67M92mJaJ0ymNbM6Y2X3MbJi&#10;kbx/iLxY5MLlEaNRwwsvXWXtzpAzZ7aZjuHEcTGLPXpsLw4Y1GtE50nFA8Yk6RKdY7MWk9dzr57H&#10;x4ZupzWLHRLTWBwDkMUZEYfXnKtdphknTp0UWW+qJAcib22I5eiHp68A8NipJaKLPHBgFzhHFqZi&#10;0IuV2O4SyWcxAkUmFSTOcfrVK6QeooemgYcefoi6CSwsLJB1uvT7A/LuQAxYWZf5wTxpZw7vIi7N&#10;acoZTRMg1DgCg8EcnTxlbWubUJfEpENdzljYc5h9+/Zx7eYllpcKTr86Y30THnsQlhbgb/3sRzm0&#10;dxfJ+A6+npKWQ3woKXxD5iE6R4gRfIJL0r+gNpMf+XdrEhN2jGLiDIMQIEaSxOMdJF7skEWvS5rA&#10;6uoGs/GQJElIaTh27BhHD+xlOL7B4UNdzl+ZMqthdWuT1y9eY3tS8cbFGywurVCRs2ffPnoLu/FJ&#10;gi8GVE2g8QVpp4fL+6SdOdLuAuPaU5GxUUaGVWRMziR4XG8X5ANibxnXmWfY5MzIWd8s2ZjUnHv1&#10;HFdv3aY36DNrKmLXQ+LI5rskeUp/ZYXde/dw6fobLCwlvHm+ZG2zJskCF65c48ChQ9QuJykyYtbH&#10;Fx7yOao0o8kGNNk8TTYH3T3EYoEq30OTzzFljtp1+LNvfofLF6/y4gvbjNZh325Y6MLPfewjLPUH&#10;dCebJBGycoSPjvlOh4SESSlL7JXNhk6W851n15hNoFcMuX37Do+eOkVZR7ppAsWAWZ1Qpz0m+QpT&#10;36HJF6Ezz579R+gv7OKVi1dY2xzyzRdf4dq1G7zy+jrTKTx8fJEk9Tx8ZD/OQScMCQR8UhE9lBkE&#10;FxmHCC7y/MvXZLWv5Bf4H3rqYalNV4nLKoxweFLf4JwjxgZHwLtELFuVx+ULgOPy7RkOx0tnLuEj&#10;nDy+Bx8dJ47uxeHosQ3A1vY6VT0jX9pPmjnqYsDuPUu8cPYt8txx69YNrl+/yol9i9xZ3+KBg/vI&#10;O/M4H/FFj9qlBJ+zXSWU0RPSPiHJGcwtk3YGJGmCzzuEqiK4FJckRJ9SO0d0npAUgGMaUwAxiwFb&#10;G1I37336GI7IfJ7gAN+UuB+x8olzLTKcyfXPn74EwPKyGBEfOXkcB+RxCg6SRg1jNDtVCY7gpG6j&#10;k//2IaodUGpWzW3O6X8Z4fRzWQ8MwzAMwzAMwzAMwzAMwzAMwzAM437FzGKGYRiGYRiGYRiGYRiG&#10;YRiGYRiGYRiGYRiGYRj3AQ5g/f/++L2KFeOvgSSK2adoKgA1VcFQ3lJnPTk/twSAL/oAjGdy3521&#10;LQAuXb0GwM1bdwAYTtWK050D4M2rqwD86t/9BwCMgpg4fud3/y0AFy/fAKAOaiRqGrJMrET9eWlj&#10;cWkFgMHCPABpLp9PpiUAc3NyXVp0AJhOxAIyHk8BKGe1HCdy/Wgmn5+/fhuAfrcAoGiGACSzdVDr&#10;EsAvffZjAHQz6fvv/96/BuDg4UMArCwvANCTbnFs37KcLyRW86k8N51uALC9Ie0P+hJbp3aSdg5a&#10;QpD7xSoGTs1h7XUR+fwu975vefv54OV9lbSWFCGvpR9pEFtL0qg1BXlfeTnOEjnfdLoAbOrcNYXM&#10;z631CQB/8tXvAPCD74uN5vB+CdCnPvxeAB48IO0tLUh7eU/msVZbTEhkPl0m81Pqc9p5dzquWzck&#10;B195/lkALp2XeTy8BwA+/sGnADh+VOarrCV+22EAwB9/W+771ouvM79L+njy+IMAfPiZdwHQ0bzP&#10;g9w7nUpuFQvSxp1axvy90y8A8K1vnwWgrznx8x//AACfeOKonB8/D8BkU3Kw7B4BwM+fAuAHZ9cA&#10;+Dd/+HUAdAr47Kc/AsCTjxwAoJtJLsdKxuyTHICrN6R/zz5/QY4vS4yev7wJwK9+5iEAfvHjjwGw&#10;b3IOgI6X2A69zMXViQzgv/s33wBgfkHO//rPf1jeB8nlfiPrQYLU2gzpR2vSyZ3k2iRbBOCPz4mR&#10;7H/4Vz8E4D/8+RMAfPQZGX+nklpJG4mr99JOqe1u1dKv//FfSb9uy/D5/C9IfE4eewCAQoVdd66K&#10;OWj/ouTsQiLtzjZuAtDvas5nknOrEj7CQNaAcbEPgH/5e18E4OXnJZ6//h+8H4CPPirzMbkuhqO5&#10;TMabJ9LvrVJyt9OVdbScjUBdQwDxbWYxweka7dVm1MY2VedYWcpc5dpmSKXv1zfV9taXdaiY3wXA&#10;a1elDr/yfZnr7z4vx1x/tv2Zj0guPPW45H6huTAnIWd5SZ5TzTR2tWwWddT1q5DYznT9uKTr6wsv&#10;Sy1cev0qAEe0vU99VOpy+fBuAEY6x/RlPX3uxdcB+NIfS61M5bH8nb/5cQD275Vc3KM1m2qttetV&#10;qTly+47E8fZN2Yv+6Pe+DIgRDuCRp54B4NMflHUp3pL+ziEPHPRkfBuN9O/VsYzzN/7gqwBUjczL&#10;Jz74HgCeOd7WpszHMEjcOrqH1pvSj69999sAfPu81OiZNwHgb3xmPwC/8lFZe3YjtRC0JkrN1dWp&#10;jOuf/9aLANRaA//F3/88AAte5ietbwGQJ7ofRplXr+vrbFyQ9GT9+earso//T/9a6uozuk58+iOP&#10;ApAOXwOgCdJGslfq9XaQYP7LP5J6/v53JYYfPC6x+sR75f4D+2S9TDuypldRvmckmruF7oWjO/K9&#10;IKtlHTy4T74DbAwlhxvNtc1GkukLv/fHAFySUPKf/aeyZx+cU8PhTPf2VOptqjlyfVve//e/9S0A&#10;TpyQdn/5c5+CH1nXilJiX0SZ65bSyzgaJ+2JPxGSKLEvgqzPTmu3zc2gJjLDMAzDMAzDMAzDMAzD&#10;MAzDMAzDuB+xv5YZhmEYhmEYhmEYhmEYhmEYhmEYhmEYhmEYhmHcB5hZ7KdIooaMpBLbSKejlpHQ&#10;GnzEgDGs1MRRi8WkOydmIJ+oxsXLMeuINeXGuhhzJmqH+q//+R8CcODBwwB86ud+BYCiJ+1sqJGs&#10;qsTEkeU5PhNbyHiiBptK+lqrtWNSiq3DJ/KMzU2xjUxn0kY7ln5fjWNqWyrUUFV05fO0LxaR7W2x&#10;h3QyNXtV8tx9y2JBqcZiY/rzPxUjzZ3bYhX6T371bwAQK7l/sZBYLeViAtq+eR6AAwvy/NZiND+Q&#10;fg2nYlFpTVetSay1KCVq8GpNYq1ZrP28CW+3nNxrEPtx5PPWLFam95rF1NDTyDFpJL5O51LFOtR6&#10;f9OR82uq/CnVVNNbEgvT1lBu+NY3XwLge98R69KmSFrYf7A9Sjv7DkqOdAeSG4maeIKT/myOJLfW&#10;18VmdfmCtLd6Q/pTy8eclGb4+PtPAvDEO8RalapRZ/WOzGdnQQw+U7XofeXZH/CN50RNsyZpyac+&#10;IG08uEvMOweXRVe2uSltbKgh6vkLZwB49oxYg1Ryx9/7VTFPfVINZTdOi23tUCHmnNRJn+JAOj3y&#10;YoG6U4ml7WvffwWAP/26tL8isihOHpEYP/Ok2KByNVS98brk3OtvicVpXEoOJR0x89zS3H36GTGc&#10;/YKaxVamcn2RSE5NnNbzSHLvn/0bMe8saC7/3V8Qc88gSu11gpp7dF2pWhWakmvuTjIZ11felPv+&#10;xb96GYC/8/PSn4+962EAilpqyquxrc35ul2fcqmh//43/wyAV0WSxUc+JnE8eVKMR6GU/px741UA&#10;Di7LuD7ytOTEbPM6AEsDmbC1dUnOZE7iGzRHzt6UdfKf/k//DoAVtVL94//j3wPA3ZT2k5HM6545&#10;TQC18d3YlnkeLMg8hOpes5j7C34/LXmdxLebxfqaXLduy7MWFiUpZo3aGb1aIbtqvdtSTdqCFNyd&#10;Rq7/+velLl9+UWxQm3fkOZlO3cMPSoxPnjgm5xNpP/WaU3rhrJL7rqlJ7K3zkku35C0qBGRejWIf&#10;eoccf+ZTHwJgbq+YxV67JHPRmZcaywZSC3/+je8D8LU/Pw3Atq4fjz0q43v0EbFfLczLuhHVPre+&#10;JfvE6Velpt94WZJkj47v135JavLhR58GYJBJR0eXpeZ2DXT9RdrZVovUrVz69+XnJH5f+tM34EcM&#10;bZ/6oMT5xHEZ6G1JdTq6/7zyLcnZaSm5HXbLfLxxXhad9zwi4/i5DzwJwOGu7GszNV7WfR2fmsV+&#10;4zelH+3691/8/c8CsOAkX5zauZJMcnCG5oOu19PJXbPYd87IpP3WF6TeP/tpWf8+/ZFHAOhUEkuf&#10;Sp9u1WoQnBdr45Vt2VO/9MWvAHDzJZms3TJVnHpUrj9wWJ7XWxILW1Tj6MZtsaBdPyf1tFtSmfe9&#10;S8xknYHUb8yl75tB9obf+b0/AeCymsX+8/9UcuvgQGJ+1ywmMZuqye/aUOb8f/jN7wFw/KRc/0s/&#10;K2axgZrFMt3jCySGRF2HNCdqNYvp11qc2gCLIHPcmlxb06KZxQzDMAzDMAzDMAzDMAzDMAzDMIz7&#10;GftrmWEYhmEYhmEYhmEYhmEYhmEYhmEYhmEYhmEYxn2AmcV+ini11CRRDCFOLTaNGjIaNW+0Vqeg&#10;v+1rzRiNmn4qNY6hpo+kJ8qd6xti1Pjqd18E4HsvihVlsCLtvfNpMS4tqUVmNpX+bIy2ubMmNpLb&#10;avnZ2hYryKgUq0ejBq6y0T5rFxo167SGrsTJGLpdsZ3MqxVt0BMbyN7dYs5BrUd794lFaO/evQBc&#10;uXIZgOef/TYAjRrGHjwsxpv/6Oc/CUBWydjySo1VjOWoZpdMY+2D2Ea0e4DELKiN5K+M9vsn8xeb&#10;xnbMYon0J+rj00bikjYSt1TNYonanNDxNF5Nb3p/majZq80VL/YXvMR7PJXz166IYufidTEifeN5&#10;scdsSwoyUeFN60tTaV0rZ6JREVqtcpddS3J8YL/oZx45Kbaa4/tlfnb1ZBwF8oBUDUGutbukYrkK&#10;fWnoDg2n37oEwHM/FJPX5Tckjws5sCCpxKqax7TrdERExTueElPOO58Qs9XhXVIPc6V0vjMW89iK&#10;k1zxXgYzctLwJJXYTQuxDd3clmi8cFqMYS+9+CYAd0QQtmMzKvQ4kyGye68E7ROf/TTAjq3vj770&#10;+wA8dEJsTj/zUbEX7UtFSzTeFAtRd1lq4c1rkttff+E1AEqtwb/zuY8D0AlqFmvUAKZGnaDrR0ui&#10;56eaG19/Q2r7W8+9DsAjx2Qufu5j7wUg01oKU2l/bk5tfBOJeD4v/f/hGYnLn39P7E5nRTZHrROz&#10;pDmyT1ICFYvxy595DwC9VMaTa63MaulnviSmpBsTqbEvfOUHALzwisTjH/49ieu+nnx+rCM1P6+G&#10;tWYiJqJpLZ/PcskDn8k8u9aYpmaxgCOqbahdY9s1uTWLOa2MVNcR35oCtX6jxrz0MtdtPbbHNvZl&#10;V9bcrUqec/OW2Jxee1OCd/Y1iekNESFS6TKiKYR2h0ynOGmXL72up9ftUy3UyQeOA3DsgJrAjuk4&#10;G5njWSPrYOUlNjGTuZ6p0XA0lYVhPJO5+sMvfh2ADZkKRmruag1m7bFdVjtzut7PSxx+Xa14PV3P&#10;klSeW+i62Nd+ZUFqIjRSVENdiMKeBwB4Y1Ue/MobUpOvnhVz2c0rAKAiRFTUSFfjtaz9+sVf+iAA&#10;m/r595+TfebYioz/s++T2jygOba1LfOU6ZpyaVUC8JWvSO7rtsOvfkJy+9heWUPWVqVfnb7u2bm0&#10;19q1yrpPb0nG9O3nZf37yte+C8CTj8g68PlPPAVAOpO2opP8HaUS21LNhbNUcmt9VQZ//gfPAvCa&#10;GsYuy/JH1S4PrZBL50ynhD26Nb/vMbnw6cfFHpdrcu06JGv9q1fEhPbFL4mx0WkO/vynJAaP6F5w&#10;+4r0O9OFMp+X2Jy5IjH81nNikys6Mp6Pf0jWoQdWJDc3rsocL/V0srRGZztmMU16M4sZhmEYhmEY&#10;hmEYhmEYhmEYhmEYxl+K/bXMMAzDMAzDMAzDMAzDMAzDMAzDMAzDMAzDMAzjPsDMYj9V1HblWjeS&#10;KjnU5hJcq6uR960Ro7VQtTYsl6v9Rc1JjZpGxsjx1Quip/nGD8Qg9LoIPhirQaTUnwxWO+3eNUtV&#10;mhkqsqGVmLXn847YPLza0Jz2OUa5IKpprH3v1DTWaU1TUzHVdFUWkopEhKmG5I7IgRho3z7xftFH&#10;/fxH3wXAERG80C3VLFaLkaY1WHm1rzk10tStrU37lbYx/P+1Av7SG/8ys9jbbSepKnCSIP1N1Sim&#10;l+2YjdCcaRIZZ0ikH7VeXyPz4hKxRSWJBGo2k5zYLOX6DdXJ3JmIEuf2msRxc0uMPWWllqdc2uv1&#10;xFTU60g/9y2LfmahI3FdUetLP5V+5o20m6rFacfwpvNxZ1MtWD3pZ9nrMlIt0dqW3LN2Q4w42zek&#10;b7NtMeYsLoqZxnekrc6KWJMW1FY315XzhVqgBmqsmtdsTsZi8ErUrDNWPdMklbHUPWmnzmTMt9Yl&#10;V2/elOfXI4n1He1Xrjap+XnpR6cvDe8/JGYdn8tzL5wTC1Evk/ufeFAMPZ1Kkn2yLePtLoi5a20i&#10;MTt3Xc4n2s/j+2X8RRTrUx7kmGittbarltasM1OD2moU69wbF68DcHBJiu+ho1Jj5abY56qZmLp6&#10;hXy+OVJTT0+eP9VcXR9KPy9rPG7fkf62NXhArYGH90ou7h7oejWT6zLt77SR64tdBwF48Zwo3P7V&#10;F58HYGFRnve3f+lzACwh87EbeW5fTWsuSI1UGohJKs9tTY2Zxqut0UDyY2ax9rPW1pZENWGp2quN&#10;aUtrf6y95tCOWUxNY3p+Y6J1NS9z0BnIsVFL0p0tqZsraq66tSq5sT2SHNzekjF3VTU215W5WVCD&#10;40pfcnaX5uLuRRn7Ul9iMtl+AYCo1qUmquHPq04qEwNa0P7O9LpSdXFe95grV6SGLl+SHNnckvjE&#10;qOvAvLR38Ijk8gMHpR/dSu7r3LMeZBrPXiPj8/rcGGTcE52fcUdyb6I1N9INaWNT5n5dc29T15BJ&#10;pRuL5sIj+8U+ePT4YQBuVfK8azfFZHlA17EdM2Ip7eZdzaVcjrVuWJd0j2Uk43ny8AkABppG2yOp&#10;pd6SzM9apVa7gcRna+wJmeTA7S1pe+OOzP2xPTI3u/u69o8vABATHZvOUdmRuXaqWPRqqaw0Fhur&#10;sjfeGspY23VlpIqxXI17c5nMxaLczuElifE+XV/16whBc+/WSObs6i2ZU6/r96FlGc9ejZkv5bmZ&#10;qhiH+qXixljHO5UTaS65u1sVkkuJ1GlWSY4lalBsv/9UWjOV1lhbu22tZlH2SDOLGYZhGIZhGIZh&#10;GIZhGIZhGIZhGMZd7K9lhmEYhmEYhmEYhmEYhmEYhmEYhmEYhmEYhmEY9wEOM4v9FFELi7/HLIZa&#10;ulqFWKvyuIfWHJSo3WtrKgaOSm0r2ZzYV8a1vD/92iUAvvX9VwF4/i0AuKHtqMRLepGq4aoQa4dT&#10;i4jTtlvz2KxU006i1ydiKfFq/Qi1fF7rMajdKVeTyz41gHV16DO1jTR63C1D4N2PHQXgk8+cAuCd&#10;x5YAiHfEstKpxJri1TrSUqktpfRiRZkkYsxB7Sd9NdjkaiH666LZMYvJ+x0bik5qooYwH1tLilzf&#10;Go1wYtrxibxXeRO1WrRU2EYdNRcyMfoUhdheWlvWKFcrS2tCquQ5U82lSamGNs3NrubDQFVwqcat&#10;tTT5WoxITCWbvM5z2qj9yqmRyYuRp1a71Vj7OcsirifPyPTYWulKNYpNR2KYyXNpI+vIdWlf5rq1&#10;21Vj6XszlJzoNjLGOc3tcqZ9LvR6taFtRrl+lslzfU+NPalYgKpKTWapGMNuXLkNQFctQ0tqWysb&#10;Me00TvqbdqQ/9VSOcSz9XizU2DMTe1E9k8nLunI+aG1NtP+5mgTjTGMb1dKnJh234wF8O20O1Woc&#10;nBXS/9biNydTQI7EZbp9R++T9rJM+jEtpX9pR21YibTX6JxWUXOpadcvSc72/m6m7TVqjNtchR9Z&#10;Y+pU5rHKJI5/+PXvAvCN70tO/fIvPg7A+554GIBsKvf3ZjoPWtOpGtiCl+eO0ZxTq2Cbi05zu3Ep&#10;Uc2Dd81iQmv02zGKtUYsfe91B23X5KAGxUYNf7W+x8mz8kyOVSPtTNSmVmofGzV7tXXauPaok6Qx&#10;9joWlUDR047I1ZA1WgNTqcumlBgliZiwnMaAqOup3hk152JrPkz0/na9SbReZxqvIPdnmRxb69NM&#10;jYLRydzlHRlvo8Ywr/Fo17k2h4tKc0yNYjHoPqLtTjUOidq0kkLi1dT63LHcV5U6IRq/LJXrBnp9&#10;TOS5t0rJxdbYuEf31GZTaqDaFMvXYFnuu6396s7LeGmkJr0a4xYa3dCmamQLus/MS26PdJzMiTVs&#10;bRKYqo0tyeRcV+dgwakB7PZFAAaZmvMS6cNY95KxxjAkUjfdXI6LmlPeSZZsqwV0bSxjHesmVORt&#10;bOTz1grZGg9zr+uWztnmTO6faZ2maodUyeVOzLqV9HdebWwu1fvVJDbNVwDIF2Q9Quu1Gsn9hZoH&#10;51NdqNTK1tboTM1ircUv6Phas1gepN9tDUf9fmVmMcMwDMMwDMMwDMMwDMMwDMMwDON+xv5aZhiG&#10;YRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGcR9gZrGfIq2hI6rNJKghJFGDkFNTSGtduZeg97f3lWpU&#10;atTM4Tpq0crF+DFU6dO162I8euuOGIS+cvYGANcnkgZrG1sMJ9KnUgUprSSoNYpVmjHOv916ppft&#10;mHYStXekOoQ0lev7aqTagxz7+nlXxCsc2rcbgCcffQiAJ07sA2AlFauI27gKwHKqxio1inm1LDVq&#10;DxknYp6ZpnIce4lFaxOaq8WaUqh95K+L1kBU67ijRs5p3NoZ16nded9ao1prCnpM1KLUWrVqNadV&#10;ldqVWludWliaTGwzN4cav67YYXo9MfC0hri6EXtNo6Yfj7Sbae65Ws9r/FrLVRblfaHmIq/9bI+o&#10;SYxU5rlWk9qkmVFqPUQ10KS5fFboMc3kOByKsUtlagS1LSVqmMnVpJNokL0+2ml9Na21raemmVzG&#10;st1IToyjFEytz/NerUtq6kmjxKyp5f5CjWVBxz6Z3QKg029NXHJ+vCn9XswOA1CNdO50IK2BqzXf&#10;tCacqHMSgq4Taly7a73SOdFjm0xtLbbmwoC0P6rkWKjBzKstqZ6pCS1qv70mq8qxfGsRVBPRlhrc&#10;RmoKStX4Njcv5rE0lbmejqVGx1uy/sz3pGPTmcQ5dMR+5/uiE3z5nKxLv//HzwOgEjz+/n/8iwDs&#10;lseQTqW9dCKGsTb32rWmXaMmamhsaolD5t9uYPtRs1jTWofaNbg1id1Tf61prF1PWu62I89szWJJ&#10;u95lbV1JTCaaozM1kTWZzEmTtGZErVs1WBW55GJdSXtJKcdc577bGszUyBVm8pxKDYzdvlzvNDlc&#10;kFwOWhvt+hG0Fn2uFj41oo31eSFK/3wic90pZA6DrljTmTwvBLFEVYnaofpqDWzNYmpISzS3czVz&#10;pfr+3vi28xN1r2tNa3W73qlhLFHnWqeQdb/IJa531sR25XuSRFtBN0etgd1dOd/R+a3H8nnU2hwV&#10;8rypxinTmupoN3u6f7Y1FNRSONP1kY7M30TzYuw9dCSWjY4ljOSZ/VpzRtvqqOGrnQuVuzHSuW6t&#10;kq3trK8xSNR8ONP6LXV9RI2JiRoCUXMgEzF6dWo96vMarYFK62qquRo0V53OZVpJzvRKiXWq9smm&#10;jYEaG2e5GMXGWp/tXlUkMp5eqdbQUvfq9nuP5sC9ZrF2vWzXxVzXg3Z9bL8bmFnMMAzDMAzDMAzD&#10;MAzDMAzDMAzDuJ+xv5YZhmEYhmEYhmEYhmEYhmEYhmEYhmEYhmEYhmHcB5hZ7KdIa1VpWuWRkgQ1&#10;Y7Tmo1ZD1aK2pvb+Ui1dLleLjVqqJrVMa1SzSKaGMefEADJUm9NNtdrcHIl9ZvXOOuvbYhcazcTK&#10;UarhZapKsap9P1PDjL5HTSyJ9qFQ+0iRq8UoE3NOrraiY/vEGDboyPnFOTGu7JqTPi6pwaXrpG+F&#10;WkZSPeaN2Fdaw09LrfaQmZP2pq2hJ5H3rSGr24j1JNcY/tW5Z27+irzdlwOxVYvp3N5FDTv6caLH&#10;Rg0/rcEtUWvMjlUpkfN1a1XRear1d6LRi20m6DiaRuIY1FIT9ZhovFI1mCU6f65pjUvtUcjVWKSP&#10;37FdBbXktAYgp1Ybp/Plk0hQg06px0btRlWicyyX7tjPmpmen8ozkigx6GUy12kiY9SuUmoOtwYf&#10;r8YycrmgdGLAqZzkftMaAPXBTWuomsl93ULNXF5tShPJzSaOABgsyHmvVryRmsVWOkcAGK7rHKo6&#10;q9sTY1etBqx2TlqmU+lfpyPjunfxbi1MTj+51yzWKsKCrgNtrlQzadep+adTyPlSDUGlWqw6fRlv&#10;rfansGN30lxrrVRqGEINaGmbo2r0qqdqDCp0vD2xzI0zsVN94Yt/BsAPnxcr1S/87IMAfOx9TwLA&#10;tpjbikbimTXSz0RzsbXstZarELVW2/6oIak93ZDTqOmptQ/toDlwr1GsfZZv1x+NQWwtj2oWa01Y&#10;bZ1kalvKtJB9rkpFtbBV7fqla/9M1Y6VxtR7NfPpHLR12NapOqLItQALre/g5LpKDWdtznqthaZq&#10;61RqL+p4Xabtq2Uvas6Uen2ldr02xjs5qGrELFVbla7nm7oONVp6yY5ZTN47bUeXm531zesC2K5P&#10;LU7nzatdKokaAd3j0PVmZw3QuObzknsTdJ9Ty92c5kw/kTg7vX6q81rOSw2sj6TG2/6393WmUuvd&#10;TGtNLXhbY7m+UOPlVikdqucKkoHkQK2xr9WcOKdb02419VWbYvrSKaMu5JlVqn3T2LZbmm/XWs3N&#10;SsdAqna3tP1eoH3V9cWrYbDvpM/dXMa4871F7ZTbXvrd2vHaOezrwjPQPdrVcqzUVpktiEFwqFa6&#10;1ZGu9xrrxb7M5RwSS8ayDqRaQ22NzfT5rVmsrd22NjO1XrZ7fqMWODOLGYZhGIZhGIZhGIZhGIZh&#10;GIZhGPcz9tcywzAMwzAMwzAMwzAMwzAMwzAMwzAMwzAMwzCM+wCHmcV+auwYOu6xSLVmsaS1q6gd&#10;pbVKtYag2Bp61LyEWl9qNWi01heH2rwysZlEbX+in+fzYneaqEWmbAIqX6JRI03VGm7UWlKp9ago&#10;xOoR1ayzY77SnyHmaitJ2g/UOhR1bGlXrUxqCcnVfONLsZlUW7flOFwDoKOxmuvKmDpqLGstQq3p&#10;q1btSqXH2P4uUo08KtTBq42otY781Wmf+1ejDYdX20s7p0HndMdmtXOUq1o7TPs7z9zJeOpZa9yR&#10;61tbVJLqebWsVKjhR+/vdmTuq0o/n8nnQedTZTU7RrE2zr7tb2uxuefYcq/dyen8t3lVdMT+1ejz&#10;k6oiVWtZpmarOpf3I+37uJY5a+kmYsjp1araUdNYK3tyidqdMjVgtZOvOd32uYmtSUxNfWp9au1s&#10;O4YqHUPm5LlB24lqefKtLUpNaNFpTNVe1NZ1J8rcTUcy9pCqCU0tU43ak1ozWGvCmlbSnldzWlRD&#10;TpvBdytBrv9xs5jmTipmoLrWui8lrkUh/Sq0xiYTMftMSul/ty/PHaqJMO9If/NcbVcaz5laCaOa&#10;0XKNf1fXqdn2llzfFZPYqHcQgLM3xLr1W7//dQBURsiv/+rPAbCslqt0ImtDR/Mib+dVx9nmWFST&#10;WKJ2O6/HpF1HNUdr9+NmsTa2rRmvNYOl7Xqnz070GS1tm6G10bVmLL0sa81erelPj6Wa95r2eTqm&#10;rJC5ynRuvNrh7mWnDrWeQmuX1P6146m13Ta3E+2Pa+QYtR9tf12q5i41FzbteNUc6fXzpFWBaTYG&#10;bQ9tr9JxVa3xsDUWamq260W7Z9EaDNvzuh46ralGVWE7c6zre6omyTZOrjV4lTJvbRxLtehV2oFE&#10;rZ2pWgqZ6fnWwNgVE9mGrq/TINf3dDw9zXU/EitXmy9NV/pfldLevBeb10TnaTqfsq3mrUT3wPlC&#10;1pd8W+qoj5oEK7XO6Zhn2veo1rZ2823Nfk6NX+0eW+gyOFFT4LSWE1HXs45OeqE50amlTl2Qevcd&#10;uX6o3wHGXvfwjhx39qix1PFco+tEayZT5dlUrXvjdAl+xPrZfvdI1Qg2CNJOT+ccNa+16/FM56bW&#10;vbCt4db+l+u63truWgNZW5uGYRiGYRiGYRiGYRiGYRiGYRiGcT/S/nXdMAzDMAzDMAzDMAzDMAzD&#10;MAzDMAzDMAzDMAzD+N8wDjOL/dRog97ao1p8UDNGaxhrzWI7ZiA1ibQWKi8mErycb/QngE5/C5h6&#10;MYakatSoZ2o5mbbGjdZUpAaSNMOpzselapJRC0ilNpOgvW/UXNMabdo+qhAGlZjsWH0atRjN1M40&#10;1fZbs05rAem0VhO1NOWZmm3UZBPUIrI1UXtTov1tf/+oxpdELVS5Wko6ao1KEmlvohaUdnw/xo7J&#10;6yfRmnT+auzYonRKncaz1rls1EpV3zOnBI1obC1NYmUqp61JSPpzV54l46+j2F1qL+9Tr8a1meZW&#10;a3rTiUtTOZ+pQWfH1qTmnNZGlatZLqixqNF41ZqzreUl6vPafEJz12t/mqlYdfywIo3yzDQX0wxq&#10;2Jnk0uZUQz4cir1noEarRa0bV6p5pjWQ6SPLjtzY1ltP+0xrHVJTTov7MXuTXN9ajDK1LLUytbYW&#10;Wqtbmqo5bKa2KI3doKvtVncAcKqZmyDjrDSGrdUt1znxasrZMaGlcv1OjO/57a/fMYu149K51rls&#10;LW/tXKogjbQ1sGk321pv24/an3Y8bX/uxkU+z3esVcK9lqluJnHarGUc68UBAH73688D8MOzqwB8&#10;5lPvA+BDjx8DgI3LACw4yZm2ttscZMe09vbxZo3khWuNbVokrbWvdtlOLFtLUdtmG0N3j1ksURtj&#10;u761q3prFmsNZW07Ueu21oLO1HqX69qbar2HILnb5nBTq/WujaHOXbvQtsavqO1FfY+u+W1dNjqu&#10;SaODVotV4qSW0tbCpMYup7WYRLFGofapPJf3O2auWu6v1dTYrme59qPwYjDMdB0IaqnzbfxaM6T2&#10;s/QaJ52jtrvtnpemMpeVPq/U/qrcD6/7QartFDqvabt3VtLfUo+ovTDTdc/rvpJU7bol/Z+qjW9d&#10;czvqvqTiMIpKxlXMdN6iHGeZxCPR+K8gNq1a14bZguf2+BYAXg1auwYa81VZu7NK7XK9PQBUlTx0&#10;qHta0PUxtnuHmsUS3TNSXWf6ufRxpjk1LuVzp7nS1mW3jfVUrJ6hFMOX70oOqBCRUSr9TO4xi8WJ&#10;2EH7akzrqCwOXZdGOlcjvyj/6IltbadmZnJ/r94AoK97Y6I12Nb3zKuRrK1ZXXHa9a9dH9B138xi&#10;hmEYhmEYhmEYhmEYhmEYhmEYhmFmMcMwDMMwDMMwDMMwDMMwDMMwDMMwDMMwDMMwjPsCh5nFfmq0&#10;QW9NR62RI2kNSe37H5sdtaPofY3aYaIeW0NQaw6ibU8/8K25acf+ohYZvS84t2NoaWVLjX7YGnOc&#10;mrlaO09rGWoqsZy0v0LM9fPWNuT0/lqNXOPWZNVR+5naf8rJllyv7ws1WLUGsHEp9zWZ2lfUINO2&#10;79RYk5ZiJ8nVQNPzarTR/o+jPLfWdjUEO3OzY0lpY6of3H3fxuUnff4Xv7/XLNY+sbXE/ZhZrLUm&#10;RfU0qaGIKLYZHS6JjiNT401QC0sZ1KCjc92a2oJqutpxt/2Kak7aQXPNt54ojXO1YzjS/nixu9Tt&#10;59pMrfcFfZLTcUY1GvXU6DOIBb6Ra2eVtD3RJByr8Sak8nmmBqxc2+zMNI/VxpRp4ahwhm3k/Fhz&#10;a077vDMXapxJW0ud2ohaoV9rzmopJ5KbAzUAtWaxmdqCvJq/vHZAS4RM5yBWNwHo9tX2pHU5LuXC&#10;oh2nTk5Qa1GbS2En1nLdjlmsnSvt771msXZAOxbAnSmU51dqaZroOLJCLU0a74laobpdtcq1ajU1&#10;dkW9H31uoknv9L3Xmup3JW6XVsU8tJntAuD//T9/G4BaU+r/8o/+dwD06k0AwuYNAHZ39LmVmJfK&#10;thsaoNZilzi1RKlJyamdq7UL/qgFrDWLtevMvXayNpb3Wtt2PtdjaC1semzNYkE1d8GJDUkFiPjW&#10;6KXtZq1FSc1dbYFHNS52C6n7Ui1tZWuJa/ubSO4FNTE2um7UGntXiCkravsesUYl6PrYdqy1Wtaa&#10;40HtTW07KmfyqbTT9u9unHRdrqQ/7YLQ0dJK9Tl3M1P+VWrD5c7c6PjUouW92jBTzS1dP6LuN5Wq&#10;yKIWnVPLVqbjTdTclqb6/ELuq2fSLlM5P9cV61VE4n19U+LklpYBCLp/hansM0kl968UOm5dv4de&#10;nluomW0wlc9HI8n9ZHePcZA2miDn+ro+NRvS1/n5fQAwVdOiltlMC9gVms9qBJu1e7HOfaaqQl+v&#10;A5Dq+kLShx/JkXbu0yD359ofF9Xm1uaG5uBIjYgjLcC2vgcag4G201QyPq9zVWt9jpFaGLe5pjnb&#10;0f4WjTw/zCT2KlDbqdtaY9qaxWK7x2jOZFpbLc1ODbZZZxiGYRiGYRiGYRiGYRiGYRiGYRj3H/bX&#10;MsMwDMMwDMMwDMMwDMMwDMMwDMMwDMMwDMMwjPsAh5nFfuq0wVdh0I466C//Jd/bpy2oUeheWtPH&#10;XdS80ZqHWnWS0prJALjHrNXytmt+hNZS1NKatFrbUUtr3FEBzA73Gnp+DO3PXVOP2lF+Aq0BKNkx&#10;3aiORWlQW5W21/a/Hd+/r/ctO/FRWltcSzun8V4Lys6cvn38rQntrn2u/URtMPe0f/f6v4y3W2Pu&#10;nf/W5nL3/dvb/XGLi/ZDrU87dqv4o51+e+61drV7F6v26qRtcid32hNyx90+y/n27b1zcG/l3Ttn&#10;d/kJRdCyE9u/eOxOLUk7c3WPharlrr1KuNudt8/F3TmQK/6S3v2Icezt3I3T2/vxE8PQsmNIvPeD&#10;tvbad2qNCmIEKtUI9NzLrwJw+aqYjx58+DgAJx84BkDm1DKotqZErYP31vSP57h0KLn3upZ71hT+&#10;gny+l9Za1PKTY3lvDNvJUiVXy07s3p6zP9buPTH+sXX5HqNZS2th+vGxts/7i01pO7O2YzR8e793&#10;nq9Wy5Y25nf3mrffd+9z7q6Tb+//3dxWdua2PconPx4HOXFv5bX9unefuXfvbNeSu+NXQ1trs1KD&#10;WUvbzk6u3TNvjeZsu95matFqqXz4kbW/jY2Q6LU7+7jOxd1YCTux+rHvAXLdjtmv3QuUnVy453vH&#10;3e8Hamxs1yl9Tptrd9flnTv1/8v9WWse3Mk1jfnO/e0e/PYcbZ+XqOXyx9b1e3L93lprubeGftJ1&#10;hmEYhmEYhmEYhmEYhmEYhmEYhnE/YX81MwzDMAzDMAzDMAzDMAzDMAzDMAzDMAzDMAzDuA9wmFnM&#10;MAzD+GsikAEwowNAZ7AIwPXr1wHYXLsDwIGD+wGYH/QBmIy3AEi9motUr3XXTtWai9REtCO3aq1O&#10;bzcS2W+lDcMwDMMwDMMwDMMwDMMwDMMwDMMwjPsR+2u5YRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiG&#10;YRjGfYD9WMwwDMMwDMMwDMMwDMMwDMMwDMMwDMMwDMMwDOM+wP5nKA3DMIy/NgIJANuV/FZ5aXkP&#10;AFVVyXE2BaA/6L7t/fb2NgCdXP5nLBP5X6PE6/8MJXp06P8MpZ5tz/t7drng7LfShmEYhmEYhmEY&#10;hmEYhmEYhmEYhmEYxv2H/bXcMAzDMAzDMAzDMAzDMAzDMAzDMAzDMAzDMAzjPsB+LGYYhmH8tROb&#10;mtjUTCfbTCfb1NWEuprgXYN3DdVsSjWbMpuMmU3GeCKeSCfP6OQZnoAn4O59RYeLd71ihmEYhmEY&#10;hmEYhmEYhmEYhmEYhmEYhmHcxX4sZhiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGcR9gPxYzDMMw&#10;/tpoDWD9bkq/mxKaKaGZUldj6mpMbEpiU9JUU5pqiqPGUVPkniL35CnkKUB428tFcFE2NQ/42L48&#10;Pnqcvu5eYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRj3H/YXc8MwDMMwDMMwDMMwDMMwDMMwDMMwDMMw&#10;DMMwjPsA+7GYYRiG8ddIBCJ5lpBnCSkNKQ2ZC2QukHh5tUaxzDsy70gdpA6mkxHTyWjHUHavUewv&#10;Y+d6fRmGYRiGYRiGYRiGYRiGYRiGYRiGYRjG/cT/p507SE4cBqIA2pJxJfc/bAiUkWZhmwoGz2QT&#10;kkm/V/UXLWNYstCv/szdOgAAAAAAAAAAAP85ZTEAnq5fztEv5yh9itKnGIeIcYg41B6H2q/nQ+0x&#10;1B61tKilxen9GKf3Y5ToUaJHXbJuLCt9TblJXRKxBgAAAAAAAADyURYDAAAAAAAAAABIQFkMgKe5&#10;7vXql4h+iaFGDDViPNQYDzVKtCjRorcpepviMJQ4DCVeX17i9eUlxnGMcRyj9ojaP3xvnwMAAAAA&#10;AAAA7FMWAwAAAAAAAAAASEBZDIAnanPa5SbT+RTT+RT9MkW/THGoJQ61RJvO0aZznI9vcT6+xVhL&#10;jLVsv/SfWpkDAAAAAAAAAJkpiwEAAAAAAAAAACSgLAbAj1O/6A+qlzk2jQEAAAAAAACQ0VfcxQMA&#10;AAAAAAAAAPDDKIsB8ETzzrDa/57Y5rpr7PHOsXVj2L8CAAAAAAAAAJnd37gDAAAAAAAAAADw6yiL&#10;AfANtpvCthvD9s5vtTJnd16yNwMAAAAAAABAJvs38AAAAAAAAAAAAPwaymIAPF2L8jilztme76Qv&#10;uZ/nDWK9zGmlRys9Yg0AAAAAAAAAJKQsBgAAAAAAAAAAkICyGADPs676ivo4d88fv3792OZ8d94E&#10;AAAAAAAAADK6v4kHAAAAAAAAAADg11EWA+Ab3G4U62vKku28ZP+97daxvsnmuQ1jAAAAAAAAACSk&#10;LAYAAAAAAAAAAJCAshgA36AtWZQ2Z2++evxe6RHlw6qw7QwAAAAAAAAAKIsBAAAAAAAAAACkoCwG&#10;wPNcV36tG8KmiJii9Pa5RJ9zPetzrufrHHOWn7vL8hwAAAAAAAAAMlEWAwAAAAAAAAAASEBZDIDn&#10;u1v19cls3t9uCNubtwEAAAAAAACAjJTFAAAAAAAAAAAAElAWAwAAAAAAAAAASEBZDAAAAAAAAAAA&#10;IAFlMQAAAAAAAAAAgASUxQAAAAAAAAAAABJQFgMAAAAAAAAAAEhAWQwAAAAAAAAAACABZTEAAAAA&#10;AAAAAIAElMUAAAAAAAAAAAASUBYDAAAAAAAAAABIQFkMAAAAAAAAAAAgAWUxAAAAAAAAAACABJTF&#10;AAAAAAAAAAAAElAWAwAAAAAAAAAASEBZDAAAAAAAAAAAIAFlMQAAAAAAAAAAgASUxQAAAAAAAAAA&#10;ABJQFgMAAAAAAAAAAEhAWQwAAAAAAAAAACABZTEAAAAAAAAAAIAElMUAAAAAAAAAAAASUBYDAAAA&#10;AAAAAABIQFkMAAAAAAAAAAAgAWUxAAAAAAAAAACABJTFAAAAAAAAAAAAElAWAwAAAAAAAAAASEBZ&#10;DAAAAAAAAAAAIAFlMQAAAAAAAAAAgASUxQAAAAAAAAAAABJQFgMAAAAAAAAAAEhAWQwAAAAAAAAA&#10;ACABZTEAAAAAAAAAAIAE/gBcMO7g8vorXQAAAABJRU5ErkJgglBLAwQUAAYACAAAACEA6rRq6+AA&#10;AAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeLMLtiIiS9M06qlpYmvS9DaF&#10;KZCys4TdAv33Lic9vnyTN99Ll6NuRE+drQ0rCGcBCOLcFDWXCn72n08xCOuQC2wMk4IbWVhm93cp&#10;JoUZ+Jv6nSuFL2GboILKuTaR0uYVabQz0xJ7djadRudjV8qiw8GX60Y+B0EkNdbsP1TY0rqi/LK7&#10;agVfAw6refjRby7n9e24f9keNiEp9fgwrt5BOBrd3zFM+l4dMu90MlcurGh8jvwUp2CxeAUx8fAt&#10;iECcJhLPY5BZKv9vyH4BAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19y&#10;ZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0j&#10;yCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyi&#10;UjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7Taeg&#10;fzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YK&#10;AQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEACeu9fPIGAACELgAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAA&#10;AAAAACEAWlN0p9SHBQDUhwUAFAAAAAAAAAAAAAAAAABYCQAAZHJzL21lZGlhL2ltYWdlMS5wbmdQ&#10;SwECLQAUAAYACAAAACEA6rRq6+AAAAALAQAADwAAAAAAAAAAAAAAAABekQUAZHJzL2Rvd25yZXYu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAAa5IFAGRycy9fcmVs&#10;cy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAAXpMFAAAA&#10;">
+                <v:rect id="Rectangle 6" o:spid="_x0000_s1029" style="position:absolute;left:8131;top:6369;width:420;height:1863;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDZqQi1wgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NqsIw&#10;FIT3gu8QjuBOU12IVqOIP+jyXhXU3aE5tsXmpDTR1vv0N4LgcpiZb5jZojGFeFLlcssKBv0IBHFi&#10;dc6pgtNx2xuDcB5ZY2GZFLzIwWLebs0w1rbmX3oefCoChF2MCjLvy1hKl2Rk0PVtSRy8m60M+iCr&#10;VOoK6wA3hRxG0UgazDksZFjSKqPkfngYBbtxubzs7V+dFpvr7vxznqyPE69Ut9MspyA8Nf4b/rT3&#10;WsEI3lfCDZDzfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDZqQi1wgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="78EE1B28" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 7" o:spid="_x0000_s1030" style="position:absolute;left:8131;top:7832;width:420;height:1863;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC25a0uwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Li8JA&#10;EITvgv9haGFvOtGDq9FRxAd69AXqrcm0STDTEzKjye6vd4SFPRZV9RU1nTemEC+qXG5ZQb8XgSBO&#10;rM45VXA+bbojEM4jaywsk4IfcjCftVtTjLWt+UCvo09FgLCLUUHmfRlL6ZKMDLqeLYmDd7eVQR9k&#10;lUpdYR3gppCDKBpKgzmHhQxLWmaUPI5Po2A7KhfXnf2t02J92172l/HqNPZKfXWaxQSEp8b/h//a&#10;O63gGz5Xwg2QszcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtuWtLsMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="6194C797" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 8" o:spid="_x0000_s1031" style="position:absolute;left:26422;top:7832;width:420;height:1863;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDHejlcwAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgjdN3YNobSqiLnp07YLrbWjGtthMShNt9ddvDgt7fLzvZN2bWjypdZVlBbNpBII4t7ri&#10;QsF39jlZgHAeWWNtmRS8yME6HQ4SjLXt+IueZ1+IEMIuRgWl900spctLMuimtiEO3M22Bn2AbSF1&#10;i10IN7X8iKK5NFhxaCixoW1J+f38MAoOi2bzc7Tvrqj318PldFnusqVXajzqNysQnnr/L/5zH7WC&#10;sDVcCTdApr8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAx3o5XMAAAADaAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="23B9D894" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="Picture 3553" o:spid="_x0000_s1032" type="#_x0000_t75" style="position:absolute;left:-40;top:-24;width:74462;height:103845;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAL6gpOxAAAAN0AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARvmrqiSDWKCLvr1T+Ix2fzbKvNS7bJavXTG0HY4zAzv2Gm88ZU4kq1Ly0r6PcSEMSZ&#10;1SXnCnbbr+4YhA/IGivLpOBOHuaz1scUU21vvKbrJuQiQtinqKAIwaVS+qwgg75nHXH0TrY2GKKs&#10;c6lrvEW4qeRnkoykwZLjQoGOlgVll82fURAu9vT4PvMj/7333Y9LDufjfqVUp90sJiACNeE//G6v&#10;tILBcDiA15v4BOTsCQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAvqCk7EAAAA3QAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                  <v:imagedata r:id="rId17" o:title=""/>
+                </v:shape>
+                <v:shape id="Shape 3663" o:spid="_x0000_s1033" style="position:absolute;left:9525;top:19875;width:26638;height:2699;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2663825,269875" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBFkNK+xwAAAN0AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUIvoptUCE3qKtLSVvCisdDra/aZRLNvQ3ar0V/fLQg9DjPzDTNf9qYRZ+pcbVlBPI1A&#10;EBdW11wq+Ny/TZ5AOI+ssbFMCq7kYLkYDuaYaXvhHZ1zX4oAYZehgsr7NpPSFRUZdFPbEgfvYDuD&#10;PsiulLrDS4CbRj5GUSIN1hwWKmzppaLilP8YBf4jTr+2eRrTjt7L7/H1dZMfb0o9jPrVMwhPvf8P&#10;39trrWCWJDP4exOegFz8AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEWQ0r7HAAAA3QAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" path="m,l2663825,r,269875l,269875,,e" fillcolor="#1f3244" stroked="f" strokeweight="0">
+                  <v:stroke miterlimit="83231f" joinstyle="miter"/>
+                  <v:path arrowok="t" textboxrect="0,0,2663825,269875"/>
+                </v:shape>
+                <v:rect id="Rectangle 12" o:spid="_x0000_s1034" style="position:absolute;left:9533;top:20035;width:518;height:2079;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCtYsnswQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4v+B/CLHhb0/WwaNdYig/06Atcb0MztsVmUpqsrf56Iwje5uN7ziTpTCWu1LjSsoLvQQSCOLO6&#10;5FzBYb/8GoFwHlljZZkU3MhBMu19TDDWtuUtXXc+FyGEXYwKCu/rWEqXFWTQDWxNHLizbQz6AJtc&#10;6gbbEG4qOYyiH2mw5NBQYE2zgrLL7t8oWI3q9G9t721eLU6r4+Y4nu/HXqn+Z5f+gvDU+bf45V7r&#10;MH8Iz1/CAXL6AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK1iyezBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="10C36C15" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 13" o:spid="_x0000_s1035" style="position:absolute;left:14104;top:20283;width:23457;height:1753;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDCLmx3wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L/ocwwt40VWHRahTxgR59gXobmrEtNpPSRNvdX2+Ehb3Nx/ec6bwxhXhR5XLLCvq9CARxYnXO&#10;qYLzadMdgXAeWWNhmRT8kIP5rN2aYqxtzQd6HX0qQgi7GBVk3pexlC7JyKDr2ZI4cHdbGfQBVqnU&#10;FdYh3BRyEEXf0mDOoSHDkpYZJY/j0yjYjsrFdWd/67RY37aX/WW8Oo29Ul+dZjEB4anx/+I/906H&#10;+UP4/BIOkLM3AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMIubHfBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="4F1D5401" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="22"/>
+                          </w:rPr>
+                          <w:t>SERVICES FOR SCHOOLS</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 14" o:spid="_x0000_s1036" style="position:absolute;left:31725;top:20035;width:518;height:2079;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBNx/QDwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L/ocwwt40VWTRahTxgR59gXobmrEtNpPSRNvdX2+Ehb3Nx/ec6bwxhXhR5XLLCvq9CARxYnXO&#10;qYLzadMdgXAeWWNhmRT8kIP5rN2aYqxtzQd6HX0qQgi7GBVk3pexlC7JyKDr2ZI4cHdbGfQBVqnU&#10;FdYh3BRyEEXf0mDOoSHDkpYZJY/j0yjYjsrFdWd/67RY37aX/WW8Oo29Ul+dZjEB4anx/+I/906H&#10;+UP4/BIOkLM3AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE3H9APBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="4F7F1D8D" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 15" o:spid="_x0000_s1037" style="position:absolute;left:15491;top:29625;width:45569;height:2858;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAii1GYwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L/ocwwt40VXDRahTxgR59gXobmrEtNpPSRNvdX2+Ehb3Nx/ec6bwxhXhR5XLLCvq9CARxYnXO&#10;qYLzadMdgXAeWWNhmRT8kIP5rN2aYqxtzQd6HX0qQgi7GBVk3pexlC7JyKDr2ZI4cHdbGfQBVqnU&#10;FdYh3BRyEEXf0mDOoSHDkpYZJY/j0yjYjsrFdWd/67RY37aX/WW8Oo29Ul+dZjEB4anx/+I/906H&#10;+UP4/BIOkLM3AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACKLUZjBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="69027E6C" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="1F3244"/>
+                            <w:sz w:val="36"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Information on Penalty Notices </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 16" o:spid="_x0000_s1038" style="position:absolute;left:49787;top:29221;width:845;height:3390;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDSWc/vwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LqsIw&#10;EN0L/kMYwZ2muhCtRhEf6PJeFdTd0IxtsZmUJtp6v/5GENzN4TxntmhMIZ5UudyygkE/AkGcWJ1z&#10;quB03PbGIJxH1lhYJgUvcrCYt1szjLWt+ZeeB5+KEMIuRgWZ92UspUsyMuj6tiQO3M1WBn2AVSp1&#10;hXUIN4UcRtFIGsw5NGRY0iqj5H54GAW7cbm87O1fnRab6+78c56sjxOvVLfTLKcgPDX+K/649zrM&#10;H8H7l3CAnP8DAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0lnP78AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="10B8F465" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="1F3244"/>
+                            <w:sz w:val="36"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 17" o:spid="_x0000_s1039" style="position:absolute;left:15491;top:32277;width:10483;height:2858;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC9FWp0wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L/ocwwt401YOr1SjiAz36AvU2NGNbbCaliba7v94IC3ubj+8503ljCvGiyuWWFfR7EQjixOqc&#10;UwXn06Y7AuE8ssbCMin4IQfzWbs1xVjbmg/0OvpUhBB2MSrIvC9jKV2SkUHXsyVx4O62MugDrFKp&#10;K6xDuCnkIIqG0mDOoSHDkpYZJY/j0yjYjsrFdWd/67RY37aX/WW8Oo29Ul+dZjEB4anx/+I/906H&#10;+d/w+SUcIGdvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL0VanTBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="51635D5E" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="1F3244"/>
+                            <w:sz w:val="36"/>
+                          </w:rPr>
+                          <w:t>for non</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 18" o:spid="_x0000_s1040" style="position:absolute;left:23370;top:32277;width:1012;height:2858;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDMiv4GxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsJA&#10;DITvlXiHlZG4lU05VJCyIFRAcORPgt6srJtEzXqj7JYEnh4fkLjZmvHM5+m8c5W6UhNKzwY+hgko&#10;4szbknMDp+P6fQwqRGSLlWcycKMA81nvbYqp9S3v6XqIuZIQDikaKGKsU61DVpDDMPQ1sWi/vnEY&#10;ZW1ybRtsJdxVepQkn9phydJQYE3fBWV/h39nYDOuF5etv7d5tfrZnHfnyfI4icYM+t3iC1SkLr7M&#10;z+utFXyBlV9kAD17AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMyK/gbEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="19CC2BF4" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="1F3244"/>
+                            <w:sz w:val="36"/>
+                          </w:rPr>
+                          <w:t>-</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 19" o:spid="_x0000_s1041" style="position:absolute;left:24136;top:32277;width:30236;height:2858;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCjxludwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCL01m3ooJmYVaSt69FGw3obsuAlmZ0N2a1J/vVsoeJuP7znFYrCNuFLna8cKXpMUBHHp&#10;dM1Gwddh9TIF4QOyxsYxKfglD4v56KnAXLued3TdByNiCPscFVQhtLmUvqzIok9cSxy5s+sshgg7&#10;I3WHfQy3jZyk6Zu0WHNsqLCl94rKy/7HKlhP2+X3xt1603ye1sftMfs4ZEGp5/GwnIEINISH+N+9&#10;0XF+Bn+/xAPk/A4AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCjxludwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="61DBDC60" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="1F3244"/>
+                            <w:sz w:val="36"/>
+                          </w:rPr>
+                          <w:t>attendance at school</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 20" o:spid="_x0000_s1042" style="position:absolute;left:46876;top:31873;width:845;height:3390;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8kDi9vwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LqsIw&#10;EN0L/kMYwZ2muhCtRhG9F136AnU3NGNbbCalibb69WYhuDyc92zRmEI8qXK5ZQWDfgSCOLE651TB&#10;6fjfG4NwHlljYZkUvMjBYt5uzTDWtuY9PQ8+FSGEXYwKMu/LWEqXZGTQ9W1JHLibrQz6AKtU6grr&#10;EG4KOYyikTSYc2jIsKRVRsn98DAKNuNyednad50Wf9fNeXeerI8Tr1S30yynIDw1/if+urdawTCs&#10;D1/CD5DzDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD8kDi9vwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="4AA1BEE9" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="1F3244"/>
+                            <w:sz w:val="36"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 21" o:spid="_x0000_s1043" style="position:absolute;left:15491;top:37063;width:35349;height:2229;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCT3J0mxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbpnpYtGssxT/ocdUFd2+P5tkWm5fSZG3dT28EweMwM79hFklnKnGjxpWWFUzGEQji&#10;zOqScwXfp+1oBsJ5ZI2VZVJwJwfJst9bYKxtywe6HX0uAoRdjAoK7+tYSpcVZNCNbU0cvIttDPog&#10;m1zqBtsAN5WcRtGHNFhyWCiwplVB2fX4ZxTsZnX6s7f/bV5tfnfnr/N8fZp7pYaDLv0E4anz7/Cr&#10;vdcKphN4fgk/QC4fAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJPcnSbEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="56AD8A87" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="1F3244"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>Education Act 1996, section 444A</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 22" o:spid="_x0000_s1044" style="position:absolute;left:42076;top:36747;width:659;height:2645;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBjDgNRxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbpvawaNcosip6XP9A19ujebZlm5fSZG3dT28EweMwM79h5svOVOJGjSstK5iMIxDE&#10;mdUl5wrOp+1oCsJ5ZI2VZVJwJwfLRb83x0Tblg90O/pcBAi7BBUU3teJlC4ryKAb25o4eFfbGPRB&#10;NrnUDbYBbioZR9GHNFhyWCiwpq+Cst/jn1Gwm9arn739b/Nqc9ml3+lsfZp5pYaDbvUJwlPn3+FX&#10;e68VxDE8v4QfIBcPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGMOA1HEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="0522AD30" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="1F3244"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 23" o:spid="_x0000_s1045" style="position:absolute;left:15491;top:42219;width:38124;height:2534;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAMQqbKxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6sYIxaSuIv5Bj20UbG+P7GsSzL4N2TVJ++m7BcHjMDO/YRarwdSio9ZVlhVMJxEI&#10;4tzqigsF59P+ZQ7CeWSNtWVS8EMOVsvR0wJTbXv+oC7zhQgQdikqKL1vUildXpJBN7ENcfC+bWvQ&#10;B9kWUrfYB7ipZRxFr9JgxWGhxIY2JeXX7GYUHObN+vNof/ui3n0dLu+XZHtKvFLP42H9BsLT4B/h&#10;e/uoFcQz+P8SfoBc/gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAMQqbKxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="19BBD11D" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="1F3244"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>Advice for parents and carers</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 24" o:spid="_x0000_s1046" style="position:absolute;left:44194;top:41861;width:749;height:3006;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCDqz6+xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6sYgxaSuIv5Bj20UbG+P7GsSzL4N2TVJ++m7BcHjMDO/YRarwdSio9ZVlhVMJxEI&#10;4tzqigsF59P+ZQ7CeWSNtWVS8EMOVsvR0wJTbXv+oC7zhQgQdikqKL1vUildXpJBN7ENcfC+bWvQ&#10;B9kWUrfYB7ipZRxFr9JgxWGhxIY2JeXX7GYUHObN+vNof/ui3n0dLu+XZHtKvFLP42H9BsLT4B/h&#10;e/uoFcQz+P8SfoBc/gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCDqz6+xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="47AA98A7" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="1F3244"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 25" o:spid="_x0000_s1047" style="position:absolute;left:15491;top:47551;width:30391;height:2229;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDs55slxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6saAxaSuIv5Bj20UbG+P7GsSzL4N2TVJ++m7BcHjMDO/YRarwdSio9ZVlhVMJxEI&#10;4tzqigsF59P+ZQ7CeWSNtWVS8EMOVsvR0wJTbXv+oC7zhQgQdikqKL1vUildXpJBN7ENcfC+bWvQ&#10;B9kWUrfYB7ipZRxFr9JgxWGhxIY2JeXX7GYUHObN+vNof/ui3n0dLu+XZHtKvFLP42H9BsLT4B/h&#10;e/uoFcQz+P8SfoBc/gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDs55slxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="391AA491" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="1F3244"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>Applied from 19 August 2024</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 26" o:spid="_x0000_s1048" style="position:absolute;left:38340;top:47014;width:749;height:3006;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAcNQVSxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6qY5hJi6irSV5NiqoL09ss8kmH0bsmuS9td3CwWPw8x8w6w2k2nFQL1rLCt4XkQg&#10;iEurG64UHA+7pxSE88gaW8uk4JscbNazhxVm2o78ScPeVyJA2GWooPa+y6R0ZU0G3cJ2xMG72N6g&#10;D7KvpO5xDHDTyjiKEmmw4bBQY0evNZXX/c0oyNNuey7sz1i171/56eO0fDssvVKP82n7AsLT5O/h&#10;/3ahFcQJ/H0JP0CufwEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAcNQVSxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="766A98D4" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="1F3244"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 27" o:spid="_x0000_s1049" style="position:absolute;left:59773;top:99212;width:1448;height:2746;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBzeaDJxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6sYcrEldRfyDHtso2N4e2dckmH0bsmuS9tN3C4LHYWZ+wyxWg6lFR62rLCuYTiIQ&#10;xLnVFRcKzqf9yxyE88gaa8uk4IccrJajpwWm2vb8QV3mCxEg7FJUUHrfpFK6vCSDbmIb4uB929ag&#10;D7ItpG6xD3BTyziKZtJgxWGhxIY2JeXX7GYUHObN+vNof/ui3n0dLu+XZHtKvFLP42H9BsLT4B/h&#10;e/uoFcSv8P8l/AC5/AMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBzeaDJxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="31AE740B" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                            <w:b/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>h</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 28" o:spid="_x0000_s1050" style="position:absolute;left:60855;top:99212;width:12787;height:2746;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAC5jS7vwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LqsIw&#10;EN0L/kMYwZ2muhCtRhG9F136AnU3NGNbbCalibb69WYhuDyc92zRmEI8qXK5ZQWDfgSCOLE651TB&#10;6fjfG4NwHlljYZkUvMjBYt5uzTDWtuY9PQ8+FSGEXYwKMu/LWEqXZGTQ9W1JHLibrQz6AKtU6grr&#10;EG4KOYyikTSYc2jIsKRVRsn98DAKNuNyednad50Wf9fNeXeerI8Tr1S30yynIDw1/if+urdawTCM&#10;DV/CD5DzDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAC5jS7vwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="6D75769B" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                            <w:b/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>ants.gov.uk</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:rect id="Rectangle 29" o:spid="_x0000_s1051" style="position:absolute;left:70472;top:99212;width:609;height:2746;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBtqpEgwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbpnoQW40iuose/bOg3h7Nsy02L6WJtvrpzcLCHoeZ+Q0zX7amFE+qXWFZwWgYgSBO&#10;rS44U/Bz+h5MQTiPrLG0TApe5GC56HbmmGjb8IGeR5+JAGGXoILc+yqR0qU5GXRDWxEH72Zrgz7I&#10;OpO6xibATSnHUTSRBgsOCzlWtM4pvR8fRsF2Wq0uO/tusvLruj3vz/HmFHul+r12NQPhqfX/4b/2&#10;TisYx/D7JfwAufgAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbaqRIMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="07D352A8" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                            <w:b/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <w10:wrap type="topAndBottom" anchorx="page" anchory="page"/>
+              </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidR="0077092A">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="270596AD" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-[...343 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:color w:val="FF9900"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Penalty Notices and the Education Act 1996 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C723E18" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16E1D51A" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRPr="004B17C3" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
+    <w:p w14:paraId="65C4F0FD" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Section 444A of the Act gives powers to the local authority, and headteachers to issue Penalty Notices in circumstances where it is believed that a person has committed an offence under Section 444(1); that is, where a child fails to attend regularly at their registered school. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F5E04AF" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E68131" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF9900"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Penalty Notices and the Education and Inspections Act 2006 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F729E9" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0FCC2E" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Section 105(1) of the Education and Inspections Act 2006 gives powers to the local authority, headteachers and the police to issue Penalty Notices where it is believed that a person has committed an offence under Section 103(3) of the Education and Inspections Act 2006: that is, where a child is seen in a public place in the first five days of a fixed term or permanent exclusion from school.     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B18AFFD" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:after="19" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D246E5A" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF9900"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What is a Penalty Notice? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69AA4CD5" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455274ED" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A Penalty Notice is a fine which may be issued as an alternative to prosecution. If it is paid it does not require a court appearance and does not result in a criminal record. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075C7102" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00680317" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF9900"/>
+        </w:rPr>
+        <w:t>Who can be issued with a Penalty Notice?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314B4706" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF07777" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Where absence warrants the issuing of a Penalty Notice, anyone with Parental </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3723E0A1" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Responsibility, or having day to day care of the child can be issued with one Penalty Notice for each of the children with unauthorised absence.  If two parents have two children this may result in four Penalty Notices, two Penalty Notices per parent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766D5681" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF9900"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B9C80C8" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF9900"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How is a Penalty Notice issued and how much is the fine? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E05647B" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FEC84C5" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Penalty Notices are either posted to your home or delivered to you by hand. If you have received a First Penalty Notice, you either have up to 21 days to pay £80 or failing that a further 7 days to pay £160. If you have received a second Penalty Notice because you previously received a Penalty Notice in respect of the same child in the preceding three-year period, you have up to 28 days to pay £160 with no option for this second offence to be discharged at the lower rate of £80.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FAE5B59" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60CE6BDE" w14:textId="0A400DF8" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If you receive a Penalty Notice as your child was seen in a public place in the first five days of a fixed term or permanent exclusion, you either have up to 21 days to pay £60 or failing that a further 7 days to pay £120. If you fail to make any payment within the timescales provided the local authority will consider commencing proceedings in the Magistrates’ Court for the original offence. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A0D001C" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FCA118F" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF9900"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What if my child has further unauthorised absence from school? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56105731" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BEDCE23" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If you pay the Penalty Notice and your child has further unauthorised absences additional legal action may be taken. For example, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in the event that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> a Penalty Notice has previously been served to you at a higher rate of £160 due to unauthorised holiday, should your child have any future unauthorised leave this may result in further legal action for you, such as prosecution or an Education Supervision Order. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D09FEA9" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:after="19" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="037B9375" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF9900"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="162F3F5A">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF9900"/>
         </w:rPr>
+        <w:t>Penalty Notices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF9900"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> issued?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D49EEF" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B17C3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E20FD8" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">As set down by the Department for Education, Penalty Notices can be issued for unauthorised absence. In Hampshire, Penalty Notices are usually issued when a pupil has had 10 or more half-day sessions (equivalent to five school days) of unauthorised absence, in the last possible 100 school days, which may </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">span different terms or school years. The authorised person retains the discretion to issue a Penalty Notice before the threshold is met under certain circumstances.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C867CDB" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E70978D" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Unauthorised absence</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is absence not approved by the school and will be coded on your child’s attendance record as one of the following: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7072ECB0" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:after="19" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03EF0E82" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:after="27"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – unauthorised absence </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050C3A5E" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5" w:right="4151"/>
+      </w:pPr>
+      <w:r w:rsidRPr="410C9656">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – late after close of registration </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4127D0E9" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5" w:right="4151"/>
+      </w:pPr>
+      <w:r w:rsidRPr="410C9656">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – non-approved leave of absence (holiday). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F864D4B" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5" w:right="4151"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E4FF722" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF9900"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="778BE989">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF9900"/>
         </w:rPr>
+        <w:t>What if my child is missing school but was not on holiday?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC8B8BA" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
-      <w:r w:rsidRPr="007A1FA9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:t xml:space="preserve">If your child is absent from school and the school uses the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="778BE989">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>O code (unauthorised absence)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="778BE989">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>U code (late after registration closes)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, they may consider issuing a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="778BE989">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Penalty Notice</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. However, before doing so, the school must show that they have tried to offer support. This is usually done by sending a letter called a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="778BE989">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Notice to Improve</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B224DC" w14:textId="69E32860" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If you receive a Notice to Improve, it is very important that you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="778BE989">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>read it carefully and respond</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Engaging with the school at this stage can help avoid a Penalty Notice being issued.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="013CD967" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF9900"/>
         </w:rPr>
-        <w:t>Penalty Notices and the Education and Inspections Act 2006</w:t>
-[...6 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...73 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="778BE989">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF9900"/>
         </w:rPr>
+        <w:t>What if my child has mixed coding?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="166CF0DA" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B17C3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:t xml:space="preserve">Penalty Notices can be issued where children have 10 unauthorised sessions of absence in the last 10 school week period. Where children have a majority of G coded unauthorised sessions, O and U coded sessions may be used to reach the threshold of 10 sessions. Equally, the authorised person retains the discretion to issue a Penalty Notice before the threshold is met if there is a belief the absences have been taken </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>so as to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> try and avoid a Penalty Notice being issued –for example in weeks containing inset days or Bank Holidays. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C60AA05" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53676A74" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF9900"/>
         </w:rPr>
-        <w:t>What is a Penalty Notice?</w:t>
-[...6 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="778BE989">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF9900"/>
         </w:rPr>
-        <w:t>Who can be issued with a Penalty Notice?</w:t>
+        <w:t>What if my child is on a reduced hours provision?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF9D7AC" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
+    <w:p w14:paraId="416BC446" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="778BE989">
+        <w:t>A reduced hour provision is an agreement between home and school for a child to have reduced access to school to aid with their specific needs. However, if a leave of absence is requested and refused and then the child is still removed from their sessions (and so is not absent in accordance with the agreement), the pupil is required to attend all sessions and schools are advised to code the entire period as unauthorised.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E558CFE" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37D39A0E" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRPr="004B17C3" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
+    <w:p w14:paraId="130EC4C4" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B17C3">
-[...3 lines deleted...]
-        <w:t>Where absence warrants the issuing of a Penalty Notice, anyone with Parental Responsibility, or having day to day care of the child can be issued with one Penalty Notice for each of the children with unauthorised absence.  If two parents have two children this may result in four Penalty Notices, 2 Penalty Notices per parent.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF9900"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What if my child is excluded from school? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC9EA3F" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRPr="004B17C3" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
+    <w:p w14:paraId="389F5A89" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5461109C" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If your child is excluded from school for a fixed term or permanently, a Penalty Notice may be issued if you allow your child to be present in a public place during school hours without reasonable justification during the first 5 days of a fixed term or permanent exclusion</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>This Penalty Notice fine is £60 if paid within 21 days of the date of posting and £120 if paid after this but within 28 days of the date of posting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC71E85" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:after="19" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33EA92BC" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF9900"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Is a warning given? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="490BF589" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD76E4C" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A warning is not necessary for an unauthorised holiday absence. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65AF382B" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E0AAC74" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If your child has an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5B8F0319">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ongoing </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">pattern of unauthorised absence, then you will normally receive a Notice to Improve letter. This Notice will advise you about the extent of your child’s absence and set out the support that is being offered. It will also warn you that if your child’s attendance does not show a significant improvement, usually within a three to six week period, and if this improvement is not maintained thereafter, a Penalty Notice may be issued without further warning.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A86A805" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE8A567" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="FF9900"/>
         </w:rPr>
+        <w:t xml:space="preserve">Further support, advice and guidance is available from: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A1E353D" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1C2C4097" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRPr="004B17C3" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
+    <w:p w14:paraId="33ED3050" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">The Department for Education </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D634E05" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B17C3">
-[...74 lines deleted...]
-      </w:r>
       <w:r>
-        <w:rPr>
-[...463 lines deleted...]
-        </w:rPr>
         <w:t>·</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B17C3">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="004B17C3">
+      <w:hyperlink r:id="rId18">
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId19">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="467886"/>
+            <w:u w:val="single" w:color="467886"/>
           </w:rPr>
-          <w:t>www.gov.uk/school-attendance-absence/overview</w:t>
+          <w:t>www.gov.uk/school</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId20">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="467886"/>
+            <w:u w:val="single" w:color="467886"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId21">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="467886"/>
+            <w:u w:val="single" w:color="467886"/>
+          </w:rPr>
+          <w:t>attendance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId22">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="467886"/>
+            <w:u w:val="single" w:color="467886"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId23">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="467886"/>
+            <w:u w:val="single" w:color="467886"/>
+          </w:rPr>
+          <w:t>absence/overview</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId24">
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="637EC3AA" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRPr="004B17C3" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
+    <w:p w14:paraId="55B4F14E" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B17C3">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>·</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B17C3">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="004B17C3">
+      <w:hyperlink r:id="rId25">
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId26">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="467886"/>
+            <w:u w:val="single" w:color="467886"/>
           </w:rPr>
-          <w:t xml:space="preserve">Working together to improve school attendance (applies from 19 August 2024) </w:t>
+          <w:t>Working together to improve school attendance (applies from 19 August 2024)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId27">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="467886"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId28">
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="112535EA" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRPr="004B17C3" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
+    <w:p w14:paraId="199A0EDC" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4638D960" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hampshire County Council </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5B920DB9" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRPr="004B17C3" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
+    <w:p w14:paraId="0DF80E58" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B17C3">
-[...18 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>·</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B17C3">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="004B17C3">
+      <w:hyperlink r:id="rId29">
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId30">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="467886"/>
+            <w:u w:val="single" w:color="467886"/>
           </w:rPr>
-          <w:t>https://www.hants.gov.uk/educationandlearning/behaviour-attendance-parents</w:t>
+          <w:t>https://www.hants.gov.uk/educationandlearning/behaviour</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId31">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="467886"/>
+            <w:u w:val="single" w:color="467886"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId32">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="467886"/>
+            <w:u w:val="single" w:color="467886"/>
+          </w:rPr>
+          <w:t>attendance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId33">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="467886"/>
+            <w:u w:val="single" w:color="467886"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId34">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="467886"/>
+            <w:u w:val="single" w:color="467886"/>
+          </w:rPr>
+          <w:t>parents</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId35">
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F4CE734" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
+    <w:p w14:paraId="004B10FA" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AD6F37A" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF9900"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Is there an appeal process? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0347730E" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671598E1" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">There is no statutory right of appeal. Once a Penalty Notice has been issued, it can only be withdrawn if it can be shown that it was issued in error.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4296E3CE" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="744EAD53" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRPr="004B17C3" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
+    <w:p w14:paraId="31AE2E2D" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="-5"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B17C3">
-[...6 lines deleted...]
-        <w:t>Is there an appeal process?</w:t>
+      <w:r>
+        <w:t xml:space="preserve">If you are unhappy that you have been issued with a Penalty Notice, this must be raised with your child’s school as it is the school Headteacher who makes the decision on issuing a Penalty Notice in most instances. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="095C37AD" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
+    <w:p w14:paraId="022E541C" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31D09854" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRPr="004B17C3" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
+    <w:p w14:paraId="465D6EE4" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B17C3">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">There is no statutory right of appeal. Once a Penalty Notice has been issued, it can only be withdrawn if it can be shown that it was issued in error. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF9900"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How do I pay? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A709600" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
+    <w:p w14:paraId="09740DEE" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4447198F" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Details of payment arrangements are included in the Penalty Notice. You must ensure that you include your Penalty Notice reference number on any payment method so the payment can be tracked. Failure to do so may result in the Penalty Notice being recorded as unpaid. Full payment is required within prescribed timescales - see </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>‘What Happens If I Do Not Pay?’</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> below. Payment in part or by instalments is not possible. Late payments will not under any circumstances discharge criminal liability for the offence and you may be liable for prosecution.  Any late payments received will be refunded. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76AC6254" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C373C6A" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRPr="004B17C3" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
+    <w:p w14:paraId="4E45397C" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="FF9900"/>
         </w:rPr>
+        <w:t xml:space="preserve">What happens if I do not pay? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50BB2562" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B17C3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36960A8D" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If you fail to make any payment within the timescales provided, the local authority will consider commencing proceedings in the Magistrates’ Court for the original offence of failing to ensure regular attendance under s444 Education Act 1996. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="351F96EB" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17ED8B18" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If convicted there are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> possible sentences, including a fine of up to £1,000 (in the case of a prosecution under section 444(1)) or a fine of up to £2,500 and/or a period of up to three months’ imprisonment (in the case of a prosecution under section 444(1A)). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EFDC368" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="383E1C49" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">In respect of exclusion Penalty Notices, if you fail to make any payment within the timescales provided, the local authority will consider commencing proceedings in the Magistrates’ Court for an offence under Section 105(1) Education and Inspections Act 2006.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41CFFC81" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6316AE7D" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If convicted there are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> possible sentences, including a fine of up to £1,000.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7830D224" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03FA9C07" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="FF9900"/>
         </w:rPr>
-        <w:t>How do I pay?</w:t>
+        <w:t xml:space="preserve">Can I get help if my child is not attending school? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E15941D" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
+    <w:p w14:paraId="40407037" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="031DC640" w14:textId="77777777" w:rsidR="0077092A" w:rsidRDefault="0077092A" w:rsidP="0077092A">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Yes. The school is available to provide advice and support and signpost you to other support agencies in the locality. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62207684" w14:textId="284B37AE" w:rsidR="00EC4FFF" w:rsidRPr="004B17C3" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CDFDBB4" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRPr="004B17C3" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
+    <w:p w14:paraId="001BF0A5" w14:textId="328EE759" w:rsidR="00A944AF" w:rsidRPr="0077092A" w:rsidRDefault="00A944AF" w:rsidP="0077092A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...30 lines deleted...]
-          <w:color w:val="FF9900"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22469D2D" w14:textId="77777777" w:rsidR="00EC4FFF" w:rsidRPr="004B17C3" w:rsidRDefault="00EC4FFF" w:rsidP="00EC4FFF">
-[...322 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId22"/>
+    <w:sectPr w:rsidR="00A944AF" w:rsidRPr="0077092A" w:rsidSect="00490E62">
+      <w:footerReference w:type="default" r:id="rId36"/>
+      <w:headerReference w:type="first" r:id="rId37"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="976" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="290" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="24BA6F89" w14:textId="77777777" w:rsidR="00B75D9B" w:rsidRDefault="00B75D9B">
+    <w:p w14:paraId="75D3FCD7" w14:textId="77777777" w:rsidR="009E34CB" w:rsidRDefault="009E34CB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3335B66B" w14:textId="77777777" w:rsidR="00B75D9B" w:rsidRDefault="00B75D9B">
+    <w:p w14:paraId="38F9C062" w14:textId="77777777" w:rsidR="009E34CB" w:rsidRDefault="009E34CB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6299F05C" w14:textId="77777777" w:rsidR="00B75D9B" w:rsidRDefault="00B75D9B"/>
+    <w:p w14:paraId="656112DB" w14:textId="77777777" w:rsidR="009E34CB" w:rsidRDefault="009E34CB"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A0FF5F2" w14:textId="77777777" w:rsidR="001F2D15" w:rsidRDefault="001F2D15" w:rsidP="001F2D15">
     <w:pPr>
       <w:pStyle w:val="Prompt3"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6B7FB3DF" w14:textId="2F52499B" w:rsidR="001F2D15" w:rsidRPr="00C5186E" w:rsidRDefault="00A77FE2" w:rsidP="001F2D15">
     <w:pPr>
       <w:pStyle w:val="Prompt3"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:iCs/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:i w:val="0"/>
       </w:rPr>
       <w:t>LIT</w:t>
     </w:r>
     <w:r w:rsidR="00AF3346">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:i w:val="0"/>
@@ -5415,73 +5863,73 @@
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00AF3346">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00AF3346">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00AF3346">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00AF3346">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00AF3346">
       <w:tab/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Stuart Ashley            </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51B9C065" w14:textId="77777777" w:rsidR="00B75D9B" w:rsidRDefault="00B75D9B">
+    <w:p w14:paraId="044671B0" w14:textId="77777777" w:rsidR="009E34CB" w:rsidRDefault="009E34CB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CD21679" w14:textId="77777777" w:rsidR="00B75D9B" w:rsidRDefault="00B75D9B">
+    <w:p w14:paraId="71F327A2" w14:textId="77777777" w:rsidR="009E34CB" w:rsidRDefault="009E34CB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3F9B89ED" w14:textId="77777777" w:rsidR="00B75D9B" w:rsidRDefault="00B75D9B"/>
+    <w:p w14:paraId="125D117E" w14:textId="77777777" w:rsidR="009E34CB" w:rsidRDefault="009E34CB"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3BE58D41" w14:textId="77777777" w:rsidR="008E10BE" w:rsidRPr="00881D3D" w:rsidRDefault="00AA0C10" w:rsidP="00881D3D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19229B93" wp14:editId="07777777">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4573905</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-218440</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2066925" cy="533400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="20829"/>
               <wp:lineTo x="21500" y="20829"/>
@@ -5523,51 +5971,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CA45706"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="807A30B2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5671,175 +6119,183 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="298418000">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F23513"/>
     <w:rsid w:val="00001F83"/>
     <w:rsid w:val="0001785E"/>
     <w:rsid w:val="00047A15"/>
     <w:rsid w:val="00051140"/>
     <w:rsid w:val="000528EB"/>
+    <w:rsid w:val="00083B63"/>
     <w:rsid w:val="000918C5"/>
     <w:rsid w:val="000A6CD3"/>
     <w:rsid w:val="000B537E"/>
     <w:rsid w:val="000C08A7"/>
     <w:rsid w:val="00113CDE"/>
     <w:rsid w:val="0013172C"/>
     <w:rsid w:val="001470EE"/>
     <w:rsid w:val="00150E52"/>
     <w:rsid w:val="00167823"/>
     <w:rsid w:val="001C695E"/>
     <w:rsid w:val="001F2D15"/>
     <w:rsid w:val="00210A33"/>
     <w:rsid w:val="00220184"/>
     <w:rsid w:val="00222C4B"/>
     <w:rsid w:val="00226D67"/>
     <w:rsid w:val="00227AB8"/>
     <w:rsid w:val="00242EB2"/>
+    <w:rsid w:val="00253970"/>
     <w:rsid w:val="00266B9F"/>
     <w:rsid w:val="00274CB2"/>
     <w:rsid w:val="002766DB"/>
     <w:rsid w:val="00281358"/>
     <w:rsid w:val="002E0F72"/>
     <w:rsid w:val="003250E2"/>
     <w:rsid w:val="00332980"/>
     <w:rsid w:val="00353205"/>
     <w:rsid w:val="003537C3"/>
     <w:rsid w:val="003821AA"/>
     <w:rsid w:val="00382D9C"/>
     <w:rsid w:val="003A00BC"/>
     <w:rsid w:val="003A1048"/>
     <w:rsid w:val="003A5F7B"/>
     <w:rsid w:val="003B1574"/>
     <w:rsid w:val="003B6884"/>
+    <w:rsid w:val="003C4946"/>
+    <w:rsid w:val="003D743F"/>
     <w:rsid w:val="003F26C2"/>
     <w:rsid w:val="00423791"/>
     <w:rsid w:val="004322E2"/>
     <w:rsid w:val="004510C7"/>
     <w:rsid w:val="0046219E"/>
     <w:rsid w:val="00485BB3"/>
     <w:rsid w:val="00490E62"/>
     <w:rsid w:val="00497FCF"/>
     <w:rsid w:val="004A1648"/>
     <w:rsid w:val="004B0295"/>
     <w:rsid w:val="00534E81"/>
     <w:rsid w:val="005633BB"/>
     <w:rsid w:val="00574285"/>
     <w:rsid w:val="005A2469"/>
     <w:rsid w:val="005A5A22"/>
     <w:rsid w:val="005E4F38"/>
     <w:rsid w:val="005F694B"/>
     <w:rsid w:val="00602A8E"/>
+    <w:rsid w:val="00616612"/>
     <w:rsid w:val="0062111E"/>
     <w:rsid w:val="006229C0"/>
     <w:rsid w:val="006511C0"/>
     <w:rsid w:val="00687E8C"/>
     <w:rsid w:val="006D01A5"/>
     <w:rsid w:val="006E75CF"/>
     <w:rsid w:val="006F0F38"/>
     <w:rsid w:val="006F2054"/>
     <w:rsid w:val="006F689F"/>
     <w:rsid w:val="00721E4A"/>
     <w:rsid w:val="00760E9C"/>
     <w:rsid w:val="00764F05"/>
+    <w:rsid w:val="0077092A"/>
     <w:rsid w:val="00784901"/>
     <w:rsid w:val="0079442B"/>
     <w:rsid w:val="007A3D1C"/>
     <w:rsid w:val="007B11B4"/>
     <w:rsid w:val="007B532F"/>
+    <w:rsid w:val="007E4B01"/>
     <w:rsid w:val="007E667B"/>
     <w:rsid w:val="008575EA"/>
     <w:rsid w:val="00860F14"/>
     <w:rsid w:val="00881D3D"/>
     <w:rsid w:val="008B64E7"/>
     <w:rsid w:val="008B783D"/>
     <w:rsid w:val="008C1A40"/>
     <w:rsid w:val="008D37A5"/>
     <w:rsid w:val="008E10BE"/>
     <w:rsid w:val="008E3F7C"/>
     <w:rsid w:val="008E5568"/>
     <w:rsid w:val="00901640"/>
     <w:rsid w:val="00906080"/>
     <w:rsid w:val="00916DDB"/>
     <w:rsid w:val="00917872"/>
     <w:rsid w:val="00936254"/>
     <w:rsid w:val="009628FA"/>
     <w:rsid w:val="00965BE5"/>
     <w:rsid w:val="009732B6"/>
     <w:rsid w:val="009767DF"/>
     <w:rsid w:val="00991C34"/>
+    <w:rsid w:val="009E34CB"/>
     <w:rsid w:val="009E60EB"/>
     <w:rsid w:val="00A06713"/>
     <w:rsid w:val="00A1366F"/>
     <w:rsid w:val="00A77FE2"/>
     <w:rsid w:val="00A944AF"/>
     <w:rsid w:val="00AA0C10"/>
     <w:rsid w:val="00AB4AD5"/>
     <w:rsid w:val="00AB5544"/>
     <w:rsid w:val="00AC0F46"/>
     <w:rsid w:val="00AC5EF0"/>
     <w:rsid w:val="00AF3346"/>
     <w:rsid w:val="00B1289D"/>
     <w:rsid w:val="00B16543"/>
     <w:rsid w:val="00B57FA2"/>
     <w:rsid w:val="00B629AE"/>
     <w:rsid w:val="00B6652F"/>
     <w:rsid w:val="00B75D9B"/>
     <w:rsid w:val="00B867AD"/>
     <w:rsid w:val="00BA0D32"/>
     <w:rsid w:val="00BB4757"/>
     <w:rsid w:val="00BC4AAB"/>
     <w:rsid w:val="00BF644C"/>
     <w:rsid w:val="00C01734"/>
     <w:rsid w:val="00C11277"/>
     <w:rsid w:val="00C25E07"/>
@@ -5907,51 +6363,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="123AF3D1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{365817A7-7C70-4EB8-95D7-5DB27022C6B7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:locked="1"/>
     <w:lsdException w:name="toc 2" w:locked="1"/>
     <w:lsdException w:name="toc 3" w:locked="1"/>
     <w:lsdException w:name="toc 4" w:locked="1"/>
     <w:lsdException w:name="toc 5" w:locked="1"/>
@@ -6654,51 +7110,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BB4757"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A1366F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="166023017">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="515581833">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -24103,55 +24559,55 @@
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1786147387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/school-attendance-absence/overview" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clsdirect.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hants.gov.uk/educationandlearning/behaviour-attendance-parents" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hants.gov.uk/educationandlearning/behaviour-attendance-parents" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/65f1b048133c22b8eecd38f7/Working_together_to_improve_school_attendance__applies_from_19_August_2024_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/school-attendance-absence/overview" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/65f1b048133c22b8eecd38f7/Working_together_to_improve_school_attendance__applies_from_19_August_2024_.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/school-attendance-absence/overview" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hants.gov.uk/educationandlearning/behaviour-attendance-parents" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/65f1b048133c22b8eecd38f7/Working_together_to_improve_school_attendance__applies_from_19_August_2024_.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hants.gov.uk/educationandlearning/behaviour-attendance-parents" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/school-attendance-absence/overview" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hants.gov.uk/educationandlearning/behaviour-attendance-parents" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/school-attendance-absence/overview" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hants.gov.uk/educationandlearning/behaviour-attendance-parents" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clsdirect.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/school-attendance-absence/overview" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/65f1b048133c22b8eecd38f7/Working_together_to_improve_school_attendance__applies_from_19_August_2024_.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/school-attendance-absence/overview" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hants.gov.uk/educationandlearning/behaviour-attendance-parents" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hants.gov.uk/educationandlearning/behaviour-attendance-parents" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/school-attendance-absence/overview" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/65f1b048133c22b8eecd38f7/Working_together_to_improve_school_attendance__applies_from_19_August_2024_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hants.gov.uk/educationandlearning/behaviour-attendance-parents" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hants.gov.uk/educationandlearning/behaviour-attendance-parents" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -24433,60 +24889,73 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps8.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="3c5dbf34-c73a-430c-9290-9174ad787734" ContentTypeId="0x0101004E1B537BC2B2AD43A5AF5311D732D3AA" PreviousValue="false"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Inclusion Support Service (ISS)" ma:contentTypeID="0x0101004E1B537BC2B2AD43A5AF5311D732D3AA002F64CED0D2D0DD47B4A064BF383AF50A00127F85FB2848304AB0983E84E8DCC4E9" ma:contentTypeVersion="15" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="c3a7fa90f04c9ea93a1b5f3e04862fde">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c5dbf80e-f509-45f6-9fe5-406e3eefabbb" xmlns:ns3="88d8df83-ca86-48ef-a3c5-7604f9ab2ba6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="94aaedd9ce7180edd7a4253bdc8cf9bc" ns2:_="" ns3:_="">
     <xsd:import namespace="c5dbf80e-f509-45f6-9fe5-406e3eefabbb"/>
     <xsd:import namespace="88d8df83-ca86-48ef-a3c5-7604f9ab2ba6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Phase" minOccurs="0"/>
                 <xsd:element ref="ns2:Item_x0020_ID" minOccurs="0"/>
                 <xsd:element ref="ns2:Active_x0020_Document" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:hc632fe273cb498aa970207d30c3b1d8" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:idf4e5b4bfdc422691c90229d933a2aa" minOccurs="0"/>
                 <xsd:element ref="ns2:p5657b9aee7244f28dc4f48e60959f71" minOccurs="0"/>
                 <xsd:element ref="ns2:cf18ccb67a8c47b4a12d68c41e3eb221" minOccurs="0"/>
                 <xsd:element ref="ns2:je7eb8ea2d7f423d84e8d8686895fe89" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -24681,168 +25150,50 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...116 lines deleted...]
-
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
@@ -24850,168 +25201,178 @@
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <hc632fe273cb498aa970207d30c3b1d8 xmlns="c5dbf80e-f509-45f6-9fe5-406e3eefabbb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Form</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">7ab44fda-718f-4eb3-9c8d-0f9728dbd7c5</TermId>
         </TermInfo>
       </Terms>
     </hc632fe273cb498aa970207d30c3b1d8>
     <TaxCatchAll xmlns="c5dbf80e-f509-45f6-9fe5-406e3eefabbb">
       <Value>5</Value>
       <Value>42</Value>
     </TaxCatchAll>
     <Item_x0020_ID xmlns="c5dbf80e-f509-45f6-9fe5-406e3eefabbb">A1001001A18H01A91956I71221</Item_x0020_ID>
     <Active_x0020_Document xmlns="c5dbf80e-f509-45f6-9fe5-406e3eefabbb">true</Active_x0020_Document>
-    <_dlc_DocId xmlns="88d8df83-ca86-48ef-a3c5-7604f9ab2ba6">DYYSN4NWK5QK-1884531042-88263</_dlc_DocId>
+    <_dlc_DocId xmlns="88d8df83-ca86-48ef-a3c5-7604f9ab2ba6">DYYSN4NWK5QK-1884531042-88862</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="88d8df83-ca86-48ef-a3c5-7604f9ab2ba6">
-      <Url>https://hants.sharepoint.com/sites/Inclu7397/_layouts/15/DocIdRedir.aspx?ID=DYYSN4NWK5QK-1884531042-88263</Url>
-      <Description>DYYSN4NWK5QK-1884531042-88263</Description>
+      <Url>https://hants.sharepoint.com/sites/Inclu7397/_layouts/15/DocIdRedir.aspx?ID=DYYSN4NWK5QK-1884531042-88862</Url>
+      <Description>DYYSN4NWK5QK-1884531042-88862</Description>
     </_dlc_DocIdUrl>
     <cf18ccb67a8c47b4a12d68c41e3eb221 xmlns="c5dbf80e-f509-45f6-9fe5-406e3eefabbb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </cf18ccb67a8c47b4a12d68c41e3eb221>
     <idf4e5b4bfdc422691c90229d933a2aa xmlns="c5dbf80e-f509-45f6-9fe5-406e3eefabbb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Attendance</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">9ab5f3d4-eddf-4508-bdcc-4db5a9672516</TermId>
         </TermInfo>
       </Terms>
     </idf4e5b4bfdc422691c90229d933a2aa>
     <Phase xmlns="c5dbf80e-f509-45f6-9fe5-406e3eefabbb" xsi:nil="true"/>
     <p5657b9aee7244f28dc4f48e60959f71 xmlns="c5dbf80e-f509-45f6-9fe5-406e3eefabbb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </p5657b9aee7244f28dc4f48e60959f71>
     <je7eb8ea2d7f423d84e8d8686895fe89 xmlns="c5dbf80e-f509-45f6-9fe5-406e3eefabbb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </je7eb8ea2d7f423d84e8d8686895fe89>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9D5FE3E-6EA2-4AEE-97DC-907C45034345}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F371565B-FF31-429E-9BA5-30DC5C7E8A23}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0F86116-1C54-4608-A31C-966F28A8AFAF}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9D5FE3E-6EA2-4AEE-97DC-907C45034345}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8F23E22-7A5F-44B4-9458-F1E18AF0D707}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F371565B-FF31-429E-9BA5-30DC5C7E8A23}">
-[...18 lines deleted...]
-<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62F9E228-1D08-42A1-BB6C-3F4439B4F226}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0F86116-1C54-4608-A31C-966F28A8AFAF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="c5dbf80e-f509-45f6-9fe5-406e3eefabbb"/>
+    <ds:schemaRef ds:uri="88d8df83-ca86-48ef-a3c5-7604f9ab2ba6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E9FC2C9-0162-48BC-B61F-C95124E45638}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8A22A08-2B7F-47BF-8767-F4D1942B8247}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c5dbf80e-f509-45f6-9fe5-406e3eefabbb"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-    <ds:schemaRef ds:uri="73ea213d-2773-4479-8168-839d8225b7a1"/>
+    <ds:schemaRef ds:uri="88d8df83-ca86-48ef-a3c5-7604f9ab2ba6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1943</Words>
-  <Characters>10192</Characters>
+  <Words>2286</Words>
+  <Characters>11097</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>84</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>298</Lines>
+  <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Hampshire County Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12111</CharactersWithSpaces>
+  <CharactersWithSpaces>13471</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>LIT18 Penalty Notice Template - updated July 2018</dc:title>
   <dc:subject/>
   <dc:creator>edinewre</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="display_urn:schemas-microsoft-com:office:office#Editor">
     <vt:lpwstr>Scott, Leanne</vt:lpwstr>
   </property>
@@ -25027,51 +25388,51 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="hc632fe273cb498aa970207d30c3b1d8">
     <vt:lpwstr>Form|7ab44fda-718f-4eb3-9c8d-0f9728dbd7c5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Item ID">
     <vt:lpwstr>A1001001A18H01A91956I71221</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ContentTypeId">
     <vt:lpwstr>0x0101004E1B537BC2B2AD43A5AF5311D732D3AA002F64CED0D2D0DD47B4A064BF383AF50A00127F85FB2848304AB0983E84E8DCC4E9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="m6ebd90fe19546748f060153e2f74190">
     <vt:lpwstr>Family Support Service pre-2018|cbc7860e-f58a-4117-aa12-d04c0dd534d2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Document Type">
     <vt:lpwstr>5;#Form|7ab44fda-718f-4eb3-9c8d-0f9728dbd7c5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="TaxCatchAll">
     <vt:lpwstr>99;#Family Support Service pre-2018|cbc7860e-f58a-4117-aa12-d04c0dd534d2;#9;#Form|7ab44fda-718f-4eb3-9c8d-0f9728dbd7c5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="_dlc_policyId">
     <vt:lpwstr>0x0101004E1B537BC2B2AD43A5AF5311D732D3AA|1208973698</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="ItemRetentionFormula">
     <vt:lpwstr>&lt;formula id="Microsoft.Office.RecordsManagement.PolicyFeatures.Expiration.Formula.BuiltIn"&gt;&lt;number&gt;2&lt;/number&gt;&lt;property&gt;Modified&lt;/property&gt;&lt;propertyId&gt;28cf69c5-fa48-462a-b5cd-27b6f9d2bd5f&lt;/propertyId&gt;&lt;period&gt;years&lt;/period&gt;&lt;/formula&gt;</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>47fecc33-ccf2-4b97-a943-e01f03e3e8a9</vt:lpwstr>
+    <vt:lpwstr>de719519-10f6-43ec-8f6f-55c6c674b07f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="AuthorIds_UIVersion_1024">
     <vt:lpwstr>323</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="AuthorIds_UIVersion_2048">
     <vt:lpwstr>323</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="SharedWithUsers">
     <vt:lpwstr>371;#Strydom, Christie-Lee;#350;#Smith, Ruth;#353;#Howard, Lauren;#2250;#Cook, Simon</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="CSD_x0020_Groups_x0020_and_x0020_Meetings">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="j62f77b6372d4d31815658479387a95c">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="CSD Groups and Meetings">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="lcf76f155ced4ddcb4097134ff3c332f">
     <vt:lpwstr/>
   </property>